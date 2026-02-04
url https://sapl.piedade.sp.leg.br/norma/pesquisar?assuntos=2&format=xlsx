--- v0 (2025-10-22)
+++ v1 (2026-02-04)
@@ -10,86 +10,101 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="462" uniqueCount="334">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="469" uniqueCount="339">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>6149</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>4946</t>
+  </si>
+  <si>
+    <t>L</t>
+  </si>
+  <si>
+    <t>Lei</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2025/6149/lei_4946_2025_compilada.pdf</t>
+  </si>
+  <si>
+    <t>Estima a receita e fixa a despesa do Município de Piedade para o exercício de 2026.</t>
+  </si>
+  <si>
     <t>6010</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>4889</t>
-  </si>
-[...4 lines deleted...]
-    <t>Lei</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2024/6010/lei_4889_2024_compilada.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Piedade para o exercício de 2025.</t>
   </si>
   <si>
     <t>5864</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>4843</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2023/5864/lei_4843_2023_compilada.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Piedade para o exercício de 2024.</t>
   </si>
   <si>
     <t>5661</t>
   </si>
@@ -1359,56 +1374,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2024/6010/lei_4889_2024_compilada.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2023/5864/lei_4843_2023_compilada.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2022/5661/lei_4793_2022_compilada.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2021/5440/lei_4727_2021_compilada.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2020/5331/lei_4664_2020_compilada2.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2019/5208/lei_4612_2019_compilada_2.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2018/463/lei_4575_2018_compilada.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2017/384/lei_4540_2017_compilada.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2016/326/lei_4482_2016_compilada.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2015/246/lei_4410_2015_compilada.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2014/195/lei_4363_2014_compilada.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2013/143/lei_4312_2013_compilada.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2012/51/lei_4269_2012_compilada.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2011/5139/lei_4216_2011_compilada.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2010/5173/lei_4146_2010_compilada.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2009/4979/lei_4059_2009.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2008/4842/lei_3969_2008.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2007/5154/lei_3843_2007.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2006/5106/lei_3758_2006.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2005/5004/lei_3662_2005.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2004/4556/lei_3557_2004.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2003/4518/lei_3480_2003.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2002/4475/lei_3416_2002.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2001/4294/lei_3325_2001.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2000/4224/lei_3236_2000.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1999/4128/lei_3102_1999.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1998/4116/lei_3035_1998.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1997/3940/lei_2954_1997.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1996/3713/lei_2795_1996.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1995/3695/lei_2711_1995.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1994/3953/lei_2618_1994.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1993/3519/lei_2474_1993.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1992/3211/lei_2282_1992.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1991/3346/lei_2193_1991.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1990/2970/lei_2027_1990.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1989/2900/lei_1918_1989.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1988/2722/lei_1822_1988.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1987/2769/lei_1719_1987.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1986/2606/lei_1642_1986.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1984/2481/lei_1521_1984.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1983/2411/lei_1464_1983.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1982/2335/lei_1411_1982.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1981/2306/lei_1388_1981.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1980/2275/lei_1358_1980.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1979/2222/lei_1309_1979.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1978/2404/lei_1275_1978.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1977/2181/lei_1217_1977.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1976/2118/lei_1174_1976.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1975/2004/lei_1075_1975.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1974/1993/lei_979_1974.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1973/1800/lei_886_1973_fOCjVI7.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1972/1738/lei_832_1972.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1971/1746/lei_785_1971.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1970/1697/lei_746_1970.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1969/1651/lei_715_1969.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1968/1592/lei_671_1968.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1967/1582/lei_642_1967.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1966/1543/lei_601_1966.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1946/1482/decreto_lei_59_1946.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1945/1479/decreto_lei_56_1945.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1944/1460/decreto_lei_47_1944.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1943/1449/decreto_lei_36_1943.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1942/1419/decreto_lei_26_1942.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1941/1398/decreto_lei_14_1941.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1940/1387/decreto_lei_9_1940.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2025/6149/lei_4946_2025_compilada.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2024/6010/lei_4889_2024_compilada.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2023/5864/lei_4843_2023_compilada.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2022/5661/lei_4793_2022_compilada.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2021/5440/lei_4727_2021_compilada.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2020/5331/lei_4664_2020_compilada2.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2019/5208/lei_4612_2019_compilada_2.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2018/463/lei_4575_2018_compilada.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2017/384/lei_4540_2017_compilada.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2016/326/lei_4482_2016_compilada.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2015/246/lei_4410_2015_compilada.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2014/195/lei_4363_2014_compilada.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2013/143/lei_4312_2013_compilada.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2012/51/lei_4269_2012_compilada.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2011/5139/lei_4216_2011_compilada.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2010/5173/lei_4146_2010_compilada.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2009/4979/lei_4059_2009.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2008/4842/lei_3969_2008.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2007/5154/lei_3843_2007.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2006/5106/lei_3758_2006.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2005/5004/lei_3662_2005.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2004/4556/lei_3557_2004.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2003/4518/lei_3480_2003.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2002/4475/lei_3416_2002.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2001/4294/lei_3325_2001.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/2000/4224/lei_3236_2000.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1999/4128/lei_3102_1999.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1998/4116/lei_3035_1998.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1997/3940/lei_2954_1997.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1996/3713/lei_2795_1996.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1995/3695/lei_2711_1995.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1994/3953/lei_2618_1994.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1993/3519/lei_2474_1993.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1992/3211/lei_2282_1992.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1991/3346/lei_2193_1991.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1990/2970/lei_2027_1990.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1989/2900/lei_1918_1989.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1988/2722/lei_1822_1988.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1987/2769/lei_1719_1987.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1986/2606/lei_1642_1986.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1984/2481/lei_1521_1984.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1983/2411/lei_1464_1983.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1982/2335/lei_1411_1982.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1981/2306/lei_1388_1981.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1980/2275/lei_1358_1980.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1979/2222/lei_1309_1979.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1978/2404/lei_1275_1978.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1977/2181/lei_1217_1977.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1976/2118/lei_1174_1976.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1975/2004/lei_1075_1975.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1974/1993/lei_979_1974.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1973/1800/lei_886_1973_fOCjVI7.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1972/1738/lei_832_1972.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1971/1746/lei_785_1971.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1970/1697/lei_746_1970.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1969/1651/lei_715_1969.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1968/1592/lei_671_1968.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1967/1582/lei_642_1967.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1966/1543/lei_601_1966.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1946/1482/decreto_lei_59_1946.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1945/1479/decreto_lei_56_1945.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1944/1460/decreto_lei_47_1944.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1943/1449/decreto_lei_36_1943.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1942/1419/decreto_lei_26_1942.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1941/1398/decreto_lei_14_1941.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/normajuridica/1940/1387/decreto_lei_9_1940.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G66"/>
+  <dimension ref="A1:G67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="96.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="96.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2507,97 +2522,97 @@
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>244</v>
       </c>
       <c r="B49" t="s">
         <v>245</v>
       </c>
       <c r="C49" t="s">
         <v>246</v>
       </c>
       <c r="D49" t="s">
         <v>10</v>
       </c>
       <c r="E49" t="s">
         <v>11</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>247</v>
       </c>
       <c r="G49" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>110</v>
+        <v>249</v>
       </c>
       <c r="B50" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C50" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="G50" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>165</v>
+        <v>115</v>
       </c>
       <c r="B51" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C51" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="G51" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>257</v>
+        <v>170</v>
       </c>
       <c r="B52" t="s">
         <v>258</v>
       </c>
       <c r="C52" t="s">
         <v>259</v>
       </c>
       <c r="D52" t="s">
         <v>10</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>260</v>
       </c>
       <c r="G52" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>262</v>
       </c>
       <c r="B53" t="s">
@@ -2746,198 +2761,221 @@
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>295</v>
       </c>
       <c r="G59" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>297</v>
       </c>
       <c r="B60" t="s">
         <v>298</v>
       </c>
       <c r="C60" t="s">
         <v>299</v>
       </c>
       <c r="D60" t="s">
+        <v>10</v>
+      </c>
+      <c r="E60" t="s">
+        <v>11</v>
+      </c>
+      <c r="F60" s="1" t="s">
         <v>300</v>
       </c>
-      <c r="E60" t="s">
+      <c r="G60" t="s">
         <v>301</v>
-      </c>
-[...4 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
+        <v>302</v>
+      </c>
+      <c r="B61" t="s">
+        <v>303</v>
+      </c>
+      <c r="C61" t="s">
         <v>304</v>
       </c>
-      <c r="B61" t="s">
+      <c r="D61" t="s">
         <v>305</v>
       </c>
-      <c r="C61" t="s">
+      <c r="E61" t="s">
         <v>306</v>
-      </c>
-[...4 lines deleted...]
-        <v>301</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>307</v>
       </c>
       <c r="G61" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>309</v>
       </c>
       <c r="B62" t="s">
         <v>310</v>
       </c>
       <c r="C62" t="s">
         <v>311</v>
       </c>
       <c r="D62" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="E62" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>312</v>
       </c>
       <c r="G62" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>314</v>
       </c>
       <c r="B63" t="s">
         <v>315</v>
       </c>
       <c r="C63" t="s">
         <v>316</v>
       </c>
       <c r="D63" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="E63" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>317</v>
       </c>
       <c r="G63" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>319</v>
       </c>
       <c r="B64" t="s">
         <v>320</v>
       </c>
       <c r="C64" t="s">
         <v>321</v>
       </c>
       <c r="D64" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="E64" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>322</v>
       </c>
       <c r="G64" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>324</v>
       </c>
       <c r="B65" t="s">
         <v>325</v>
       </c>
       <c r="C65" t="s">
         <v>326</v>
       </c>
       <c r="D65" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="E65" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>327</v>
       </c>
       <c r="G65" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
         <v>329</v>
       </c>
       <c r="B66" t="s">
         <v>330</v>
       </c>
       <c r="C66" t="s">
         <v>331</v>
       </c>
       <c r="D66" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="E66" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>332</v>
       </c>
       <c r="G66" t="s">
         <v>333</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7">
+      <c r="A67" t="s">
+        <v>334</v>
+      </c>
+      <c r="B67" t="s">
+        <v>335</v>
+      </c>
+      <c r="C67" t="s">
+        <v>336</v>
+      </c>
+      <c r="D67" t="s">
+        <v>305</v>
+      </c>
+      <c r="E67" t="s">
+        <v>306</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="G67" t="s">
+        <v>338</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -2963,50 +3001,51 @@
     <hyperlink ref="F42" r:id="rId41"/>
     <hyperlink ref="F43" r:id="rId42"/>
     <hyperlink ref="F44" r:id="rId43"/>
     <hyperlink ref="F45" r:id="rId44"/>
     <hyperlink ref="F46" r:id="rId45"/>
     <hyperlink ref="F47" r:id="rId46"/>
     <hyperlink ref="F48" r:id="rId47"/>
     <hyperlink ref="F49" r:id="rId48"/>
     <hyperlink ref="F50" r:id="rId49"/>
     <hyperlink ref="F51" r:id="rId50"/>
     <hyperlink ref="F52" r:id="rId51"/>
     <hyperlink ref="F53" r:id="rId52"/>
     <hyperlink ref="F54" r:id="rId53"/>
     <hyperlink ref="F55" r:id="rId54"/>
     <hyperlink ref="F56" r:id="rId55"/>
     <hyperlink ref="F57" r:id="rId56"/>
     <hyperlink ref="F58" r:id="rId57"/>
     <hyperlink ref="F59" r:id="rId58"/>
     <hyperlink ref="F60" r:id="rId59"/>
     <hyperlink ref="F61" r:id="rId60"/>
     <hyperlink ref="F62" r:id="rId61"/>
     <hyperlink ref="F63" r:id="rId62"/>
     <hyperlink ref="F64" r:id="rId63"/>
     <hyperlink ref="F65" r:id="rId64"/>
     <hyperlink ref="F66" r:id="rId65"/>
+    <hyperlink ref="F67" r:id="rId66"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>