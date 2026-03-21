--- v0 (2025-10-05)
+++ v1 (2026-03-21)
@@ -54,468 +54,468 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5206</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PELOR</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Caio Cezar da S. Martori, Alex P. da Silva, José Anésio X. Lemes, Nelson P. de Oliveira (Camarão), Nilza M. dos S. Godinho (Chuca)</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5206/plom_3-28-11-2024_caio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5206/plom_3-28-11-2024_caio.pdf</t>
   </si>
   <si>
     <t>Acrescenta o artigo 106-A à Lei Orgânica do Município de Piedade/SP.</t>
   </si>
   <si>
     <t>2969</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Prefeito</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/2969/pelom_1_2023.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/2969/pelom_1_2023.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta disposições no artigo 55 da Lei Orgânica do Município de Piedade/SP.</t>
   </si>
   <si>
     <t>3841</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Alex P. da Silva, Alexandre Pereira (Xandinho), Caio Cezar da S. Martori, Jeferson D. Cardoso (Tatu), Joacildo X. dos Santos (Baiano), José Anésio X. Lemes, Maria Vicentina G. P. da Silva, Maurinho Machado, Nelson P. de Oliveira (Camarão), Nilza M. dos S. Godinho (Chuca), Valdinei A. M. Franco (Neey Vioola), Wandi A. Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3841/plom_2-_19-10-2023_alex.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3841/plom_2-_19-10-2023_alex.pdf</t>
   </si>
   <si>
     <t>Acrescenta o artigo 30-B à Lei Orgânica do Município de Piedade.</t>
   </si>
   <si>
     <t>2643</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>Wandi A. Rodrigues, Alexandre Pereira (Xandinho), Alex P. da Silva, Caio Cezar da S. Martori, Jeferson D. Cardoso (Tatu), Joacildo X. dos Santos (Baiano), José Anésio X. Lemes, Maria Vicentina G. P. da Silva, Maurinho Machado, Nelson P. de Oliveira (Camarão), Nilza M. dos S. Godinho (Chuca), Valdinei A. M. Franco (Neey Vioola)</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2643/plom_1_-_15-5-2022_wandi.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2643/plom_1_-_15-5-2022_wandi.pdf</t>
   </si>
   <si>
     <t>Altera o parágrafo primeiro do artigo 30-A da Lei Orgânica do município de Piedade-SP.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>17ª Legislatura - 2ª Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/486/pelom_1_-_4-2-2019.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/486/pelom_1_-_4-2-2019.pdf</t>
   </si>
   <si>
     <t>Revoga o inciso XX do artigo 60 da Lei Orgânica do município de Piedade.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/488/pelom_2_-_4-2-2019.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/488/pelom_2_-_4-2-2019.pdf</t>
   </si>
   <si>
     <t>Revoga o parágrafo 3º do artigo 68 da Lei Orgânica do município de Piedade.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/489/pelom_3_-_4-2-2019.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/489/pelom_3_-_4-2-2019.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 97 da Lei Orgânica do município de Piedade.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/940/pelom_4_-_11-3-2019.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/940/pelom_4_-_11-3-2019.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 122, inciso I, alínea "a", da Lei Orgânica do Município de Piedade.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/941/pelom_5_-_11-3-2019.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/941/pelom_5_-_11-3-2019.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 129 da Lei Orgânica do Município de Piedade.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/942/pelom_6_-_11-3-2019.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/942/pelom_6_-_11-3-2019.pdf</t>
   </si>
   <si>
     <t>Altera a redação do § 2º do artigo 152 da Lei Orgânica do Município de Piedade.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1011/pelom_7_-_8-4-2019.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1011/pelom_7_-_8-4-2019.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 178, § 1º, da Lei Orgânica do município de Piedade.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1012/pelom_8_-_8-4-2019.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1012/pelom_8_-_8-4-2019.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 198 da Lei Orgânica do município de Piedade.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Maurinho Machado, Adélcio Vieira de Jesus, Alex P. da Silva, Benedito Alves dos Santos, Daniel Dias de Moraes, Geraldo Amâncio Vieira, Jorge de Souza Biscaia Júnior, José Anésio X. Lemes, Marly Aparecida Godinho, Nelson P. de Oliveira (Camarão), Nilza M. dos S. Godinho (Chuca), Samuel de Oliveira Guimarães, Wagner Takeshi Yoshizako</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1320/pelom_9_-_4-10-2019.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1320/pelom_9_-_4-10-2019.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 20 da Lei Orgânica do Município de Piedade.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/195/propostaemendaleiorganica_1_2018.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/195/propostaemendaleiorganica_1_2018.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 5°, XX, "b", da Lei Orgânica do Município de Piedade</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/196/propostaemendaleiorganica_2_2018.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/196/propostaemendaleiorganica_2_2018.pdf</t>
   </si>
   <si>
     <t>Acrecenta inciso XXV ao art. 5º, da Lei Orgânica do Município de Piedade</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/197/propostaemendaleiorganica_3_2018.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/197/propostaemendaleiorganica_3_2018.pdf</t>
   </si>
   <si>
     <t>Revoga o parágrafo único do art. 7º, da Lei Orgânica do Município de Piedade</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>17ª Legislatura - 1ª Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/200/pelom_4_-_25-05-2018.odt</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/200/pelom_4_-_25-05-2018.odt</t>
   </si>
   <si>
     <t>Altera o § 2º do artigo 14 da Lei Orgânica do Município de Piedade, para abolir a votação secreta nos casos de perda do mandato.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/201/pelom_5_-_25-05-2018.odt</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/201/pelom_5_-_25-05-2018.odt</t>
   </si>
   <si>
     <t>Altera o inciso I do artigo 16 da Lei Orgânica do município de Piedade, para acrescentar a licença gestante, adotante e paternidade.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/202/pelom_6_-_25-05-2018.odt</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/202/pelom_6_-_25-05-2018.odt</t>
   </si>
   <si>
     <t>Revoga o §2º do artigo 16, da Lei Orgânica do município de Piedade</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/302/pelom_7_-_3-7-2018.odt</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/302/pelom_7_-_3-7-2018.odt</t>
   </si>
   <si>
     <t>Altera a redação do §2º, do artigo 18, da Lei Orgânica do Município de Piedade.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/303/pelom_8_-_3-7-2018.odt</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/303/pelom_8_-_3-7-2018.odt</t>
   </si>
   <si>
     <t>Altera a redação do artigo 20, da Lei Orgânica do Município de Piedade.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/304/pelom_9_-_3-7-2018.odt</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/304/pelom_9_-_3-7-2018.odt</t>
   </si>
   <si>
     <t>Altera a redação do inciso II, do artigo 23, da Lei Orgânica do Município de Piedade.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/352/pelom_10_-_27-7-2018.odt</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/352/pelom_10_-_27-7-2018.odt</t>
   </si>
   <si>
     <t>Acrescenta o inciso VIII ao art. 23 da Lei Orgânica do Município de Piedade.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/353/pelom_11_-_27-7-2018.odt</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/353/pelom_11_-_27-7-2018.odt</t>
   </si>
   <si>
     <t>Altera a redação do parágrafo único do art. 26 da Lei Orgânica do Município de Piedade.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/354/pelom_12_-_27-7-2018.odt</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/354/pelom_12_-_27-7-2018.odt</t>
   </si>
   <si>
     <t>Altera a redação  do caput e do parágrafo único do art. 29 da Lei Orgânica do Município de Piedade.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/395/pelom_13_-_20-9-2018.odt</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/395/pelom_13_-_20-9-2018.odt</t>
   </si>
   <si>
     <t>Altera a redação do art. 30 e acrescenta o parágrafo único à Lei Orgânica do Município de Piedade.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/396/pelom_14_-_20-9-2018.odt</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/396/pelom_14_-_20-9-2018.odt</t>
   </si>
   <si>
     <t>Acrescenta o art. 30-A à Lei Orgânica do Município de Piedade.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/397/pelom_15_-_20-9-2018.odt</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/397/pelom_15_-_20-9-2018.odt</t>
   </si>
   <si>
     <t>Altera a redação do inciso XII do Art. 34, da Lei Orgânica do Município de Piedade.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/425/pelom_16_-_22-10-2018_U1nJaxR.odt</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/425/pelom_16_-_22-10-2018_U1nJaxR.odt</t>
   </si>
   <si>
     <t>Acrescenta o inciso XXII ao art. 34 da Lei Orgânica do Município de Piedade.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/426/pelom_17_-_22-10-2018.odt</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/426/pelom_17_-_22-10-2018.odt</t>
   </si>
   <si>
     <t>Revoga o parágrafo segundo do art. 34 da Lei Orgânica do Município de Piedade.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/427/pelom_18_-_22-10-2018.odt</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/427/pelom_18_-_22-10-2018.odt</t>
   </si>
   <si>
     <t>Revoga o art. 43 e seus incisos da Lei Orgânica do Município de Piedade.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/458/pelom_19_-_26-11-2018_rVrGoCx.odt</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/458/pelom_19_-_26-11-2018_rVrGoCx.odt</t>
   </si>
   <si>
     <t>Altera a redação do § 4° do artigo 44 da Lei Orgânica do município de Piedade.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/459/pelom_20_-_26-11-2018.odt</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/459/pelom_20_-_26-11-2018.odt</t>
   </si>
   <si>
     <t>Altera a redação do § 2º do artigo 48 da Lei Orgânica do município de Piedade.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/460/pelom_21_-_26-11-2018.odt</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/460/pelom_21_-_26-11-2018.odt</t>
   </si>
   <si>
     <t>Altera a redação do inciso XV do artigo 60 da Lei Orgânica do município de Piedade.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>15ª Legislatura - 2ª Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/191/propostaemendaleiorganica_1_2011.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/191/propostaemendaleiorganica_1_2011.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao artigo 9°</t>
   </si>
   <si>
     <t>3165</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>Daniel Dias de Moraes</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3165/projeto_emenda_lei_org_17_2006_.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3165/projeto_emenda_lei_org_17_2006_.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao artigo 48.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -822,67 +822,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5206/plom_3-28-11-2024_caio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/2969/pelom_1_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3841/plom_2-_19-10-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2643/plom_1_-_15-5-2022_wandi.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/486/pelom_1_-_4-2-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/488/pelom_2_-_4-2-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/489/pelom_3_-_4-2-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/940/pelom_4_-_11-3-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/941/pelom_5_-_11-3-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/942/pelom_6_-_11-3-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1011/pelom_7_-_8-4-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1012/pelom_8_-_8-4-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1320/pelom_9_-_4-10-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/195/propostaemendaleiorganica_1_2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/196/propostaemendaleiorganica_2_2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/197/propostaemendaleiorganica_3_2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/200/pelom_4_-_25-05-2018.odt" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/201/pelom_5_-_25-05-2018.odt" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/202/pelom_6_-_25-05-2018.odt" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/302/pelom_7_-_3-7-2018.odt" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/303/pelom_8_-_3-7-2018.odt" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/304/pelom_9_-_3-7-2018.odt" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/352/pelom_10_-_27-7-2018.odt" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/353/pelom_11_-_27-7-2018.odt" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/354/pelom_12_-_27-7-2018.odt" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/395/pelom_13_-_20-9-2018.odt" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/396/pelom_14_-_20-9-2018.odt" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/397/pelom_15_-_20-9-2018.odt" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/425/pelom_16_-_22-10-2018_U1nJaxR.odt" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/426/pelom_17_-_22-10-2018.odt" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/427/pelom_18_-_22-10-2018.odt" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/458/pelom_19_-_26-11-2018_rVrGoCx.odt" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/459/pelom_20_-_26-11-2018.odt" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/460/pelom_21_-_26-11-2018.odt" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/191/propostaemendaleiorganica_1_2011.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3165/projeto_emenda_lei_org_17_2006_.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5206/plom_3-28-11-2024_caio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/2969/pelom_1_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3841/plom_2-_19-10-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2643/plom_1_-_15-5-2022_wandi.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/486/pelom_1_-_4-2-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/488/pelom_2_-_4-2-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/489/pelom_3_-_4-2-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/940/pelom_4_-_11-3-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/941/pelom_5_-_11-3-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/942/pelom_6_-_11-3-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1011/pelom_7_-_8-4-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1012/pelom_8_-_8-4-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1320/pelom_9_-_4-10-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/195/propostaemendaleiorganica_1_2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/196/propostaemendaleiorganica_2_2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/197/propostaemendaleiorganica_3_2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/200/pelom_4_-_25-05-2018.odt" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/201/pelom_5_-_25-05-2018.odt" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/202/pelom_6_-_25-05-2018.odt" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/302/pelom_7_-_3-7-2018.odt" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/303/pelom_8_-_3-7-2018.odt" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/304/pelom_9_-_3-7-2018.odt" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/352/pelom_10_-_27-7-2018.odt" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/353/pelom_11_-_27-7-2018.odt" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/354/pelom_12_-_27-7-2018.odt" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/395/pelom_13_-_20-9-2018.odt" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/396/pelom_14_-_20-9-2018.odt" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/397/pelom_15_-_20-9-2018.odt" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/425/pelom_16_-_22-10-2018_U1nJaxR.odt" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/426/pelom_17_-_22-10-2018.odt" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/427/pelom_18_-_22-10-2018.odt" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/458/pelom_19_-_26-11-2018_rVrGoCx.odt" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/459/pelom_20_-_26-11-2018.odt" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/460/pelom_21_-_26-11-2018.odt" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/191/propostaemendaleiorganica_1_2011.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3165/projeto_emenda_lei_org_17_2006_.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="106.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="116.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>