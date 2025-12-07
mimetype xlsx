--- v0 (2025-10-06)
+++ v1 (2025-12-07)
@@ -267,51 +267,51 @@
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Concede o título de professora emérita à Sra. Maria Vicentina Godinho Pereira da Silva.</t>
   </si>
   <si>
     <t>5653</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5653/pdl_16_-_5-9-2025_wandi.pdf</t>
   </si>
   <si>
     <t>Concede o título de professor emérito ao Sr. Aleixon Ribeiro Chaves</t>
   </si>
   <si>
     <t>5719</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>Concede a Condecoração Zumbi dos Palmares ao (temporariamente sigiloso)</t>
+    <t>Concede a Condecoração Zumbi dos Palmares ao senhor Fernando Luiz da Silva dos Santos.</t>
   </si>
   <si>
     <t>4817</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4817/pdl_1_-_6-3-2024_jose.pdf</t>
   </si>
   <si>
     <t>Concede o título de cidadão benemérito ao senhor Heinz Muller.</t>
   </si>
   <si>
     <t>4862</t>
   </si>
   <si>
     <t>18ª Legislatura - 2ª Mesa Diretora</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4862/pdl_2_-_7-3-2024_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Aprova as contas da Prefeitura Municipal de Piedade, relativas ao exercício financeiro de 2021.</t>
   </si>