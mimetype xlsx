--- v0 (2025-10-21)
+++ v1 (2025-12-14)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1168" uniqueCount="544">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1200" uniqueCount="563">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -276,59 +276,119 @@
   <si>
     <t>Moção de congratulação ao estudante Alexandre Lima de Moraes por sua seleção para o programa de intercâmbio internacional Prontos pro Mundo.</t>
   </si>
   <si>
     <t>5720</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Caio Cezar da S. Martori, Alex P. da Silva, Edvaldo Vicente (Vardinho Leites), Isidoro Poly, Jeferson D. Cardoso (Tatu), José Anésio X. Lemes, Nilza M. dos S. Godinho (Chuca), Paulino Florêncio Pinto, Wandi A. Rodrigues</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5720/mocao_15_-_26-9-2025_caio.pdf</t>
   </si>
   <si>
     <t>Moção de congratulação ao aluno Edson Kouki Ibusuki, da Escola Estadual Professora Maria Paula Ramalho Paes, pela conquista da medalha de ouro fase nacional da Olimpíada Brasileira de Matemática das Escolas Públicas.</t>
   </si>
   <si>
     <t>5772</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>Lukas Moraes, Caio Cezar da S. Martori, Edvaldo Vicente (Vardinho Leites), Isidoro Poly, Jeferson D. Cardoso (Tatu), José Anésio X. Lemes, Lucelino Prestes (Gordo do Buffet), Nilza M. dos S. Godinho (Chuca), Wandi A. Rodrigues</t>
+    <t>Lukas Moraes, Adilsom Castanho, Caio Cezar da S. Martori, Edvaldo Vicente (Vardinho Leites), Isidoro Poly, Jeferson D. Cardoso (Tatu), José Anésio X. Lemes, Lucelino Prestes (Gordo do Buffet), Nilza M. dos S. Godinho (Chuca), Wandi A. Rodrigues</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5772/mocao_16_-_17-10-2025_lukas.pdf</t>
   </si>
   <si>
     <t>Moção de congratulações aos policiais militares que participaram da Operação Impacto.</t>
   </si>
   <si>
+    <t>5797</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>Alexandre Pereira (Xandinho), Adilsom Castanho, Caio Cezar da S. Martori, Edvaldo Vicente (Vardinho Leites), Isidoro Poly, Jeferson D. Cardoso (Tatu), Lukas Moraes, Nilza M. dos S. Godinho (Chuca), Paulino Florêncio Pinto</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5797/mocao_17_-_3-11-2025_alexandre.pdf</t>
+  </si>
+  <si>
+    <t>Moção de aplausos aos policiais militares  e aos guardas civis municipais pelo  apoio a final do  Campeonato Varzeano.</t>
+  </si>
+  <si>
+    <t>5798</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Lukas Moraes, Adilsom Castanho, Alexandre Pereira (Xandinho), Caio Cezar da S. Martori, Edvaldo Vicente (Vardinho Leites), Isidoro Poly, Jeferson D. Cardoso (Tatu), José Anésio X. Lemes, Nilza M. dos S. Godinho (Chuca), Paulino Florêncio Pinto</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5798/mocao_18_-_4-11-2025_lukas.pdf</t>
+  </si>
+  <si>
+    <t>Moção de aplausos à equipe da Guarda Civil Municipal de Piedade.</t>
+  </si>
+  <si>
+    <t>5810</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>Nilza M. dos S. Godinho (Chuca), Alex P. da Silva, Caio Cezar da S. Martori, Isidoro Poly, Jeferson D. Cardoso (Tatu), José Anésio X. Lemes, Lucelino Prestes (Gordo do Buffet), Lukas Moraes, Paulino Florêncio Pinto</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5810/mocao_19_-_11-11-2025_nilza.pdf</t>
+  </si>
+  <si>
+    <t>Moção de congratulações aos 83 anos do Pereira Supermercados.</t>
+  </si>
+  <si>
+    <t>5851</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>Alex P. da Silva, Alexandre Pereira (Xandinho), Caio Cezar da S. Martori, Edvaldo Vicente (Vardinho Leites), Jeferson D. Cardoso (Tatu), José Anésio X. Lemes, Nilza M. dos S. Godinho (Chuca), Paulino Florêncio Pinto</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5851/mocao_20_-_4-12-2025_alex.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Repúdio à Secretaria de Estado da Saúde de São Paulo (SES-SP), pela falta de medicamentos de alto custo.</t>
+  </si>
+  <si>
     <t>4758</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Alexandre Pereira (Xandinho), Alex P. da Silva, Maurinho Machado, Valdinei A. M. Franco (Neey Vioola), Wandi A. Rodrigues</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4758/mocao_1_-_16-1-2024_alexandre.docx</t>
   </si>
   <si>
     <t>Moção de congratulações aos 15 anos da Etec de Piedade – Centro Estadual de Educação Tecnológica Paula Souza.</t>
   </si>
   <si>
     <t>4762</t>
   </si>
   <si>
     <t>Alex P. da Silva</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4762/mocao_2_-_23_-1-2024_alex.pdf</t>
   </si>
   <si>
     <t>Moção de congratulações aos 70 anos da Assembleia de Deus de Piedade.</t>
@@ -1003,53 +1063,50 @@
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/372/mocao_14_-_4-9-2018_nelson.odt</t>
   </si>
   <si>
     <t>Moção de congratulações ao 1º Encontro 4 x 4 em pról ao Hospital do Câncer de Jaú-SP.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/378/mocao_15_-_10-9-2018_jose.odt</t>
   </si>
   <si>
     <t>Moção de congratulações à Rede Municipal de Ensino por obter a maior nota da região no IDEB/2017.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/376/mocao_16_-11-9-2018_nilza.docx</t>
   </si>
   <si>
     <t>Moção de congratulações ao 51º Aniversário da Instituição Educandário Lar de Jesus.</t>
   </si>
   <si>
     <t>387</t>
-  </si>
-[...1 lines deleted...]
-    <t>17</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/387/mocao_17_-_18-9-2018_benedito.docx</t>
   </si>
   <si>
     <t>Moção de apoio para aprovação do Projeto de Lei nº 347/2018, de autoria da nobre Deputada Estadual Analice Fernandes.</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1148/mocao_1_2017.pdf</t>
   </si>
   <si>
     <t>Moção de congratulação aos senhores Walquir Antonio de Moraes e Rosário Aparecido Prestes de Oliveira</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1149/mocao_1_2017.pdf</t>
   </si>
@@ -1989,56 +2046,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5234/mocao_1_-_13-1-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5307/mocao_2_-_17-2-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5375/mocao_3_-_17-3-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5404/mocao_4_-_2-4-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5422/mocao_5_-_23-4-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5478/mocao_6_-_29-5-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5501/mocao_7_-_11-6-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5539/mocao_8_-_1-7-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5587/mocao_9_-_8-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5606/mocao_10_-__18_-8_2025_-_corrigido.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5631/mocao_11_-_28-8-2025_wandi_.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5647/mocao_12-_5-9-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5684/mocao_13_-_15-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5715/mocao_14_-_19-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5720/mocao_15_-_26-9-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5772/mocao_16_-_17-10-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4758/mocao_1_-_16-1-2024_alexandre.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4762/mocao_2_-_23_-1-2024_alex.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4879/mocao_3_-_19-3-2024_nilza.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4880/mocao_4_-_25-3-2024_nilza.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4901/mocao_5_-_8-4-2024_nilza.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4933/mocao_6_-_8-5-2024_valdinei.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4935/mocao_7_-_8-5-2024_caio.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4948/mocao_8-21-5-2024_wandi.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4993/mocao_9-_14-6-2024_wandi.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5019/mocao_10_-_28-6-2024_caio.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5021/mocao_11_-_1o_-7-2024_caio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5117/mocao_12_-_2-8-2024_caio.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5116/mocao_13_-9-10-2024_alexandre.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3079/mocao_1_-_23-1-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3080/mocao_2_-_23-1-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3114/mocao_3_-_11-5-2023_caio.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3120/mocao_4_-_12-5-2023_nilza.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3121/mocao_5_-_12-5-2023_nilza.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3235/mocao_6_-_25-7-2023_nilza.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3274/mocao_7_-_23-8-2023_nilza.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3315/mocao_8_2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3837/mocao_9_-_11-10-2023_nilza.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3838/mocao_10_-_11-10-2023_maria_vicentina.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/4402/mocao_11_-_30-11-2023_jeferson.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2440/mocao_1_-_14-1-2022_alex.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2487/mocao_2_-_7-3-2022_caio.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2512/mocao_3_-_11-3-2022_maria_vicentina.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2653/mocao_4_-_24-5-2022_wandi.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2695/mocao_5_-_29-6-2022_joacildo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2796/mocao_6_-_20-9-2022_nilza.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2799/mocao_7_-_28-9-2022_caio.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1818/mocao_1_-_27-1-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1893/mocao_2_-_9-2-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2300/mocao_3_-_7-10-2021_nilza.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2337/mocao_4_-_5-11-2021_jose.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2401/mocao_5_-_6-12-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1504/mocao_1_-_21-2-2020_daniel.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1508/mocao_2_-_28-2-2020_alex.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1509/mocao_3_-_28-2-2020_alex.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1521/mocao_4_-_9-3-2020_nilza.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1662/mocao_5_-_11-9-2020_alex.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/927/mocao_1_-_26-2-2019_jose.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/963/mocao_2_-_15-3-2019_daniel.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1085/mocao_3_-_30-4-2019_alex_FH6zcK6.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1164/mocao_4_-_30-5-2019_alex.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1260/mocao_5_-_6-8-2019_jose.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1291/mocao_6_-_11-9-2019_alex.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1357/mocao_7_-_9-10-2019_jorge.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1368/mocao_8_-_8-11-2019_benedito.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/160/mocao-1-2018.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/161/mocao-2-2018.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/162/mocao-3-2018.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/192/mocao_4_2018.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/203/mocao5-2018.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/204/mocao6-2018.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/233/mocao_7_2018.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/234/mocao_8_2018.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/282/mocao_9_-_6-7-2018_benedito.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/331/mocao_10_-_16-8-2018_jose.odt" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/338/mocao_11_-_16-8-2018_mesa.odt" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/339/mocao_12_-_16-8-2018_mauro.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/340/mocao_13_-_16-8-2018_mauro.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/372/mocao_14_-_4-9-2018_nelson.odt" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/378/mocao_15_-_10-9-2018_jose.odt" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/376/mocao_16_-11-9-2018_nilza.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/387/mocao_17_-_18-9-2018_benedito.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1148/mocao_1_2017.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1149/mocao_1_2017.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1150/mocao_3_2017.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1151/mocao_4_2017.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1152/mocao_5_2017.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1153/mocao_6_2017.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1154/mocao_7_2017.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1155/mocao_8_2017.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1156/mocao_9_2017.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1158/mocao_10_2017.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1159/mocao_11_2017.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1160/mocao_12_2017.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1161/mocao_13_2017.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/1139/mocao_1_2016.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/1140/mocao_2_2016.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/1146/mocao_3_2016.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/1147/mocao_4_2016.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/1126/mocao_1_2015.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/1127/mocao_2_2015.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/1129/mocao_3_2015.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/1130/mocao_4_2015.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/1131/mocao_5_2015.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/1132/mocao_6_2015.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1118/mocao_1_2014.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1119/mocao_2_2014.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1123/mocao_3_2014.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1124/mocao_4_2014.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1125/mocao_5_2014.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/1115/mocao_1_2013.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/1116/mocao_2_2013.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/1117/mocao_3_2013.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2012/1111/mocao_1_2012.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2970/mocao_1_2011.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2962/mocao_2_2011.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2963/mocao_3_2011.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2964/mocao_4_2011.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/2997/mocao_1_2010.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/2998/mocao_2_2010.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/2958/mocao_1_2009.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/2959/mocao_2_2009.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/2960/mocao_3_2009.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/2961/mocao_4_2009.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2008/2984/mocao_1_2008.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2008/2985/mocao_2_2008.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2008/2986/mocao_3_2008.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2008/2993/mocao_4_2008.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2008/2987/mocao_5_2008.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2007/2999/mocao_1_2007.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2007/3000/mocao_2_2007.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2007/3001/mocao_3_2007.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2007/3002/mocao_4_2007.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2007/3003/mocao_5_2007.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3102/mocao_1_2006.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3103/mocao_2_2006.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3104/mocao_3_2006.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3105/mocao_4_2006.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3106/mocao_5_2006.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3107/mocao_6_2006.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5234/mocao_1_-_13-1-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5307/mocao_2_-_17-2-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5375/mocao_3_-_17-3-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5404/mocao_4_-_2-4-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5422/mocao_5_-_23-4-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5478/mocao_6_-_29-5-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5501/mocao_7_-_11-6-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5539/mocao_8_-_1-7-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5587/mocao_9_-_8-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5606/mocao_10_-__18_-8_2025_-_corrigido.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5631/mocao_11_-_28-8-2025_wandi_.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5647/mocao_12-_5-9-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5684/mocao_13_-_15-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5715/mocao_14_-_19-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5720/mocao_15_-_26-9-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5772/mocao_16_-_17-10-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5797/mocao_17_-_3-11-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5798/mocao_18_-_4-11-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5810/mocao_19_-_11-11-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5851/mocao_20_-_4-12-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4758/mocao_1_-_16-1-2024_alexandre.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4762/mocao_2_-_23_-1-2024_alex.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4879/mocao_3_-_19-3-2024_nilza.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4880/mocao_4_-_25-3-2024_nilza.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4901/mocao_5_-_8-4-2024_nilza.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4933/mocao_6_-_8-5-2024_valdinei.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4935/mocao_7_-_8-5-2024_caio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4948/mocao_8-21-5-2024_wandi.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4993/mocao_9-_14-6-2024_wandi.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5019/mocao_10_-_28-6-2024_caio.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5021/mocao_11_-_1o_-7-2024_caio.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5117/mocao_12_-_2-8-2024_caio.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5116/mocao_13_-9-10-2024_alexandre.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3079/mocao_1_-_23-1-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3080/mocao_2_-_23-1-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3114/mocao_3_-_11-5-2023_caio.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3120/mocao_4_-_12-5-2023_nilza.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3121/mocao_5_-_12-5-2023_nilza.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3235/mocao_6_-_25-7-2023_nilza.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3274/mocao_7_-_23-8-2023_nilza.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3315/mocao_8_2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3837/mocao_9_-_11-10-2023_nilza.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3838/mocao_10_-_11-10-2023_maria_vicentina.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/4402/mocao_11_-_30-11-2023_jeferson.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2440/mocao_1_-_14-1-2022_alex.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2487/mocao_2_-_7-3-2022_caio.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2512/mocao_3_-_11-3-2022_maria_vicentina.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2653/mocao_4_-_24-5-2022_wandi.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2695/mocao_5_-_29-6-2022_joacildo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2796/mocao_6_-_20-9-2022_nilza.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2799/mocao_7_-_28-9-2022_caio.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1818/mocao_1_-_27-1-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1893/mocao_2_-_9-2-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2300/mocao_3_-_7-10-2021_nilza.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2337/mocao_4_-_5-11-2021_jose.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2401/mocao_5_-_6-12-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1504/mocao_1_-_21-2-2020_daniel.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1508/mocao_2_-_28-2-2020_alex.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1509/mocao_3_-_28-2-2020_alex.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1521/mocao_4_-_9-3-2020_nilza.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1662/mocao_5_-_11-9-2020_alex.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/927/mocao_1_-_26-2-2019_jose.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/963/mocao_2_-_15-3-2019_daniel.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1085/mocao_3_-_30-4-2019_alex_FH6zcK6.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1164/mocao_4_-_30-5-2019_alex.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1260/mocao_5_-_6-8-2019_jose.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1291/mocao_6_-_11-9-2019_alex.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1357/mocao_7_-_9-10-2019_jorge.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1368/mocao_8_-_8-11-2019_benedito.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/160/mocao-1-2018.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/161/mocao-2-2018.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/162/mocao-3-2018.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/192/mocao_4_2018.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/203/mocao5-2018.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/204/mocao6-2018.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/233/mocao_7_2018.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/234/mocao_8_2018.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/282/mocao_9_-_6-7-2018_benedito.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/331/mocao_10_-_16-8-2018_jose.odt" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/338/mocao_11_-_16-8-2018_mesa.odt" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/339/mocao_12_-_16-8-2018_mauro.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/340/mocao_13_-_16-8-2018_mauro.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/372/mocao_14_-_4-9-2018_nelson.odt" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/378/mocao_15_-_10-9-2018_jose.odt" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/376/mocao_16_-11-9-2018_nilza.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/387/mocao_17_-_18-9-2018_benedito.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1148/mocao_1_2017.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1149/mocao_1_2017.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1150/mocao_3_2017.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1151/mocao_4_2017.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1152/mocao_5_2017.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1153/mocao_6_2017.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1154/mocao_7_2017.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1155/mocao_8_2017.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1156/mocao_9_2017.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1158/mocao_10_2017.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1159/mocao_11_2017.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1160/mocao_12_2017.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1161/mocao_13_2017.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/1139/mocao_1_2016.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/1140/mocao_2_2016.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/1146/mocao_3_2016.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/1147/mocao_4_2016.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/1126/mocao_1_2015.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/1127/mocao_2_2015.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/1129/mocao_3_2015.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/1130/mocao_4_2015.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/1131/mocao_5_2015.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/1132/mocao_6_2015.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1118/mocao_1_2014.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1119/mocao_2_2014.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1123/mocao_3_2014.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1124/mocao_4_2014.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1125/mocao_5_2014.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/1115/mocao_1_2013.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/1116/mocao_2_2013.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/1117/mocao_3_2013.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2012/1111/mocao_1_2012.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2970/mocao_1_2011.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2962/mocao_2_2011.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2963/mocao_3_2011.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2964/mocao_4_2011.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/2997/mocao_1_2010.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/2998/mocao_2_2010.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/2958/mocao_1_2009.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/2959/mocao_2_2009.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/2960/mocao_3_2009.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/2961/mocao_4_2009.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2008/2984/mocao_1_2008.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2008/2985/mocao_2_2008.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2008/2986/mocao_3_2008.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2008/2993/mocao_4_2008.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2008/2987/mocao_5_2008.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2007/2999/mocao_1_2007.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2007/3000/mocao_2_2007.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2007/3001/mocao_3_2007.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2007/3002/mocao_4_2007.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2007/3003/mocao_5_2007.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3102/mocao_1_2006.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3103/mocao_2_2006.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3104/mocao_3_2006.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3105/mocao_4_2006.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3106/mocao_5_2006.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3107/mocao_6_2006.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H146"/>
+  <dimension ref="A1:H150"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="111.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -2456,3397 +2513,3501 @@
       </c>
       <c r="C17" t="s">
         <v>87</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
         <v>12</v>
       </c>
       <c r="F17" t="s">
         <v>88</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>89</v>
       </c>
       <c r="H17" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>91</v>
       </c>
       <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
         <v>12</v>
       </c>
       <c r="F18" t="s">
         <v>93</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>94</v>
       </c>
       <c r="H18" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>96</v>
       </c>
       <c r="B19" t="s">
-        <v>92</v>
+        <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>17</v>
+        <v>97</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
         <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H19" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B20" t="s">
-        <v>92</v>
+        <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>22</v>
+        <v>102</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
         <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="H20" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B21" t="s">
-        <v>92</v>
+        <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>27</v>
+        <v>107</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
         <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="H21" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="B22" t="s">
-        <v>92</v>
+        <v>112</v>
       </c>
       <c r="C22" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
         <v>12</v>
       </c>
       <c r="F22" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="H22" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="B23" t="s">
-        <v>92</v>
+        <v>112</v>
       </c>
       <c r="C23" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
         <v>12</v>
       </c>
       <c r="F23" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="H23" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="B24" t="s">
-        <v>92</v>
+        <v>112</v>
       </c>
       <c r="C24" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
         <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="H24" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="B25" t="s">
-        <v>92</v>
+        <v>112</v>
       </c>
       <c r="C25" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
         <v>12</v>
       </c>
       <c r="F25" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="H25" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="B26" t="s">
-        <v>92</v>
+        <v>112</v>
       </c>
       <c r="C26" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
         <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="H26" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="B27" t="s">
-        <v>92</v>
+        <v>112</v>
       </c>
       <c r="C27" t="s">
-        <v>57</v>
+        <v>37</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
         <v>12</v>
       </c>
       <c r="F27" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="H27" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="B28" t="s">
-        <v>92</v>
+        <v>112</v>
       </c>
       <c r="C28" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
         <v>12</v>
       </c>
       <c r="F28" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="H28" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="B29" t="s">
-        <v>92</v>
+        <v>112</v>
       </c>
       <c r="C29" t="s">
-        <v>67</v>
+        <v>47</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
         <v>12</v>
       </c>
       <c r="F29" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="H29" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="B30" t="s">
-        <v>92</v>
+        <v>112</v>
       </c>
       <c r="C30" t="s">
-        <v>72</v>
+        <v>52</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
         <v>12</v>
       </c>
       <c r="F30" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="H30" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="B31" t="s">
-        <v>144</v>
+        <v>112</v>
       </c>
       <c r="C31" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
         <v>12</v>
       </c>
       <c r="F31" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="H31" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B32" t="s">
-        <v>144</v>
+        <v>112</v>
       </c>
       <c r="C32" t="s">
-        <v>17</v>
+        <v>62</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
         <v>12</v>
       </c>
       <c r="F32" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H32" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B33" t="s">
-        <v>144</v>
+        <v>112</v>
       </c>
       <c r="C33" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
         <v>12</v>
       </c>
       <c r="F33" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="H33" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="B34" t="s">
-        <v>144</v>
+        <v>112</v>
       </c>
       <c r="C34" t="s">
-        <v>27</v>
+        <v>72</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
         <v>12</v>
       </c>
       <c r="F34" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="H34" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B35" t="s">
-        <v>144</v>
+        <v>164</v>
       </c>
       <c r="C35" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
         <v>12</v>
       </c>
       <c r="F35" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="H35" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="B36" t="s">
-        <v>144</v>
+        <v>164</v>
       </c>
       <c r="C36" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
         <v>12</v>
       </c>
       <c r="F36" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="H36" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="B37" t="s">
-        <v>144</v>
+        <v>164</v>
       </c>
       <c r="C37" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
         <v>12</v>
       </c>
       <c r="F37" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="H37" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="B38" t="s">
-        <v>144</v>
+        <v>164</v>
       </c>
       <c r="C38" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
         <v>12</v>
       </c>
       <c r="F38" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="H38" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="B39" t="s">
-        <v>144</v>
+        <v>164</v>
       </c>
       <c r="C39" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
         <v>12</v>
       </c>
       <c r="F39" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="H39" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="B40" t="s">
-        <v>144</v>
+        <v>164</v>
       </c>
       <c r="C40" t="s">
-        <v>57</v>
+        <v>37</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
         <v>12</v>
       </c>
       <c r="F40" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="H40" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="B41" t="s">
-        <v>144</v>
+        <v>164</v>
       </c>
       <c r="C41" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
         <v>12</v>
       </c>
       <c r="F41" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="H41" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="B42" t="s">
-        <v>188</v>
+        <v>164</v>
       </c>
       <c r="C42" t="s">
-        <v>10</v>
+        <v>47</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
         <v>12</v>
       </c>
       <c r="F42" t="s">
-        <v>97</v>
+        <v>192</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="H42" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B43" t="s">
-        <v>188</v>
+        <v>164</v>
       </c>
       <c r="C43" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
         <v>12</v>
       </c>
       <c r="F43" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="H43" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="B44" t="s">
-        <v>188</v>
+        <v>164</v>
       </c>
       <c r="C44" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
         <v>12</v>
       </c>
       <c r="F44" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="H44" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="B45" t="s">
-        <v>188</v>
+        <v>164</v>
       </c>
       <c r="C45" t="s">
-        <v>27</v>
+        <v>62</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
         <v>12</v>
       </c>
       <c r="F45" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H45" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="B46" t="s">
-        <v>188</v>
+        <v>208</v>
       </c>
       <c r="C46" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
         <v>12</v>
       </c>
       <c r="F46" t="s">
-        <v>204</v>
+        <v>117</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="H46" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="B47" t="s">
-        <v>188</v>
+        <v>208</v>
       </c>
       <c r="C47" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
         <v>12</v>
       </c>
       <c r="F47" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="H47" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="B48" t="s">
-        <v>188</v>
+        <v>208</v>
       </c>
       <c r="C48" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
         <v>12</v>
       </c>
       <c r="F48" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="H48" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B49" t="s">
-        <v>216</v>
+        <v>208</v>
       </c>
       <c r="C49" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
         <v>12</v>
       </c>
       <c r="F49" t="s">
-        <v>97</v>
+        <v>220</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="H49" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B50" t="s">
-        <v>216</v>
+        <v>208</v>
       </c>
       <c r="C50" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
         <v>12</v>
       </c>
       <c r="F50" t="s">
-        <v>97</v>
+        <v>224</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="H50" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="B51" t="s">
-        <v>216</v>
+        <v>208</v>
       </c>
       <c r="C51" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
         <v>12</v>
       </c>
       <c r="F51" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="H51" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="B52" t="s">
-        <v>216</v>
+        <v>208</v>
       </c>
       <c r="C52" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
         <v>12</v>
       </c>
       <c r="F52" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="H52" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="B53" t="s">
-        <v>216</v>
+        <v>236</v>
       </c>
       <c r="C53" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
         <v>12</v>
       </c>
       <c r="F53" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="H53" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="B54" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C54" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
         <v>12</v>
       </c>
       <c r="F54" t="s">
-        <v>235</v>
+        <v>117</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="H54" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="B55" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C55" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
         <v>12</v>
       </c>
       <c r="F55" t="s">
-        <v>97</v>
+        <v>243</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="H55" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="B56" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C56" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
         <v>12</v>
       </c>
       <c r="F56" t="s">
-        <v>97</v>
+        <v>247</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="H56" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="B57" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C57" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
         <v>12</v>
       </c>
       <c r="F57" t="s">
-        <v>223</v>
+        <v>117</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="H57" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="B58" t="s">
-        <v>234</v>
+        <v>254</v>
       </c>
       <c r="C58" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
         <v>12</v>
       </c>
       <c r="F58" t="s">
-        <v>97</v>
+        <v>255</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>248</v>
+        <v>256</v>
       </c>
       <c r="H58" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>250</v>
+        <v>258</v>
       </c>
       <c r="B59" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="C59" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
         <v>12</v>
       </c>
       <c r="F59" t="s">
-        <v>227</v>
+        <v>117</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="H59" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
+        <v>261</v>
+      </c>
+      <c r="B60" t="s">
         <v>254</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
         <v>12</v>
       </c>
       <c r="F60" t="s">
-        <v>235</v>
+        <v>117</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="H60" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="B61" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="C61" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
         <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>258</v>
+        <v>243</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="H61" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="B62" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="C62" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
         <v>12</v>
       </c>
       <c r="F62" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="H62" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="B63" t="s">
-        <v>251</v>
+        <v>271</v>
       </c>
       <c r="C63" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
         <v>12</v>
       </c>
       <c r="F63" t="s">
-        <v>227</v>
+        <v>247</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>265</v>
+        <v>272</v>
       </c>
       <c r="H63" t="s">
-        <v>266</v>
+        <v>273</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="B64" t="s">
-        <v>251</v>
+        <v>271</v>
       </c>
       <c r="C64" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
         <v>12</v>
       </c>
       <c r="F64" t="s">
-        <v>97</v>
+        <v>255</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>268</v>
+        <v>275</v>
       </c>
       <c r="H64" t="s">
-        <v>269</v>
+        <v>276</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
       <c r="B65" t="s">
-        <v>251</v>
+        <v>271</v>
       </c>
       <c r="C65" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
         <v>12</v>
       </c>
       <c r="F65" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>272</v>
+        <v>279</v>
       </c>
       <c r="H65" t="s">
-        <v>273</v>
+        <v>280</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>274</v>
+        <v>281</v>
       </c>
       <c r="B66" t="s">
-        <v>251</v>
+        <v>271</v>
       </c>
       <c r="C66" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
         <v>12</v>
       </c>
       <c r="F66" t="s">
-        <v>275</v>
+        <v>117</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="H66" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="B67" t="s">
-        <v>279</v>
+        <v>271</v>
       </c>
       <c r="C67" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
         <v>12</v>
       </c>
       <c r="F67" t="s">
-        <v>97</v>
+        <v>247</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="H67" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="B68" t="s">
-        <v>279</v>
+        <v>271</v>
       </c>
       <c r="C68" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
         <v>12</v>
       </c>
       <c r="F68" t="s">
-        <v>275</v>
+        <v>117</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="H68" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="B69" t="s">
-        <v>279</v>
+        <v>271</v>
       </c>
       <c r="C69" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
         <v>12</v>
       </c>
       <c r="F69" t="s">
-        <v>275</v>
+        <v>291</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="H69" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="B70" t="s">
-        <v>279</v>
+        <v>271</v>
       </c>
       <c r="C70" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
         <v>12</v>
       </c>
       <c r="F70" t="s">
-        <v>235</v>
+        <v>295</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="H70" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>291</v>
+        <v>298</v>
       </c>
       <c r="B71" t="s">
-        <v>279</v>
+        <v>299</v>
       </c>
       <c r="C71" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
         <v>12</v>
       </c>
       <c r="F71" t="s">
-        <v>223</v>
+        <v>117</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="H71" t="s">
-        <v>293</v>
+        <v>301</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>294</v>
+        <v>302</v>
       </c>
       <c r="B72" t="s">
-        <v>279</v>
+        <v>299</v>
       </c>
       <c r="C72" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
         <v>12</v>
       </c>
       <c r="F72" t="s">
-        <v>223</v>
+        <v>295</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>295</v>
+        <v>303</v>
       </c>
       <c r="H72" t="s">
-        <v>296</v>
+        <v>304</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>297</v>
+        <v>305</v>
       </c>
       <c r="B73" t="s">
-        <v>279</v>
+        <v>299</v>
       </c>
       <c r="C73" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
         <v>12</v>
       </c>
       <c r="F73" t="s">
-        <v>223</v>
+        <v>295</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>298</v>
+        <v>306</v>
       </c>
       <c r="H73" t="s">
-        <v>299</v>
+        <v>307</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>300</v>
+        <v>308</v>
       </c>
       <c r="B74" t="s">
-        <v>279</v>
+        <v>299</v>
       </c>
       <c r="C74" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
         <v>12</v>
       </c>
       <c r="F74" t="s">
-        <v>235</v>
+        <v>255</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="H74" t="s">
-        <v>302</v>
+        <v>310</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>303</v>
+        <v>311</v>
       </c>
       <c r="B75" t="s">
-        <v>279</v>
+        <v>299</v>
       </c>
       <c r="C75" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
         <v>12</v>
       </c>
       <c r="F75" t="s">
-        <v>275</v>
+        <v>243</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>304</v>
+        <v>312</v>
       </c>
       <c r="H75" t="s">
-        <v>305</v>
+        <v>313</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>306</v>
+        <v>314</v>
       </c>
       <c r="B76" t="s">
-        <v>279</v>
+        <v>299</v>
       </c>
       <c r="C76" t="s">
-        <v>57</v>
+        <v>37</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76" t="s">
         <v>12</v>
       </c>
       <c r="F76" t="s">
-        <v>227</v>
+        <v>243</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>307</v>
+        <v>315</v>
       </c>
       <c r="H76" t="s">
-        <v>308</v>
+        <v>316</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>309</v>
+        <v>317</v>
       </c>
       <c r="B77" t="s">
-        <v>279</v>
+        <v>299</v>
       </c>
       <c r="C77" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
         <v>12</v>
       </c>
       <c r="F77" t="s">
-        <v>310</v>
+        <v>243</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="H77" t="s">
-        <v>312</v>
+        <v>319</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="B78" t="s">
-        <v>279</v>
+        <v>299</v>
       </c>
       <c r="C78" t="s">
-        <v>67</v>
+        <v>47</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
       <c r="E78" t="s">
         <v>12</v>
       </c>
       <c r="F78" t="s">
-        <v>314</v>
+        <v>255</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="H78" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="B79" t="s">
-        <v>279</v>
+        <v>299</v>
       </c>
       <c r="C79" t="s">
-        <v>72</v>
+        <v>52</v>
       </c>
       <c r="D79" t="s">
         <v>11</v>
       </c>
       <c r="E79" t="s">
         <v>12</v>
       </c>
       <c r="F79" t="s">
-        <v>314</v>
+        <v>295</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="H79" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="B80" t="s">
-        <v>279</v>
+        <v>299</v>
       </c>
       <c r="C80" t="s">
-        <v>77</v>
+        <v>57</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
       <c r="E80" t="s">
         <v>12</v>
       </c>
       <c r="F80" t="s">
-        <v>321</v>
+        <v>247</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="H80" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="B81" t="s">
-        <v>279</v>
+        <v>299</v>
       </c>
       <c r="C81" t="s">
-        <v>82</v>
+        <v>62</v>
       </c>
       <c r="D81" t="s">
         <v>11</v>
       </c>
       <c r="E81" t="s">
         <v>12</v>
       </c>
       <c r="F81" t="s">
-        <v>227</v>
+        <v>330</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="H81" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="B82" t="s">
-        <v>279</v>
+        <v>299</v>
       </c>
       <c r="C82" t="s">
-        <v>87</v>
+        <v>67</v>
       </c>
       <c r="D82" t="s">
         <v>11</v>
       </c>
       <c r="E82" t="s">
         <v>12</v>
       </c>
       <c r="F82" t="s">
-        <v>223</v>
+        <v>334</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>328</v>
+        <v>335</v>
       </c>
       <c r="H82" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>330</v>
+        <v>337</v>
       </c>
       <c r="B83" t="s">
-        <v>279</v>
+        <v>299</v>
       </c>
       <c r="C83" t="s">
-        <v>331</v>
+        <v>72</v>
       </c>
       <c r="D83" t="s">
         <v>11</v>
       </c>
       <c r="E83" t="s">
         <v>12</v>
       </c>
       <c r="F83" t="s">
-        <v>275</v>
+        <v>334</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="H83" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="B84" t="s">
-        <v>335</v>
+        <v>299</v>
       </c>
       <c r="C84" t="s">
-        <v>10</v>
+        <v>77</v>
       </c>
       <c r="D84" t="s">
         <v>11</v>
       </c>
       <c r="E84" t="s">
         <v>12</v>
       </c>
       <c r="F84" t="s">
-        <v>235</v>
+        <v>341</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="H84" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="B85" t="s">
-        <v>335</v>
+        <v>299</v>
       </c>
       <c r="C85" t="s">
-        <v>17</v>
+        <v>82</v>
       </c>
       <c r="D85" t="s">
         <v>11</v>
       </c>
       <c r="E85" t="s">
         <v>12</v>
       </c>
       <c r="F85" t="s">
-        <v>271</v>
+        <v>247</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="H85" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="B86" t="s">
-        <v>335</v>
+        <v>299</v>
       </c>
       <c r="C86" t="s">
-        <v>22</v>
+        <v>87</v>
       </c>
       <c r="D86" t="s">
         <v>11</v>
       </c>
       <c r="E86" t="s">
         <v>12</v>
       </c>
       <c r="F86" t="s">
-        <v>271</v>
+        <v>243</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="H86" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="B87" t="s">
-        <v>335</v>
+        <v>299</v>
       </c>
       <c r="C87" t="s">
-        <v>27</v>
+        <v>92</v>
       </c>
       <c r="D87" t="s">
         <v>11</v>
       </c>
       <c r="E87" t="s">
         <v>12</v>
       </c>
       <c r="F87" t="s">
-        <v>314</v>
+        <v>295</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="H87" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="B88" t="s">
-        <v>335</v>
+        <v>354</v>
       </c>
       <c r="C88" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="D88" t="s">
         <v>11</v>
       </c>
       <c r="E88" t="s">
         <v>12</v>
       </c>
       <c r="F88" t="s">
-        <v>235</v>
+        <v>255</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>348</v>
+        <v>355</v>
       </c>
       <c r="H88" t="s">
-        <v>349</v>
+        <v>356</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="B89" t="s">
-        <v>335</v>
+        <v>354</v>
       </c>
       <c r="C89" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="D89" t="s">
         <v>11</v>
       </c>
       <c r="E89" t="s">
         <v>12</v>
       </c>
       <c r="F89" t="s">
-        <v>321</v>
+        <v>291</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>351</v>
+        <v>358</v>
       </c>
       <c r="H89" t="s">
-        <v>352</v>
+        <v>359</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>353</v>
+        <v>360</v>
       </c>
       <c r="B90" t="s">
-        <v>335</v>
+        <v>354</v>
       </c>
       <c r="C90" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="D90" t="s">
         <v>11</v>
       </c>
       <c r="E90" t="s">
         <v>12</v>
       </c>
       <c r="F90" t="s">
-        <v>321</v>
+        <v>291</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="H90" t="s">
-        <v>355</v>
+        <v>362</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="B91" t="s">
-        <v>335</v>
+        <v>354</v>
       </c>
       <c r="C91" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="D91" t="s">
         <v>11</v>
       </c>
       <c r="E91" t="s">
         <v>12</v>
       </c>
       <c r="F91" t="s">
-        <v>223</v>
+        <v>334</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>357</v>
+        <v>364</v>
       </c>
       <c r="H91" t="s">
-        <v>358</v>
+        <v>365</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>359</v>
+        <v>366</v>
       </c>
       <c r="B92" t="s">
-        <v>335</v>
+        <v>354</v>
       </c>
       <c r="C92" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
       <c r="E92" t="s">
         <v>12</v>
       </c>
       <c r="F92" t="s">
-        <v>97</v>
+        <v>255</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="H92" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>362</v>
+        <v>369</v>
       </c>
       <c r="B93" t="s">
-        <v>335</v>
+        <v>354</v>
       </c>
       <c r="C93" t="s">
-        <v>57</v>
+        <v>37</v>
       </c>
       <c r="D93" t="s">
         <v>11</v>
       </c>
       <c r="E93" t="s">
         <v>12</v>
       </c>
       <c r="F93" t="s">
-        <v>235</v>
+        <v>341</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>363</v>
+        <v>370</v>
       </c>
       <c r="H93" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="B94" t="s">
-        <v>335</v>
+        <v>354</v>
       </c>
       <c r="C94" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
       <c r="E94" t="s">
         <v>12</v>
       </c>
       <c r="F94" t="s">
-        <v>321</v>
+        <v>341</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="H94" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
       <c r="B95" t="s">
-        <v>335</v>
+        <v>354</v>
       </c>
       <c r="C95" t="s">
-        <v>67</v>
+        <v>47</v>
       </c>
       <c r="D95" t="s">
         <v>11</v>
       </c>
       <c r="E95" t="s">
         <v>12</v>
       </c>
       <c r="F95" t="s">
-        <v>223</v>
+        <v>243</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
       <c r="H95" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
       <c r="B96" t="s">
-        <v>335</v>
+        <v>354</v>
       </c>
       <c r="C96" t="s">
-        <v>72</v>
+        <v>52</v>
       </c>
       <c r="D96" t="s">
         <v>11</v>
       </c>
       <c r="E96" t="s">
         <v>12</v>
       </c>
       <c r="F96" t="s">
-        <v>227</v>
+        <v>117</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="H96" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="B97" t="s">
-        <v>375</v>
+        <v>354</v>
       </c>
       <c r="C97" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="D97" t="s">
         <v>11</v>
       </c>
       <c r="E97" t="s">
         <v>12</v>
       </c>
       <c r="F97" t="s">
-        <v>376</v>
+        <v>255</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="H97" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="B98" t="s">
-        <v>375</v>
+        <v>354</v>
       </c>
       <c r="C98" t="s">
-        <v>17</v>
+        <v>62</v>
       </c>
       <c r="D98" t="s">
         <v>11</v>
       </c>
       <c r="E98" t="s">
         <v>12</v>
       </c>
       <c r="F98" t="s">
-        <v>380</v>
+        <v>341</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="H98" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="B99" t="s">
-        <v>375</v>
+        <v>354</v>
       </c>
       <c r="C99" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="D99" t="s">
         <v>11</v>
       </c>
       <c r="E99" t="s">
         <v>12</v>
       </c>
       <c r="F99" t="s">
-        <v>376</v>
+        <v>243</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="H99" t="s">
-        <v>343</v>
+        <v>389</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="B100" t="s">
-        <v>375</v>
+        <v>354</v>
       </c>
       <c r="C100" t="s">
-        <v>27</v>
+        <v>72</v>
       </c>
       <c r="D100" t="s">
         <v>11</v>
       </c>
       <c r="E100" t="s">
         <v>12</v>
       </c>
       <c r="F100" t="s">
-        <v>376</v>
+        <v>247</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="H100" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="B101" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="C101" t="s">
         <v>10</v>
       </c>
       <c r="D101" t="s">
         <v>11</v>
       </c>
       <c r="E101" t="s">
         <v>12</v>
       </c>
       <c r="F101" t="s">
-        <v>380</v>
+        <v>395</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="H101" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="B102" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="C102" t="s">
         <v>17</v>
       </c>
       <c r="D102" t="s">
         <v>11</v>
       </c>
       <c r="E102" t="s">
         <v>12</v>
       </c>
       <c r="F102" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="H102" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="B103" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="C103" t="s">
         <v>22</v>
       </c>
       <c r="D103" t="s">
         <v>11</v>
       </c>
       <c r="E103" t="s">
         <v>12</v>
       </c>
       <c r="F103" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="H103" t="s">
-        <v>399</v>
+        <v>362</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="B104" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="C104" t="s">
         <v>27</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
       <c r="E104" t="s">
         <v>12</v>
       </c>
       <c r="F104" t="s">
-        <v>321</v>
+        <v>395</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="H104" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="B105" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="C105" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="D105" t="s">
         <v>11</v>
       </c>
       <c r="E105" t="s">
         <v>12</v>
       </c>
       <c r="F105" t="s">
-        <v>376</v>
+        <v>399</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="H105" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="B106" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="C106" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="D106" t="s">
         <v>11</v>
       </c>
       <c r="E106" t="s">
         <v>12</v>
       </c>
       <c r="F106" t="s">
-        <v>376</v>
+        <v>412</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="H106" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
       <c r="B107" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C107" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D107" t="s">
         <v>11</v>
       </c>
       <c r="E107" t="s">
         <v>12</v>
       </c>
       <c r="F107" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="H107" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="B108" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C108" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D108" t="s">
         <v>11</v>
       </c>
       <c r="E108" t="s">
         <v>12</v>
       </c>
       <c r="F108" t="s">
-        <v>393</v>
+        <v>341</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="H108" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="B109" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C109" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="D109" t="s">
         <v>11</v>
       </c>
       <c r="E109" t="s">
         <v>12</v>
       </c>
       <c r="F109" t="s">
-        <v>321</v>
+        <v>395</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="H109" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="B110" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C110" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D110" t="s">
         <v>11</v>
       </c>
       <c r="E110" t="s">
         <v>12</v>
       </c>
       <c r="F110" t="s">
-        <v>321</v>
+        <v>395</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="H110" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B111" t="s">
-        <v>410</v>
+        <v>429</v>
       </c>
       <c r="C111" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="D111" t="s">
         <v>11</v>
       </c>
       <c r="E111" t="s">
         <v>12</v>
       </c>
       <c r="F111" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="H111" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="B112" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C112" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D112" t="s">
         <v>11</v>
       </c>
       <c r="E112" t="s">
         <v>12</v>
       </c>
       <c r="F112" t="s">
-        <v>380</v>
+        <v>412</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="H112" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="B113" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C113" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D113" t="s">
         <v>11</v>
       </c>
       <c r="E113" t="s">
         <v>12</v>
       </c>
       <c r="F113" t="s">
-        <v>393</v>
+        <v>341</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="H113" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="B114" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C114" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D114" t="s">
         <v>11</v>
       </c>
       <c r="E114" t="s">
         <v>12</v>
       </c>
       <c r="F114" t="s">
-        <v>397</v>
+        <v>341</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="H114" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="B115" t="s">
-        <v>438</v>
+        <v>429</v>
       </c>
       <c r="C115" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="D115" t="s">
         <v>11</v>
       </c>
       <c r="E115" t="s">
         <v>12</v>
       </c>
       <c r="F115" t="s">
-        <v>393</v>
+        <v>443</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="H115" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="B116" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="C116" t="s">
         <v>10</v>
       </c>
       <c r="D116" t="s">
         <v>11</v>
       </c>
       <c r="E116" t="s">
         <v>12</v>
       </c>
       <c r="F116" t="s">
-        <v>376</v>
+        <v>399</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="H116" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="B117" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="C117" t="s">
         <v>17</v>
       </c>
       <c r="D117" t="s">
         <v>11</v>
       </c>
       <c r="E117" t="s">
         <v>12</v>
       </c>
       <c r="F117" t="s">
-        <v>446</v>
+        <v>412</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="H117" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="B118" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="C118" t="s">
         <v>22</v>
       </c>
       <c r="D118" t="s">
         <v>11</v>
       </c>
       <c r="E118" t="s">
         <v>12</v>
       </c>
       <c r="F118" t="s">
-        <v>450</v>
+        <v>416</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="H118" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B119" t="s">
-        <v>442</v>
+        <v>457</v>
       </c>
       <c r="C119" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="D119" t="s">
         <v>11</v>
       </c>
       <c r="E119" t="s">
         <v>12</v>
       </c>
       <c r="F119" t="s">
-        <v>393</v>
+        <v>412</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="H119" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="B120" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="C120" t="s">
         <v>10</v>
       </c>
       <c r="D120" t="s">
         <v>11</v>
       </c>
       <c r="E120" t="s">
         <v>12</v>
       </c>
       <c r="F120" t="s">
-        <v>223</v>
+        <v>395</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="H120" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="B121" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="C121" t="s">
         <v>17</v>
       </c>
       <c r="D121" t="s">
         <v>11</v>
       </c>
       <c r="E121" t="s">
         <v>12</v>
       </c>
       <c r="F121" t="s">
-        <v>223</v>
+        <v>465</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="H121" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="B122" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="C122" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D122" t="s">
         <v>11</v>
       </c>
       <c r="E122" t="s">
         <v>12</v>
       </c>
       <c r="F122" t="s">
-        <v>376</v>
+        <v>469</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="H122" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="B123" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="C123" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D123" t="s">
         <v>11</v>
       </c>
       <c r="E123" t="s">
         <v>12</v>
       </c>
       <c r="F123" t="s">
-        <v>376</v>
+        <v>412</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="H123" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="B124" t="s">
-        <v>464</v>
+        <v>476</v>
       </c>
       <c r="C124" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="D124" t="s">
         <v>11</v>
       </c>
       <c r="E124" t="s">
         <v>12</v>
       </c>
       <c r="F124" t="s">
-        <v>450</v>
+        <v>243</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
       <c r="H124" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="B125" t="s">
-        <v>464</v>
+        <v>476</v>
       </c>
       <c r="C125" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="D125" t="s">
         <v>11</v>
       </c>
       <c r="E125" t="s">
         <v>12</v>
       </c>
       <c r="F125" t="s">
-        <v>393</v>
+        <v>243</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>474</v>
+        <v>480</v>
       </c>
       <c r="H125" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>476</v>
+        <v>482</v>
       </c>
       <c r="B126" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="C126" t="s">
         <v>10</v>
       </c>
       <c r="D126" t="s">
         <v>11</v>
       </c>
       <c r="E126" t="s">
         <v>12</v>
       </c>
       <c r="F126" t="s">
-        <v>235</v>
+        <v>395</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>478</v>
+        <v>484</v>
       </c>
       <c r="H126" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>480</v>
+        <v>486</v>
       </c>
       <c r="B127" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="C127" t="s">
         <v>17</v>
       </c>
       <c r="D127" t="s">
         <v>11</v>
       </c>
       <c r="E127" t="s">
         <v>12</v>
       </c>
       <c r="F127" t="s">
-        <v>481</v>
+        <v>395</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="H127" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="B128" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="C128" t="s">
         <v>22</v>
       </c>
       <c r="D128" t="s">
         <v>11</v>
       </c>
       <c r="E128" t="s">
         <v>12</v>
       </c>
       <c r="F128" t="s">
-        <v>485</v>
+        <v>469</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="H128" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="B129" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="C129" t="s">
         <v>27</v>
       </c>
       <c r="D129" t="s">
         <v>11</v>
       </c>
       <c r="E129" t="s">
         <v>12</v>
       </c>
       <c r="F129" t="s">
-        <v>485</v>
+        <v>412</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="H129" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="B130" t="s">
-        <v>477</v>
+        <v>496</v>
       </c>
       <c r="C130" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="D130" t="s">
         <v>11</v>
       </c>
       <c r="E130" t="s">
         <v>12</v>
       </c>
       <c r="F130" t="s">
-        <v>485</v>
+        <v>255</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="H130" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="B131" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C131" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D131" t="s">
         <v>11</v>
       </c>
       <c r="E131" t="s">
         <v>12</v>
       </c>
       <c r="F131" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="H131" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="B132" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C132" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D132" t="s">
         <v>11</v>
       </c>
       <c r="E132" t="s">
         <v>12</v>
       </c>
       <c r="F132" t="s">
-        <v>496</v>
+        <v>504</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="H132" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="B133" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C133" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D133" t="s">
         <v>11</v>
       </c>
       <c r="E133" t="s">
         <v>12</v>
       </c>
       <c r="F133" t="s">
-        <v>496</v>
+        <v>504</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="H133" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="B134" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C134" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="D134" t="s">
         <v>11</v>
       </c>
       <c r="E134" t="s">
         <v>12</v>
       </c>
       <c r="F134" t="s">
-        <v>485</v>
+        <v>504</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="H134" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="B135" t="s">
-        <v>495</v>
+        <v>514</v>
       </c>
       <c r="C135" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="D135" t="s">
         <v>11</v>
       </c>
       <c r="E135" t="s">
         <v>12</v>
       </c>
       <c r="F135" t="s">
-        <v>509</v>
+        <v>515</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>510</v>
+        <v>516</v>
       </c>
       <c r="H135" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="B136" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C136" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D136" t="s">
         <v>11</v>
       </c>
       <c r="E136" t="s">
         <v>12</v>
       </c>
       <c r="F136" t="s">
-        <v>496</v>
+        <v>515</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="H136" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="B137" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C137" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D137" t="s">
         <v>11</v>
       </c>
       <c r="E137" t="s">
         <v>12</v>
       </c>
       <c r="F137" t="s">
-        <v>496</v>
+        <v>515</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="H137" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="B138" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C138" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D138" t="s">
         <v>11</v>
       </c>
       <c r="E138" t="s">
         <v>12</v>
       </c>
       <c r="F138" t="s">
-        <v>520</v>
+        <v>504</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="H138" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B139" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C139" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="D139" t="s">
         <v>11</v>
       </c>
       <c r="E139" t="s">
         <v>12</v>
       </c>
       <c r="F139" t="s">
-        <v>485</v>
+        <v>528</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="H139" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="B140" t="s">
-        <v>513</v>
+        <v>532</v>
       </c>
       <c r="C140" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="D140" t="s">
         <v>11</v>
       </c>
       <c r="E140" t="s">
         <v>12</v>
       </c>
       <c r="F140" t="s">
-        <v>485</v>
+        <v>515</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>527</v>
+        <v>533</v>
       </c>
       <c r="H140" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>529</v>
+        <v>535</v>
       </c>
       <c r="B141" t="s">
-        <v>513</v>
+        <v>532</v>
       </c>
       <c r="C141" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="D141" t="s">
         <v>11</v>
       </c>
       <c r="E141" t="s">
         <v>12</v>
       </c>
       <c r="F141" t="s">
-        <v>520</v>
+        <v>515</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="H141" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
+        <v>538</v>
+      </c>
+      <c r="B142" t="s">
         <v>532</v>
       </c>
-      <c r="B142" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C142" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D142" t="s">
         <v>11</v>
       </c>
       <c r="E142" t="s">
         <v>12</v>
       </c>
       <c r="F142" t="s">
-        <v>509</v>
+        <v>539</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>534</v>
+        <v>540</v>
       </c>
       <c r="H142" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="B143" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="C143" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D143" t="s">
         <v>11</v>
       </c>
       <c r="E143" t="s">
         <v>12</v>
       </c>
       <c r="F143" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>534</v>
+        <v>543</v>
       </c>
       <c r="H143" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="B144" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="C144" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="D144" t="s">
         <v>11</v>
       </c>
       <c r="E144" t="s">
         <v>12</v>
       </c>
       <c r="F144" t="s">
-        <v>321</v>
+        <v>504</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>534</v>
+        <v>546</v>
       </c>
       <c r="H144" t="s">
-        <v>539</v>
+        <v>547</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>540</v>
+        <v>548</v>
       </c>
       <c r="B145" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="C145" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D145" t="s">
         <v>11</v>
       </c>
       <c r="E145" t="s">
         <v>12</v>
       </c>
       <c r="F145" t="s">
-        <v>235</v>
+        <v>539</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>534</v>
+        <v>549</v>
       </c>
       <c r="H145" t="s">
-        <v>541</v>
+        <v>550</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>542</v>
+        <v>551</v>
       </c>
       <c r="B146" t="s">
-        <v>533</v>
+        <v>552</v>
       </c>
       <c r="C146" t="s">
+        <v>10</v>
+      </c>
+      <c r="D146" t="s">
+        <v>11</v>
+      </c>
+      <c r="E146" t="s">
+        <v>12</v>
+      </c>
+      <c r="F146" t="s">
+        <v>528</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="H146" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>555</v>
+      </c>
+      <c r="B147" t="s">
+        <v>552</v>
+      </c>
+      <c r="C147" t="s">
+        <v>17</v>
+      </c>
+      <c r="D147" t="s">
+        <v>11</v>
+      </c>
+      <c r="E147" t="s">
+        <v>12</v>
+      </c>
+      <c r="F147" t="s">
+        <v>528</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="H147" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>557</v>
+      </c>
+      <c r="B148" t="s">
+        <v>552</v>
+      </c>
+      <c r="C148" t="s">
+        <v>22</v>
+      </c>
+      <c r="D148" t="s">
+        <v>11</v>
+      </c>
+      <c r="E148" t="s">
+        <v>12</v>
+      </c>
+      <c r="F148" t="s">
+        <v>341</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="H148" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>559</v>
+      </c>
+      <c r="B149" t="s">
+        <v>552</v>
+      </c>
+      <c r="C149" t="s">
+        <v>27</v>
+      </c>
+      <c r="D149" t="s">
+        <v>11</v>
+      </c>
+      <c r="E149" t="s">
+        <v>12</v>
+      </c>
+      <c r="F149" t="s">
+        <v>255</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="H149" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>561</v>
+      </c>
+      <c r="B150" t="s">
+        <v>552</v>
+      </c>
+      <c r="C150" t="s">
         <v>32</v>
       </c>
-      <c r="D146" t="s">
-[...12 lines deleted...]
-        <v>543</v>
+      <c r="D150" t="s">
+        <v>11</v>
+      </c>
+      <c r="E150" t="s">
+        <v>12</v>
+      </c>
+      <c r="F150" t="s">
+        <v>515</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="H150" t="s">
+        <v>562</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -5952,50 +6113,54 @@
     <hyperlink ref="G122" r:id="rId121"/>
     <hyperlink ref="G123" r:id="rId122"/>
     <hyperlink ref="G124" r:id="rId123"/>
     <hyperlink ref="G125" r:id="rId124"/>
     <hyperlink ref="G126" r:id="rId125"/>
     <hyperlink ref="G127" r:id="rId126"/>
     <hyperlink ref="G128" r:id="rId127"/>
     <hyperlink ref="G129" r:id="rId128"/>
     <hyperlink ref="G130" r:id="rId129"/>
     <hyperlink ref="G131" r:id="rId130"/>
     <hyperlink ref="G132" r:id="rId131"/>
     <hyperlink ref="G133" r:id="rId132"/>
     <hyperlink ref="G134" r:id="rId133"/>
     <hyperlink ref="G135" r:id="rId134"/>
     <hyperlink ref="G136" r:id="rId135"/>
     <hyperlink ref="G137" r:id="rId136"/>
     <hyperlink ref="G138" r:id="rId137"/>
     <hyperlink ref="G139" r:id="rId138"/>
     <hyperlink ref="G140" r:id="rId139"/>
     <hyperlink ref="G141" r:id="rId140"/>
     <hyperlink ref="G142" r:id="rId141"/>
     <hyperlink ref="G143" r:id="rId142"/>
     <hyperlink ref="G144" r:id="rId143"/>
     <hyperlink ref="G145" r:id="rId144"/>
     <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>