--- v1 (2025-12-14)
+++ v2 (2026-02-04)
@@ -10,91 +10,106 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1200" uniqueCount="563">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1208" uniqueCount="568">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>5877</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>MO</t>
+  </si>
+  <si>
+    <t>Moção</t>
+  </si>
+  <si>
+    <t>Alex P. da Silva, Adilsom Castanho, Caio Cezar da S. Martori, José Anésio X. Lemes, Nilza M. dos S. Godinho (Chuca), Paulino Florêncio Pinto</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5877/mocao_1_-_23-1-2026_alex.pdf</t>
+  </si>
+  <si>
+    <t>Moção de congratulações aos 72 anos da Assembleia de Deus de Piedade.</t>
+  </si>
+  <si>
     <t>5234</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
-    <t>1</t>
-[...7 lines deleted...]
-  <si>
     <t>Alex P. da Silva, Caio Cezar da S. Martori, José Anésio X. Lemes, Lucelino Prestes (Gordo do Buffet), Lukas Moraes, Paulino Florêncio Pinto</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5234/mocao_1_-_13-1-2023_alex.pdf</t>
   </si>
   <si>
     <t>Moção de congratulações aos 71 anos da Assembleia de Deus de Piedade.</t>
   </si>
   <si>
     <t>5307</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Alexandre Pereira (Xandinho), Adilsom Castanho, Caio Cezar da S. Martori, Edvaldo Vicente (Vardinho Leites), Isidoro Poly, Jeferson D. Cardoso (Tatu), José Anésio X. Lemes, Lukas Moraes</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5307/mocao_2_-_17-2-2025_alexandre.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos aos policias do 40º Batalhão da Policia Militar de Piedade pela presteza no atendimento à ocorrência no município.</t>
   </si>
   <si>
     <t>5375</t>
@@ -336,51 +351,51 @@
   <si>
     <t>Moção de aplausos à equipe da Guarda Civil Municipal de Piedade.</t>
   </si>
   <si>
     <t>5810</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Nilza M. dos S. Godinho (Chuca), Alex P. da Silva, Caio Cezar da S. Martori, Isidoro Poly, Jeferson D. Cardoso (Tatu), José Anésio X. Lemes, Lucelino Prestes (Gordo do Buffet), Lukas Moraes, Paulino Florêncio Pinto</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5810/mocao_19_-_11-11-2025_nilza.pdf</t>
   </si>
   <si>
     <t>Moção de congratulações aos 83 anos do Pereira Supermercados.</t>
   </si>
   <si>
     <t>5851</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>Alex P. da Silva, Alexandre Pereira (Xandinho), Caio Cezar da S. Martori, Edvaldo Vicente (Vardinho Leites), Jeferson D. Cardoso (Tatu), José Anésio X. Lemes, Nilza M. dos S. Godinho (Chuca), Paulino Florêncio Pinto</t>
+    <t>Alex P. da Silva, Adilsom Castanho, Alexandre Pereira (Xandinho), Caio Cezar da S. Martori, Edvaldo Vicente (Vardinho Leites), Isidoro Poly, Jeferson D. Cardoso (Tatu), José Anésio X. Lemes, Lukas Moraes, Nilza M. dos S. Godinho (Chuca), Paulino Florêncio Pinto</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5851/mocao_20_-_4-12-2025_alex.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio à Secretaria de Estado da Saúde de São Paulo (SES-SP), pela falta de medicamentos de alto custo.</t>
   </si>
   <si>
     <t>4758</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Alexandre Pereira (Xandinho), Alex P. da Silva, Maurinho Machado, Valdinei A. M. Franco (Neey Vioola), Wandi A. Rodrigues</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4758/mocao_1_-_16-1-2024_alexandre.docx</t>
   </si>
   <si>
     <t>Moção de congratulações aos 15 anos da Etec de Piedade – Centro Estadual de Educação Tecnológica Paula Souza.</t>
   </si>
   <si>
     <t>4762</t>
   </si>
@@ -2046,56 +2061,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5234/mocao_1_-_13-1-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5307/mocao_2_-_17-2-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5375/mocao_3_-_17-3-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5404/mocao_4_-_2-4-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5422/mocao_5_-_23-4-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5478/mocao_6_-_29-5-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5501/mocao_7_-_11-6-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5539/mocao_8_-_1-7-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5587/mocao_9_-_8-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5606/mocao_10_-__18_-8_2025_-_corrigido.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5631/mocao_11_-_28-8-2025_wandi_.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5647/mocao_12-_5-9-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5684/mocao_13_-_15-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5715/mocao_14_-_19-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5720/mocao_15_-_26-9-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5772/mocao_16_-_17-10-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5797/mocao_17_-_3-11-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5798/mocao_18_-_4-11-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5810/mocao_19_-_11-11-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5851/mocao_20_-_4-12-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4758/mocao_1_-_16-1-2024_alexandre.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4762/mocao_2_-_23_-1-2024_alex.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4879/mocao_3_-_19-3-2024_nilza.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4880/mocao_4_-_25-3-2024_nilza.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4901/mocao_5_-_8-4-2024_nilza.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4933/mocao_6_-_8-5-2024_valdinei.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4935/mocao_7_-_8-5-2024_caio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4948/mocao_8-21-5-2024_wandi.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4993/mocao_9-_14-6-2024_wandi.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5019/mocao_10_-_28-6-2024_caio.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5021/mocao_11_-_1o_-7-2024_caio.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5117/mocao_12_-_2-8-2024_caio.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5116/mocao_13_-9-10-2024_alexandre.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3079/mocao_1_-_23-1-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3080/mocao_2_-_23-1-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3114/mocao_3_-_11-5-2023_caio.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3120/mocao_4_-_12-5-2023_nilza.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3121/mocao_5_-_12-5-2023_nilza.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3235/mocao_6_-_25-7-2023_nilza.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3274/mocao_7_-_23-8-2023_nilza.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3315/mocao_8_2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3837/mocao_9_-_11-10-2023_nilza.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3838/mocao_10_-_11-10-2023_maria_vicentina.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/4402/mocao_11_-_30-11-2023_jeferson.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2440/mocao_1_-_14-1-2022_alex.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2487/mocao_2_-_7-3-2022_caio.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2512/mocao_3_-_11-3-2022_maria_vicentina.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2653/mocao_4_-_24-5-2022_wandi.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2695/mocao_5_-_29-6-2022_joacildo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2796/mocao_6_-_20-9-2022_nilza.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2799/mocao_7_-_28-9-2022_caio.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1818/mocao_1_-_27-1-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1893/mocao_2_-_9-2-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2300/mocao_3_-_7-10-2021_nilza.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2337/mocao_4_-_5-11-2021_jose.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2401/mocao_5_-_6-12-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1504/mocao_1_-_21-2-2020_daniel.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1508/mocao_2_-_28-2-2020_alex.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1509/mocao_3_-_28-2-2020_alex.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1521/mocao_4_-_9-3-2020_nilza.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1662/mocao_5_-_11-9-2020_alex.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/927/mocao_1_-_26-2-2019_jose.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/963/mocao_2_-_15-3-2019_daniel.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1085/mocao_3_-_30-4-2019_alex_FH6zcK6.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1164/mocao_4_-_30-5-2019_alex.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1260/mocao_5_-_6-8-2019_jose.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1291/mocao_6_-_11-9-2019_alex.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1357/mocao_7_-_9-10-2019_jorge.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1368/mocao_8_-_8-11-2019_benedito.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/160/mocao-1-2018.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/161/mocao-2-2018.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/162/mocao-3-2018.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/192/mocao_4_2018.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/203/mocao5-2018.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/204/mocao6-2018.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/233/mocao_7_2018.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/234/mocao_8_2018.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/282/mocao_9_-_6-7-2018_benedito.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/331/mocao_10_-_16-8-2018_jose.odt" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/338/mocao_11_-_16-8-2018_mesa.odt" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/339/mocao_12_-_16-8-2018_mauro.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/340/mocao_13_-_16-8-2018_mauro.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/372/mocao_14_-_4-9-2018_nelson.odt" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/378/mocao_15_-_10-9-2018_jose.odt" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/376/mocao_16_-11-9-2018_nilza.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/387/mocao_17_-_18-9-2018_benedito.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1148/mocao_1_2017.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1149/mocao_1_2017.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1150/mocao_3_2017.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1151/mocao_4_2017.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1152/mocao_5_2017.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1153/mocao_6_2017.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1154/mocao_7_2017.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1155/mocao_8_2017.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1156/mocao_9_2017.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1158/mocao_10_2017.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1159/mocao_11_2017.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1160/mocao_12_2017.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1161/mocao_13_2017.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/1139/mocao_1_2016.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/1140/mocao_2_2016.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/1146/mocao_3_2016.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/1147/mocao_4_2016.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/1126/mocao_1_2015.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/1127/mocao_2_2015.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/1129/mocao_3_2015.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/1130/mocao_4_2015.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/1131/mocao_5_2015.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/1132/mocao_6_2015.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1118/mocao_1_2014.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1119/mocao_2_2014.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1123/mocao_3_2014.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1124/mocao_4_2014.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1125/mocao_5_2014.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/1115/mocao_1_2013.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/1116/mocao_2_2013.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/1117/mocao_3_2013.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2012/1111/mocao_1_2012.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2970/mocao_1_2011.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2962/mocao_2_2011.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2963/mocao_3_2011.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2964/mocao_4_2011.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/2997/mocao_1_2010.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/2998/mocao_2_2010.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/2958/mocao_1_2009.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/2959/mocao_2_2009.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/2960/mocao_3_2009.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/2961/mocao_4_2009.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2008/2984/mocao_1_2008.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2008/2985/mocao_2_2008.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2008/2986/mocao_3_2008.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2008/2993/mocao_4_2008.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2008/2987/mocao_5_2008.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2007/2999/mocao_1_2007.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2007/3000/mocao_2_2007.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2007/3001/mocao_3_2007.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2007/3002/mocao_4_2007.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2007/3003/mocao_5_2007.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3102/mocao_1_2006.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3103/mocao_2_2006.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3104/mocao_3_2006.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3105/mocao_4_2006.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3106/mocao_5_2006.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3107/mocao_6_2006.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5877/mocao_1_-_23-1-2026_alex.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5234/mocao_1_-_13-1-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5307/mocao_2_-_17-2-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5375/mocao_3_-_17-3-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5404/mocao_4_-_2-4-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5422/mocao_5_-_23-4-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5478/mocao_6_-_29-5-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5501/mocao_7_-_11-6-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5539/mocao_8_-_1-7-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5587/mocao_9_-_8-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5606/mocao_10_-__18_-8_2025_-_corrigido.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5631/mocao_11_-_28-8-2025_wandi_.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5647/mocao_12-_5-9-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5684/mocao_13_-_15-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5715/mocao_14_-_19-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5720/mocao_15_-_26-9-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5772/mocao_16_-_17-10-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5797/mocao_17_-_3-11-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5798/mocao_18_-_4-11-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5810/mocao_19_-_11-11-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5851/mocao_20_-_4-12-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4758/mocao_1_-_16-1-2024_alexandre.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4762/mocao_2_-_23_-1-2024_alex.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4879/mocao_3_-_19-3-2024_nilza.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4880/mocao_4_-_25-3-2024_nilza.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4901/mocao_5_-_8-4-2024_nilza.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4933/mocao_6_-_8-5-2024_valdinei.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4935/mocao_7_-_8-5-2024_caio.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4948/mocao_8-21-5-2024_wandi.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4993/mocao_9-_14-6-2024_wandi.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5019/mocao_10_-_28-6-2024_caio.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5021/mocao_11_-_1o_-7-2024_caio.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5117/mocao_12_-_2-8-2024_caio.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5116/mocao_13_-9-10-2024_alexandre.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3079/mocao_1_-_23-1-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3080/mocao_2_-_23-1-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3114/mocao_3_-_11-5-2023_caio.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3120/mocao_4_-_12-5-2023_nilza.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3121/mocao_5_-_12-5-2023_nilza.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3235/mocao_6_-_25-7-2023_nilza.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3274/mocao_7_-_23-8-2023_nilza.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3315/mocao_8_2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3837/mocao_9_-_11-10-2023_nilza.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3838/mocao_10_-_11-10-2023_maria_vicentina.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/4402/mocao_11_-_30-11-2023_jeferson.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2440/mocao_1_-_14-1-2022_alex.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2487/mocao_2_-_7-3-2022_caio.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2512/mocao_3_-_11-3-2022_maria_vicentina.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2653/mocao_4_-_24-5-2022_wandi.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2695/mocao_5_-_29-6-2022_joacildo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2796/mocao_6_-_20-9-2022_nilza.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2799/mocao_7_-_28-9-2022_caio.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1818/mocao_1_-_27-1-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1893/mocao_2_-_9-2-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2300/mocao_3_-_7-10-2021_nilza.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2337/mocao_4_-_5-11-2021_jose.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2401/mocao_5_-_6-12-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1504/mocao_1_-_21-2-2020_daniel.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1508/mocao_2_-_28-2-2020_alex.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1509/mocao_3_-_28-2-2020_alex.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1521/mocao_4_-_9-3-2020_nilza.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1662/mocao_5_-_11-9-2020_alex.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/927/mocao_1_-_26-2-2019_jose.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/963/mocao_2_-_15-3-2019_daniel.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1085/mocao_3_-_30-4-2019_alex_FH6zcK6.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1164/mocao_4_-_30-5-2019_alex.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1260/mocao_5_-_6-8-2019_jose.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1291/mocao_6_-_11-9-2019_alex.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1357/mocao_7_-_9-10-2019_jorge.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1368/mocao_8_-_8-11-2019_benedito.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/160/mocao-1-2018.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/161/mocao-2-2018.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/162/mocao-3-2018.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/192/mocao_4_2018.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/203/mocao5-2018.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/204/mocao6-2018.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/233/mocao_7_2018.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/234/mocao_8_2018.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/282/mocao_9_-_6-7-2018_benedito.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/331/mocao_10_-_16-8-2018_jose.odt" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/338/mocao_11_-_16-8-2018_mesa.odt" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/339/mocao_12_-_16-8-2018_mauro.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/340/mocao_13_-_16-8-2018_mauro.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/372/mocao_14_-_4-9-2018_nelson.odt" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/378/mocao_15_-_10-9-2018_jose.odt" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/376/mocao_16_-11-9-2018_nilza.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/387/mocao_17_-_18-9-2018_benedito.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1148/mocao_1_2017.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1149/mocao_1_2017.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1150/mocao_3_2017.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1151/mocao_4_2017.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1152/mocao_5_2017.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1153/mocao_6_2017.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1154/mocao_7_2017.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1155/mocao_8_2017.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1156/mocao_9_2017.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1158/mocao_10_2017.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1159/mocao_11_2017.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1160/mocao_12_2017.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/1161/mocao_13_2017.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/1139/mocao_1_2016.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/1140/mocao_2_2016.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/1146/mocao_3_2016.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/1147/mocao_4_2016.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/1126/mocao_1_2015.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/1127/mocao_2_2015.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/1129/mocao_3_2015.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/1130/mocao_4_2015.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/1131/mocao_5_2015.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/1132/mocao_6_2015.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1118/mocao_1_2014.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1119/mocao_2_2014.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1123/mocao_3_2014.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1124/mocao_4_2014.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1125/mocao_5_2014.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/1115/mocao_1_2013.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/1116/mocao_2_2013.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/1117/mocao_3_2013.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2012/1111/mocao_1_2012.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2970/mocao_1_2011.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2962/mocao_2_2011.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2963/mocao_3_2011.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2964/mocao_4_2011.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/2997/mocao_1_2010.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/2998/mocao_2_2010.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/2958/mocao_1_2009.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/2959/mocao_2_2009.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/2960/mocao_3_2009.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/2961/mocao_4_2009.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2008/2984/mocao_1_2008.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2008/2985/mocao_2_2008.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2008/2986/mocao_3_2008.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2008/2993/mocao_4_2008.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2008/2987/mocao_5_2008.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2007/2999/mocao_1_2007.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2007/3000/mocao_2_2007.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2007/3001/mocao_3_2007.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2007/3002/mocao_4_2007.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2007/3003/mocao_5_2007.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3102/mocao_1_2006.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3103/mocao_2_2006.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3104/mocao_3_2006.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3105/mocao_4_2006.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3106/mocao_5_2006.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3107/mocao_6_2006.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H150"/>
+  <dimension ref="A1:H151"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="111.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -2123,3891 +2138,3917 @@
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>26</v>
       </c>
       <c r="B5" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>28</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>29</v>
       </c>
       <c r="H5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>31</v>
       </c>
       <c r="B6" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="C6" t="s">
         <v>32</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>34</v>
       </c>
       <c r="H6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>36</v>
       </c>
       <c r="B7" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="C7" t="s">
         <v>37</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
         <v>38</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>39</v>
       </c>
       <c r="H7" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>41</v>
       </c>
       <c r="B8" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="C8" t="s">
         <v>42</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
         <v>43</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>44</v>
       </c>
       <c r="H8" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>46</v>
       </c>
       <c r="B9" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="C9" t="s">
         <v>47</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" t="s">
         <v>48</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H9" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>51</v>
       </c>
       <c r="B10" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="C10" t="s">
         <v>52</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10" t="s">
         <v>53</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H10" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>56</v>
       </c>
       <c r="B11" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="C11" t="s">
         <v>57</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
         <v>58</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>59</v>
       </c>
       <c r="H11" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>61</v>
       </c>
       <c r="B12" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="C12" t="s">
         <v>62</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12" t="s">
         <v>63</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>64</v>
       </c>
       <c r="H12" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>66</v>
       </c>
       <c r="B13" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="C13" t="s">
         <v>67</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
         <v>12</v>
       </c>
       <c r="F13" t="s">
         <v>68</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>69</v>
       </c>
       <c r="H13" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>71</v>
       </c>
       <c r="B14" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="C14" t="s">
         <v>72</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>12</v>
       </c>
       <c r="F14" t="s">
         <v>73</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>74</v>
       </c>
       <c r="H14" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>76</v>
       </c>
       <c r="B15" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="C15" t="s">
         <v>77</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>12</v>
       </c>
       <c r="F15" t="s">
         <v>78</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>79</v>
       </c>
       <c r="H15" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>81</v>
       </c>
       <c r="B16" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="C16" t="s">
         <v>82</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>12</v>
       </c>
       <c r="F16" t="s">
         <v>83</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H16" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>86</v>
       </c>
       <c r="B17" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="C17" t="s">
         <v>87</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
         <v>12</v>
       </c>
       <c r="F17" t="s">
         <v>88</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>89</v>
       </c>
       <c r="H17" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>91</v>
       </c>
       <c r="B18" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="C18" t="s">
         <v>92</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
         <v>12</v>
       </c>
       <c r="F18" t="s">
         <v>93</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>94</v>
       </c>
       <c r="H18" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>96</v>
       </c>
       <c r="B19" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="C19" t="s">
         <v>97</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
         <v>12</v>
       </c>
       <c r="F19" t="s">
         <v>98</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>99</v>
       </c>
       <c r="H19" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>101</v>
       </c>
       <c r="B20" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="C20" t="s">
         <v>102</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
         <v>12</v>
       </c>
       <c r="F20" t="s">
         <v>103</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>104</v>
       </c>
       <c r="H20" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>106</v>
       </c>
       <c r="B21" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="C21" t="s">
         <v>107</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
         <v>12</v>
       </c>
       <c r="F21" t="s">
         <v>108</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>109</v>
       </c>
       <c r="H21" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>111</v>
       </c>
       <c r="B22" t="s">
+        <v>17</v>
+      </c>
+      <c r="C22" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
         <v>12</v>
       </c>
       <c r="F22" t="s">
         <v>113</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>114</v>
       </c>
       <c r="H22" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>116</v>
       </c>
       <c r="B23" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="C23" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
         <v>12</v>
       </c>
       <c r="F23" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H23" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B24" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="C24" t="s">
         <v>22</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
         <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="H24" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B25" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="C25" t="s">
         <v>27</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
         <v>12</v>
       </c>
       <c r="F25" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="H25" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B26" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="C26" t="s">
         <v>32</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
         <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="H26" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B27" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="C27" t="s">
         <v>37</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
         <v>12</v>
       </c>
       <c r="F27" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H27" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B28" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="C28" t="s">
         <v>42</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
         <v>12</v>
       </c>
       <c r="F28" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="H28" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B29" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="C29" t="s">
         <v>47</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
         <v>12</v>
       </c>
       <c r="F29" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="H29" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B30" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="C30" t="s">
         <v>52</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
         <v>12</v>
       </c>
       <c r="F30" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="H30" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B31" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="C31" t="s">
         <v>57</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
         <v>12</v>
       </c>
       <c r="F31" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="H31" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B32" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="C32" t="s">
         <v>62</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
         <v>12</v>
       </c>
       <c r="F32" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="H32" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B33" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="C33" t="s">
         <v>67</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
         <v>12</v>
       </c>
       <c r="F33" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H33" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B34" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="C34" t="s">
         <v>72</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
         <v>12</v>
       </c>
       <c r="F34" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="H34" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B35" t="s">
-        <v>164</v>
+        <v>117</v>
       </c>
       <c r="C35" t="s">
-        <v>10</v>
+        <v>77</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
         <v>12</v>
       </c>
       <c r="F35" t="s">
         <v>165</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>166</v>
       </c>
       <c r="H35" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>168</v>
       </c>
       <c r="B36" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="C36" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
         <v>12</v>
       </c>
       <c r="F36" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H36" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B37" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="C37" t="s">
         <v>22</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
         <v>12</v>
       </c>
       <c r="F37" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="H37" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B38" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="C38" t="s">
         <v>27</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
         <v>12</v>
       </c>
       <c r="F38" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H38" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B39" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="C39" t="s">
         <v>32</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
         <v>12</v>
       </c>
       <c r="F39" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="H39" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B40" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="C40" t="s">
         <v>37</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
         <v>12</v>
       </c>
       <c r="F40" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="H40" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B41" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="C41" t="s">
         <v>42</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
         <v>12</v>
       </c>
       <c r="F41" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="H41" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B42" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="C42" t="s">
         <v>47</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
         <v>12</v>
       </c>
       <c r="F42" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="H42" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B43" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="C43" t="s">
         <v>52</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
         <v>12</v>
       </c>
       <c r="F43" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H43" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B44" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="C44" t="s">
         <v>57</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
         <v>12</v>
       </c>
       <c r="F44" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="H44" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B45" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="C45" t="s">
         <v>62</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
         <v>12</v>
       </c>
       <c r="F45" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H45" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B46" t="s">
-        <v>208</v>
+        <v>169</v>
       </c>
       <c r="C46" t="s">
-        <v>10</v>
+        <v>67</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
         <v>12</v>
       </c>
       <c r="F46" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H46" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B47" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C47" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
         <v>12</v>
       </c>
       <c r="F47" t="s">
-        <v>212</v>
+        <v>122</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="H47" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B48" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C48" t="s">
         <v>22</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
         <v>12</v>
       </c>
       <c r="F48" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="H48" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B49" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C49" t="s">
         <v>27</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
         <v>12</v>
       </c>
       <c r="F49" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="H49" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B50" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C50" t="s">
         <v>32</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
         <v>12</v>
       </c>
       <c r="F50" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="H50" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B51" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C51" t="s">
         <v>37</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
         <v>12</v>
       </c>
       <c r="F51" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="H51" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B52" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C52" t="s">
         <v>42</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
         <v>12</v>
       </c>
       <c r="F52" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="H52" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B53" t="s">
-        <v>236</v>
+        <v>213</v>
       </c>
       <c r="C53" t="s">
-        <v>10</v>
+        <v>47</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
         <v>12</v>
       </c>
       <c r="F53" t="s">
-        <v>117</v>
+        <v>237</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="H53" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B54" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="C54" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
         <v>12</v>
       </c>
       <c r="F54" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="H54" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B55" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="C55" t="s">
         <v>22</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
         <v>12</v>
       </c>
       <c r="F55" t="s">
-        <v>243</v>
+        <v>122</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="H55" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B56" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="C56" t="s">
         <v>27</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
         <v>12</v>
       </c>
       <c r="F56" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="H56" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B57" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="C57" t="s">
         <v>32</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
         <v>12</v>
       </c>
       <c r="F57" t="s">
-        <v>117</v>
+        <v>252</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="H57" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B58" t="s">
-        <v>254</v>
+        <v>241</v>
       </c>
       <c r="C58" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
         <v>12</v>
       </c>
       <c r="F58" t="s">
-        <v>255</v>
+        <v>122</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>256</v>
       </c>
       <c r="H58" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>258</v>
       </c>
       <c r="B59" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="C59" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
         <v>12</v>
       </c>
       <c r="F59" t="s">
-        <v>117</v>
+        <v>260</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="H59" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="B60" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="C60" t="s">
         <v>22</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
         <v>12</v>
       </c>
       <c r="F60" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="H60" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B61" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="C61" t="s">
         <v>27</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
         <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>243</v>
+        <v>122</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="H61" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="B62" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="C62" t="s">
         <v>32</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
         <v>12</v>
       </c>
       <c r="F62" t="s">
-        <v>117</v>
+        <v>248</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="H62" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B63" t="s">
-        <v>271</v>
+        <v>259</v>
       </c>
       <c r="C63" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
         <v>12</v>
       </c>
       <c r="F63" t="s">
-        <v>247</v>
+        <v>122</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="H63" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B64" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="C64" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
         <v>12</v>
       </c>
       <c r="F64" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="H64" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="B65" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="C65" t="s">
         <v>22</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
         <v>12</v>
       </c>
       <c r="F65" t="s">
-        <v>278</v>
+        <v>260</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="H65" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B66" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="C66" t="s">
         <v>27</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
         <v>12</v>
       </c>
       <c r="F66" t="s">
-        <v>117</v>
+        <v>283</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="H66" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="B67" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="C67" t="s">
         <v>32</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
         <v>12</v>
       </c>
       <c r="F67" t="s">
-        <v>247</v>
+        <v>122</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="H67" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="B68" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="C68" t="s">
         <v>37</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
         <v>12</v>
       </c>
       <c r="F68" t="s">
-        <v>117</v>
+        <v>252</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="H68" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="B69" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="C69" t="s">
         <v>42</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
         <v>12</v>
       </c>
       <c r="F69" t="s">
-        <v>291</v>
+        <v>122</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="H69" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B70" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="C70" t="s">
         <v>47</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
         <v>12</v>
       </c>
       <c r="F70" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="H70" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B71" t="s">
-        <v>299</v>
+        <v>276</v>
       </c>
       <c r="C71" t="s">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
         <v>12</v>
       </c>
       <c r="F71" t="s">
-        <v>117</v>
+        <v>300</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="H71" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B72" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="C72" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
         <v>12</v>
       </c>
       <c r="F72" t="s">
-        <v>295</v>
+        <v>122</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="H72" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B73" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="C73" t="s">
         <v>22</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
         <v>12</v>
       </c>
       <c r="F73" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="H73" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B74" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="C74" t="s">
         <v>27</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
         <v>12</v>
       </c>
       <c r="F74" t="s">
-        <v>255</v>
+        <v>300</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="H74" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B75" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="C75" t="s">
         <v>32</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
         <v>12</v>
       </c>
       <c r="F75" t="s">
-        <v>243</v>
+        <v>260</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="H75" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B76" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="C76" t="s">
         <v>37</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76" t="s">
         <v>12</v>
       </c>
       <c r="F76" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="H76" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="B77" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="C77" t="s">
         <v>42</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
         <v>12</v>
       </c>
       <c r="F77" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="H77" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="B78" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="C78" t="s">
         <v>47</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
       <c r="E78" t="s">
         <v>12</v>
       </c>
       <c r="F78" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="H78" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B79" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="C79" t="s">
         <v>52</v>
       </c>
       <c r="D79" t="s">
         <v>11</v>
       </c>
       <c r="E79" t="s">
         <v>12</v>
       </c>
       <c r="F79" t="s">
-        <v>295</v>
+        <v>260</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="H79" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B80" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="C80" t="s">
         <v>57</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
       <c r="E80" t="s">
         <v>12</v>
       </c>
       <c r="F80" t="s">
-        <v>247</v>
+        <v>300</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="H80" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="B81" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="C81" t="s">
         <v>62</v>
       </c>
       <c r="D81" t="s">
         <v>11</v>
       </c>
       <c r="E81" t="s">
         <v>12</v>
       </c>
       <c r="F81" t="s">
-        <v>330</v>
+        <v>252</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="H81" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B82" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="C82" t="s">
         <v>67</v>
       </c>
       <c r="D82" t="s">
         <v>11</v>
       </c>
       <c r="E82" t="s">
         <v>12</v>
       </c>
       <c r="F82" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="H82" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B83" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="C83" t="s">
         <v>72</v>
       </c>
       <c r="D83" t="s">
         <v>11</v>
       </c>
       <c r="E83" t="s">
         <v>12</v>
       </c>
       <c r="F83" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="H83" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="B84" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="C84" t="s">
         <v>77</v>
       </c>
       <c r="D84" t="s">
         <v>11</v>
       </c>
       <c r="E84" t="s">
         <v>12</v>
       </c>
       <c r="F84" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="H84" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B85" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="C85" t="s">
         <v>82</v>
       </c>
       <c r="D85" t="s">
         <v>11</v>
       </c>
       <c r="E85" t="s">
         <v>12</v>
       </c>
       <c r="F85" t="s">
-        <v>247</v>
+        <v>346</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="H85" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="B86" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="C86" t="s">
         <v>87</v>
       </c>
       <c r="D86" t="s">
         <v>11</v>
       </c>
       <c r="E86" t="s">
         <v>12</v>
       </c>
       <c r="F86" t="s">
-        <v>243</v>
+        <v>252</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="H86" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="B87" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="C87" t="s">
         <v>92</v>
       </c>
       <c r="D87" t="s">
         <v>11</v>
       </c>
       <c r="E87" t="s">
         <v>12</v>
       </c>
       <c r="F87" t="s">
-        <v>295</v>
+        <v>248</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="H87" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="B88" t="s">
-        <v>354</v>
+        <v>304</v>
       </c>
       <c r="C88" t="s">
-        <v>10</v>
+        <v>97</v>
       </c>
       <c r="D88" t="s">
         <v>11</v>
       </c>
       <c r="E88" t="s">
         <v>12</v>
       </c>
       <c r="F88" t="s">
-        <v>255</v>
+        <v>300</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="H88" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B89" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="C89" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D89" t="s">
         <v>11</v>
       </c>
       <c r="E89" t="s">
         <v>12</v>
       </c>
       <c r="F89" t="s">
-        <v>291</v>
+        <v>260</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="H89" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="B90" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="C90" t="s">
         <v>22</v>
       </c>
       <c r="D90" t="s">
         <v>11</v>
       </c>
       <c r="E90" t="s">
         <v>12</v>
       </c>
       <c r="F90" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="H90" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="B91" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="C91" t="s">
         <v>27</v>
       </c>
       <c r="D91" t="s">
         <v>11</v>
       </c>
       <c r="E91" t="s">
         <v>12</v>
       </c>
       <c r="F91" t="s">
-        <v>334</v>
+        <v>296</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="H91" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="B92" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="C92" t="s">
         <v>32</v>
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
       <c r="E92" t="s">
         <v>12</v>
       </c>
       <c r="F92" t="s">
-        <v>255</v>
+        <v>339</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="H92" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="B93" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="C93" t="s">
         <v>37</v>
       </c>
       <c r="D93" t="s">
         <v>11</v>
       </c>
       <c r="E93" t="s">
         <v>12</v>
       </c>
       <c r="F93" t="s">
-        <v>341</v>
+        <v>260</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="H93" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="B94" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="C94" t="s">
         <v>42</v>
       </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
       <c r="E94" t="s">
         <v>12</v>
       </c>
       <c r="F94" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="H94" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="B95" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="C95" t="s">
         <v>47</v>
       </c>
       <c r="D95" t="s">
         <v>11</v>
       </c>
       <c r="E95" t="s">
         <v>12</v>
       </c>
       <c r="F95" t="s">
-        <v>243</v>
+        <v>346</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="H95" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="B96" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="C96" t="s">
         <v>52</v>
       </c>
       <c r="D96" t="s">
         <v>11</v>
       </c>
       <c r="E96" t="s">
         <v>12</v>
       </c>
       <c r="F96" t="s">
-        <v>117</v>
+        <v>248</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="H96" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="B97" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="C97" t="s">
         <v>57</v>
       </c>
       <c r="D97" t="s">
         <v>11</v>
       </c>
       <c r="E97" t="s">
         <v>12</v>
       </c>
       <c r="F97" t="s">
-        <v>255</v>
+        <v>122</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="H97" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="B98" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="C98" t="s">
         <v>62</v>
       </c>
       <c r="D98" t="s">
         <v>11</v>
       </c>
       <c r="E98" t="s">
         <v>12</v>
       </c>
       <c r="F98" t="s">
-        <v>341</v>
+        <v>260</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="H98" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B99" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="C99" t="s">
         <v>67</v>
       </c>
       <c r="D99" t="s">
         <v>11</v>
       </c>
       <c r="E99" t="s">
         <v>12</v>
       </c>
       <c r="F99" t="s">
-        <v>243</v>
+        <v>346</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="H99" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B100" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="C100" t="s">
         <v>72</v>
       </c>
       <c r="D100" t="s">
         <v>11</v>
       </c>
       <c r="E100" t="s">
         <v>12</v>
       </c>
       <c r="F100" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="H100" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="B101" t="s">
-        <v>394</v>
+        <v>359</v>
       </c>
       <c r="C101" t="s">
-        <v>10</v>
+        <v>77</v>
       </c>
       <c r="D101" t="s">
         <v>11</v>
       </c>
       <c r="E101" t="s">
         <v>12</v>
       </c>
       <c r="F101" t="s">
-        <v>395</v>
+        <v>252</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>396</v>
       </c>
       <c r="H101" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>398</v>
       </c>
       <c r="B102" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="C102" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D102" t="s">
         <v>11</v>
       </c>
       <c r="E102" t="s">
         <v>12</v>
       </c>
       <c r="F102" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="H102" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B103" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="C103" t="s">
         <v>22</v>
       </c>
       <c r="D103" t="s">
         <v>11</v>
       </c>
       <c r="E103" t="s">
         <v>12</v>
       </c>
       <c r="F103" t="s">
-        <v>395</v>
+        <v>404</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="H103" t="s">
-        <v>362</v>
+        <v>406</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="B104" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="C104" t="s">
         <v>27</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
       <c r="E104" t="s">
         <v>12</v>
       </c>
       <c r="F104" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="H104" t="s">
-        <v>406</v>
+        <v>367</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B105" t="s">
-        <v>408</v>
+        <v>399</v>
       </c>
       <c r="C105" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="D105" t="s">
         <v>11</v>
       </c>
       <c r="E105" t="s">
         <v>12</v>
       </c>
       <c r="F105" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="H105" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B106" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="C106" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D106" t="s">
         <v>11</v>
       </c>
       <c r="E106" t="s">
         <v>12</v>
       </c>
       <c r="F106" t="s">
-        <v>412</v>
+        <v>404</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="H106" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B107" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="C107" t="s">
         <v>22</v>
       </c>
       <c r="D107" t="s">
         <v>11</v>
       </c>
       <c r="E107" t="s">
         <v>12</v>
       </c>
       <c r="F107" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="H107" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B108" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="C108" t="s">
         <v>27</v>
       </c>
       <c r="D108" t="s">
         <v>11</v>
       </c>
       <c r="E108" t="s">
         <v>12</v>
       </c>
       <c r="F108" t="s">
-        <v>341</v>
+        <v>421</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="H108" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B109" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="C109" t="s">
         <v>32</v>
       </c>
       <c r="D109" t="s">
         <v>11</v>
       </c>
       <c r="E109" t="s">
         <v>12</v>
       </c>
       <c r="F109" t="s">
-        <v>395</v>
+        <v>346</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="H109" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B110" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="C110" t="s">
         <v>37</v>
       </c>
       <c r="D110" t="s">
         <v>11</v>
       </c>
       <c r="E110" t="s">
         <v>12</v>
       </c>
       <c r="F110" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="H110" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B111" t="s">
-        <v>429</v>
+        <v>413</v>
       </c>
       <c r="C111" t="s">
-        <v>10</v>
+        <v>42</v>
       </c>
       <c r="D111" t="s">
         <v>11</v>
       </c>
       <c r="E111" t="s">
         <v>12</v>
       </c>
       <c r="F111" t="s">
-        <v>430</v>
+        <v>400</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>431</v>
       </c>
       <c r="H111" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>433</v>
       </c>
       <c r="B112" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="C112" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D112" t="s">
         <v>11</v>
       </c>
       <c r="E112" t="s">
         <v>12</v>
       </c>
       <c r="F112" t="s">
-        <v>412</v>
+        <v>435</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="H112" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B113" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="C113" t="s">
         <v>22</v>
       </c>
       <c r="D113" t="s">
         <v>11</v>
       </c>
       <c r="E113" t="s">
         <v>12</v>
       </c>
       <c r="F113" t="s">
-        <v>341</v>
+        <v>417</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="H113" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B114" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="C114" t="s">
         <v>27</v>
       </c>
       <c r="D114" t="s">
         <v>11</v>
       </c>
       <c r="E114" t="s">
         <v>12</v>
       </c>
       <c r="F114" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="H114" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B115" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="C115" t="s">
         <v>32</v>
       </c>
       <c r="D115" t="s">
         <v>11</v>
       </c>
       <c r="E115" t="s">
         <v>12</v>
       </c>
       <c r="F115" t="s">
-        <v>443</v>
+        <v>346</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="H115" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B116" t="s">
-        <v>447</v>
+        <v>434</v>
       </c>
       <c r="C116" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="D116" t="s">
         <v>11</v>
       </c>
       <c r="E116" t="s">
         <v>12</v>
       </c>
       <c r="F116" t="s">
-        <v>399</v>
+        <v>448</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="H116" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B117" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="C117" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D117" t="s">
         <v>11</v>
       </c>
       <c r="E117" t="s">
         <v>12</v>
       </c>
       <c r="F117" t="s">
-        <v>412</v>
+        <v>404</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="H117" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B118" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="C118" t="s">
         <v>22</v>
       </c>
       <c r="D118" t="s">
         <v>11</v>
       </c>
       <c r="E118" t="s">
         <v>12</v>
       </c>
       <c r="F118" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="H118" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B119" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
       <c r="C119" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="D119" t="s">
         <v>11</v>
       </c>
       <c r="E119" t="s">
         <v>12</v>
       </c>
       <c r="F119" t="s">
-        <v>412</v>
+        <v>421</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="H119" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B120" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C120" t="s">
         <v>10</v>
       </c>
       <c r="D120" t="s">
         <v>11</v>
       </c>
       <c r="E120" t="s">
         <v>12</v>
       </c>
       <c r="F120" t="s">
-        <v>395</v>
+        <v>417</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="H120" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B121" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="C121" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D121" t="s">
         <v>11</v>
       </c>
       <c r="E121" t="s">
         <v>12</v>
       </c>
       <c r="F121" t="s">
-        <v>465</v>
+        <v>400</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="H121" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="B122" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="C122" t="s">
         <v>22</v>
       </c>
       <c r="D122" t="s">
         <v>11</v>
       </c>
       <c r="E122" t="s">
         <v>12</v>
       </c>
       <c r="F122" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="H122" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="B123" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="C123" t="s">
         <v>27</v>
       </c>
       <c r="D123" t="s">
         <v>11</v>
       </c>
       <c r="E123" t="s">
         <v>12</v>
       </c>
       <c r="F123" t="s">
-        <v>412</v>
+        <v>474</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="H123" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B124" t="s">
-        <v>476</v>
+        <v>466</v>
       </c>
       <c r="C124" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="D124" t="s">
         <v>11</v>
       </c>
       <c r="E124" t="s">
         <v>12</v>
       </c>
       <c r="F124" t="s">
-        <v>243</v>
+        <v>417</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="H124" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B125" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="C125" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D125" t="s">
         <v>11</v>
       </c>
       <c r="E125" t="s">
         <v>12</v>
       </c>
       <c r="F125" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="H125" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B126" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="C126" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D126" t="s">
         <v>11</v>
       </c>
       <c r="E126" t="s">
         <v>12</v>
       </c>
       <c r="F126" t="s">
-        <v>395</v>
+        <v>248</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="H126" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B127" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="C127" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D127" t="s">
         <v>11</v>
       </c>
       <c r="E127" t="s">
         <v>12</v>
       </c>
       <c r="F127" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="H127" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B128" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="C128" t="s">
         <v>22</v>
       </c>
       <c r="D128" t="s">
         <v>11</v>
       </c>
       <c r="E128" t="s">
         <v>12</v>
       </c>
       <c r="F128" t="s">
-        <v>469</v>
+        <v>400</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="H128" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B129" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="C129" t="s">
         <v>27</v>
       </c>
       <c r="D129" t="s">
         <v>11</v>
       </c>
       <c r="E129" t="s">
         <v>12</v>
       </c>
       <c r="F129" t="s">
-        <v>412</v>
+        <v>474</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="H129" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B130" t="s">
-        <v>496</v>
+        <v>488</v>
       </c>
       <c r="C130" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="D130" t="s">
         <v>11</v>
       </c>
       <c r="E130" t="s">
         <v>12</v>
       </c>
       <c r="F130" t="s">
-        <v>255</v>
+        <v>417</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="H130" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="B131" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="C131" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D131" t="s">
         <v>11</v>
       </c>
       <c r="E131" t="s">
         <v>12</v>
       </c>
       <c r="F131" t="s">
-        <v>500</v>
+        <v>260</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="H131" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="B132" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="C132" t="s">
         <v>22</v>
       </c>
       <c r="D132" t="s">
         <v>11</v>
       </c>
       <c r="E132" t="s">
         <v>12</v>
       </c>
       <c r="F132" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="H132" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="B133" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="C133" t="s">
         <v>27</v>
       </c>
       <c r="D133" t="s">
         <v>11</v>
       </c>
       <c r="E133" t="s">
         <v>12</v>
       </c>
       <c r="F133" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="H133" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B134" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="C134" t="s">
         <v>32</v>
       </c>
       <c r="D134" t="s">
         <v>11</v>
       </c>
       <c r="E134" t="s">
         <v>12</v>
       </c>
       <c r="F134" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="H134" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="B135" t="s">
-        <v>514</v>
+        <v>501</v>
       </c>
       <c r="C135" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="D135" t="s">
         <v>11</v>
       </c>
       <c r="E135" t="s">
         <v>12</v>
       </c>
       <c r="F135" t="s">
-        <v>515</v>
+        <v>509</v>
       </c>
       <c r="G135" s="1" t="s">
         <v>516</v>
       </c>
       <c r="H135" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>518</v>
       </c>
       <c r="B136" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="C136" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D136" t="s">
         <v>11</v>
       </c>
       <c r="E136" t="s">
         <v>12</v>
       </c>
       <c r="F136" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="H136" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B137" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="C137" t="s">
         <v>22</v>
       </c>
       <c r="D137" t="s">
         <v>11</v>
       </c>
       <c r="E137" t="s">
         <v>12</v>
       </c>
       <c r="F137" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="H137" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B138" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="C138" t="s">
         <v>27</v>
       </c>
       <c r="D138" t="s">
         <v>11</v>
       </c>
       <c r="E138" t="s">
         <v>12</v>
       </c>
       <c r="F138" t="s">
-        <v>504</v>
+        <v>520</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="H138" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="B139" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="C139" t="s">
         <v>32</v>
       </c>
       <c r="D139" t="s">
         <v>11</v>
       </c>
       <c r="E139" t="s">
         <v>12</v>
       </c>
       <c r="F139" t="s">
-        <v>528</v>
+        <v>509</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="H139" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B140" t="s">
-        <v>532</v>
+        <v>519</v>
       </c>
       <c r="C140" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="D140" t="s">
         <v>11</v>
       </c>
       <c r="E140" t="s">
         <v>12</v>
       </c>
       <c r="F140" t="s">
-        <v>515</v>
+        <v>533</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="H140" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B141" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="C141" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D141" t="s">
         <v>11</v>
       </c>
       <c r="E141" t="s">
         <v>12</v>
       </c>
       <c r="F141" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="H141" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="B142" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="C142" t="s">
         <v>22</v>
       </c>
       <c r="D142" t="s">
         <v>11</v>
       </c>
       <c r="E142" t="s">
         <v>12</v>
       </c>
       <c r="F142" t="s">
-        <v>539</v>
+        <v>520</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="H142" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B143" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="C143" t="s">
         <v>27</v>
       </c>
       <c r="D143" t="s">
         <v>11</v>
       </c>
       <c r="E143" t="s">
         <v>12</v>
       </c>
       <c r="F143" t="s">
-        <v>504</v>
+        <v>544</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="H143" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="B144" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="C144" t="s">
         <v>32</v>
       </c>
       <c r="D144" t="s">
         <v>11</v>
       </c>
       <c r="E144" t="s">
         <v>12</v>
       </c>
       <c r="F144" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="H144" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="B145" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="C145" t="s">
         <v>37</v>
       </c>
       <c r="D145" t="s">
         <v>11</v>
       </c>
       <c r="E145" t="s">
         <v>12</v>
       </c>
       <c r="F145" t="s">
-        <v>539</v>
+        <v>509</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="H145" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="B146" t="s">
-        <v>552</v>
+        <v>537</v>
       </c>
       <c r="C146" t="s">
-        <v>10</v>
+        <v>42</v>
       </c>
       <c r="D146" t="s">
         <v>11</v>
       </c>
       <c r="E146" t="s">
         <v>12</v>
       </c>
       <c r="F146" t="s">
-        <v>528</v>
+        <v>544</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="H146" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="B147" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="C147" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D147" t="s">
         <v>11</v>
       </c>
       <c r="E147" t="s">
         <v>12</v>
       </c>
       <c r="F147" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="H147" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
+        <v>560</v>
+      </c>
+      <c r="B148" t="s">
         <v>557</v>
-      </c>
-[...1 lines deleted...]
-        <v>552</v>
       </c>
       <c r="C148" t="s">
         <v>22</v>
       </c>
       <c r="D148" t="s">
         <v>11</v>
       </c>
       <c r="E148" t="s">
         <v>12</v>
       </c>
       <c r="F148" t="s">
-        <v>341</v>
+        <v>533</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="H148" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="B149" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="C149" t="s">
         <v>27</v>
       </c>
       <c r="D149" t="s">
         <v>11</v>
       </c>
       <c r="E149" t="s">
         <v>12</v>
       </c>
       <c r="F149" t="s">
-        <v>255</v>
+        <v>346</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="H149" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="B150" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="C150" t="s">
         <v>32</v>
       </c>
       <c r="D150" t="s">
         <v>11</v>
       </c>
       <c r="E150" t="s">
         <v>12</v>
       </c>
       <c r="F150" t="s">
-        <v>515</v>
+        <v>260</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="H150" t="s">
-        <v>562</v>
+        <v>565</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>566</v>
+      </c>
+      <c r="B151" t="s">
+        <v>557</v>
+      </c>
+      <c r="C151" t="s">
+        <v>37</v>
+      </c>
+      <c r="D151" t="s">
+        <v>11</v>
+      </c>
+      <c r="E151" t="s">
+        <v>12</v>
+      </c>
+      <c r="F151" t="s">
+        <v>520</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="H151" t="s">
+        <v>567</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -6117,50 +6158,51 @@
     <hyperlink ref="G126" r:id="rId125"/>
     <hyperlink ref="G127" r:id="rId126"/>
     <hyperlink ref="G128" r:id="rId127"/>
     <hyperlink ref="G129" r:id="rId128"/>
     <hyperlink ref="G130" r:id="rId129"/>
     <hyperlink ref="G131" r:id="rId130"/>
     <hyperlink ref="G132" r:id="rId131"/>
     <hyperlink ref="G133" r:id="rId132"/>
     <hyperlink ref="G134" r:id="rId133"/>
     <hyperlink ref="G135" r:id="rId134"/>
     <hyperlink ref="G136" r:id="rId135"/>
     <hyperlink ref="G137" r:id="rId136"/>
     <hyperlink ref="G138" r:id="rId137"/>
     <hyperlink ref="G139" r:id="rId138"/>
     <hyperlink ref="G140" r:id="rId139"/>
     <hyperlink ref="G141" r:id="rId140"/>
     <hyperlink ref="G142" r:id="rId141"/>
     <hyperlink ref="G143" r:id="rId142"/>
     <hyperlink ref="G144" r:id="rId143"/>
     <hyperlink ref="G145" r:id="rId144"/>
     <hyperlink ref="G146" r:id="rId145"/>
     <hyperlink ref="G147" r:id="rId146"/>
     <hyperlink ref="G148" r:id="rId147"/>
     <hyperlink ref="G149" r:id="rId148"/>
     <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>