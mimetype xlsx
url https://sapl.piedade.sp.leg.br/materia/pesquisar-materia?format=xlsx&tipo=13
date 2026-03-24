--- v0 (2025-12-07)
+++ v1 (2026-03-24)
@@ -10,2333 +10,2399 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1792" uniqueCount="760">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1840" uniqueCount="782">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>5876</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>PLLeg</t>
+  </si>
+  <si>
+    <t>Projeto de Lei - Legislativo</t>
+  </si>
+  <si>
+    <t>Lukas Moraes</t>
+  </si>
+  <si>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5876/pll_1_-_26-1-2026_lukas.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a obrigatoriedade da presença de salva-vidas em piscinas, balneários naturais, cachoeiras e locais de recreação aquática situados em clubes, empreendimentos turísticos e estabelecimentos de turismo rural no âmbito do Município de Piedade, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5893</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Isidoro Poly</t>
+  </si>
+  <si>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5893/pll_2_13_2_2026_isidoro_.pdf</t>
+  </si>
+  <si>
+    <t>Institui no calendário oficial do Município de Piedade/SP o Dia do Profissional de Educação Física e a Semana do Profissional de Educação Física e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5892</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Jeferson D. Cardoso (Tatu)</t>
+  </si>
+  <si>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5892/pll_3_-_5-2-2026_jeferson.pdf</t>
+  </si>
+  <si>
+    <t>Dá denominação de Rua Rosário Prestes de Oliveira a via localizada na Vila Maria.</t>
+  </si>
+  <si>
+    <t>5919</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>19ª Legislatura - 1ª Mesa Diretora</t>
+  </si>
+  <si>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5919/pll_4_-_11-2-2026_mesa.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o reajuste da remuneração dos servidores públicos do Poder Legislativo Municipal, conforme especifica.</t>
+  </si>
+  <si>
+    <t>5932</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Edvaldo Vicente (Vardinho Leites)</t>
+  </si>
+  <si>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5932/pll_5_-_27-2-2026_edvaldo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre as diretrizes da Política Municipal Agropecuária e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5995</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>Lucelino Prestes (Gordo do Buffet)</t>
+  </si>
+  <si>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5995/pll_6_-_23-3-2026_lucelino.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a redução da jornada de trabalho do servidor público do qual seja dependente pessoa com deficiência, e dá outras providências.</t>
+  </si>
+  <si>
     <t>5243</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
-    <t>1</t>
-[...7 lines deleted...]
-  <si>
     <t>Wandi A. Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5243/pll_1_-_31-01-2025_wandi.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5243/pll_1_-_31-01-2025_wandi.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a entidade Associação Amigos do Turismo Rural de Piedade/SP – ASATURP.</t>
   </si>
   <si>
     <t>5264</t>
   </si>
   <si>
-    <t>2</t>
-[...5 lines deleted...]
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5264/pll_2_-_05-02-2025_mesa.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5264/pll_2_-_05-02-2025_mesa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reajuste da remuneração dos servidores públicos do Poder Legislativo Municipal, conforme especifica.</t>
   </si>
   <si>
     <t>5335</t>
   </si>
   <si>
-    <t>3</t>
-[...2 lines deleted...]
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5335/pll_3_-_26-2-2025_mesa.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5335/pll_3_-_26-2-2025_mesa.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 3º da lei municipal nº 4.579, de 15 de março de 2019, conforme especifica.</t>
   </si>
   <si>
     <t>5386</t>
   </si>
   <si>
-    <t>4</t>
-[...1 lines deleted...]
-  <si>
     <t>Caio Cezar da S. Martori</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5386/pll_4_-_07-03-2025_caio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5386/pll_4_-_07-03-2025_caio.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Mercy Bueno de Oliveira à rua 13 localizada no Bairro dos Leites.</t>
   </si>
   <si>
     <t>5374</t>
   </si>
   <si>
-    <t>5</t>
-[...1 lines deleted...]
-  <si>
     <t>Nilza M. dos S. Godinho (Chuca)</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5374/pll_5_-18-03-2025_nilza.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5374/pll_5_-18-03-2025_nilza.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Michele Fernandes Pereira, à rua 8, localizada no Bairro Ciriaco.</t>
   </si>
   <si>
     <t>5376</t>
   </si>
   <si>
-    <t>6</t>
-[...2 lines deleted...]
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5376/pll_6_-19-03-2025_nilza.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5376/pll_6_-19-03-2025_nilza.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Michele Fernandes Pereira, à rua 26, localizada no Bairro Ciriaco.</t>
   </si>
   <si>
     <t>5381</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Alex P. da Silva</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5381/pll_7_-19-03-2025_alex.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5381/pll_7_-19-03-2025_alex.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Jair Gomes da Rosa, à rua 8, localizada no Bairro Ciriaco.</t>
   </si>
   <si>
     <t>5377</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5377/pll_8_-19-03-2025_wandi.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5377/pll_8_-19-03-2025_wandi.pdf</t>
   </si>
   <si>
     <t>Institui o Código de Defesa dos Princípios da Administração Pública.</t>
   </si>
   <si>
     <t>5379</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Adilsom Castanho</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5379/pll_9_-_20-03-2025_adilsom.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5379/pll_9_-_20-03-2025_adilsom.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Mario Rolim de Paula, à rua 2, localizada no Paulas e Mendes.</t>
   </si>
   <si>
     <t>5382</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Alexandre Pereira (Xandinho)</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5382/pll_10-_20-03-2025_alexandre.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5382/pll_10-_20-03-2025_alexandre.pdf</t>
   </si>
   <si>
     <t>Visa proibir que pessoas condenadas, com trânsito em julgado, pela prática de crimes de violência física, psicológica ou sexual contra a mulher, de crimes de violência sexual contra crianças e adolescentes e dos crimes previstos no estatuto do idoso sejam nomeadas para cargos efetivos ou comissionados no Poder Executivo e no Poder Legislativo do município e dá outras providências.</t>
   </si>
   <si>
     <t>5396</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5396/pll_11-_28-03-2025_caio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5396/pll_11-_28-03-2025_caio.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Helena Godinho Vieira à rua 1 localizada na Vila João Garcia.</t>
   </si>
   <si>
     <t>5412</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>Isidoro Poly</t>
-[...2 lines deleted...]
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5412/pll_12-_9-4-2025_isidoro.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5412/pll_12-_9-4-2025_isidoro.pdf</t>
   </si>
   <si>
     <t>Institui o "Dia Municipal do Rotary Clube de Piedade Cerejeiras” no município de Piedade-SP.</t>
   </si>
   <si>
     <t>5461</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>José Anésio X. Lemes</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5461/pll_13_-_15-5-2025_jose.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5461/pll_13_-_15-5-2025_jose.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a entidade Associação de Moradores e Amigos do Bairro Piraporinha.</t>
   </si>
   <si>
     <t>5497</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5497/pll_14_-_11-6-2025_jose.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5497/pll_14_-_11-6-2025_jose.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Estrada Municipal Ichiro Takeuchi à PDD-167.</t>
   </si>
   <si>
     <t>5584</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5584/pll_15_-7-8-2025_alexandre.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5584/pll_15_-7-8-2025_alexandre.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa Municipal de Prevenção e Controle do Diabetes nas Crianças e Adolescentes Matriculados nas Creches e demais Estabelecimentos de Rede Pública Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>5628</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5628/pll_16_-_26-8-2025_adilsom.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5628/pll_16_-_26-8-2025_adilsom.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Maria Candida do Nascimento a via localizada no Loteamento Residencial Alto da Colina.</t>
   </si>
   <si>
     <t>5642</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5642/pll_17_-_3-9-2025_wandi.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5642/pll_17_-_3-9-2025_wandi.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Incentivo de doação ao FUMCAD – Fundo Municipal dos Direitos da Criança e do Adolescente_x000D_
 de Piedade.</t>
   </si>
   <si>
     <t>5643</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5643/pll_18-_3-9-2025_wandi.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5643/pll_18-_3-9-2025_wandi.pdf</t>
   </si>
   <si>
     <t>Institui a elaboração de dados estatísticos sobre a violação de direitos contra a criança e adolescente, na forma que especifica.</t>
   </si>
   <si>
     <t>5644</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5644/pll_19-_3-9-2025_wandi.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5644/pll_19-_3-9-2025_wandi.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Transparência aos usuários dos hospitais que recebem recursos públicos em Piedade e dá providências.</t>
   </si>
   <si>
     <t>5668</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>Jeferson D. Cardoso (Tatu)</t>
-[...2 lines deleted...]
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5668/pll_20-_9-9-2025_jeferson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5668/pll_20-_9-9-2025_jeferson.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Luiz Miranda à travessa da Rua Maria Sateriana, localizada na Vila Maria.</t>
   </si>
   <si>
     <t>5714</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5714/pll_21_-_24-9-2025_adilsom.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5714/pll_21_-_24-9-2025_adilsom.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de Campo de Futebol João Carlos Cardoso ao campo da Associação Educacional da Juventude de Piedade — AEJUPI.</t>
   </si>
   <si>
     <t>5724</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Isidoro Poly, José Anésio X. Lemes, Nilza M. dos S. Godinho (Chuca), Wandi A. Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5724/pll_22_-_26-9-2025_isidoro.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5724/pll_22_-_26-9-2025_isidoro.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Estrada Sebastião Maciel de Oliveira a estrada que liga o bairro do Poço, altura do km 3, à Rodovia Bunjiro Nakao.</t>
   </si>
   <si>
     <t>5726</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5726/pll_23_-_29-9-2025_jeferson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5726/pll_23_-_29-9-2025_jeferson.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Nicanor Soares da Silva a via localizada no Bairro Jurupará.</t>
   </si>
   <si>
     <t>5757</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5757/pll_24_-_10-10-2025_caio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5757/pll_24_-_10-10-2025_caio.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Joaquim Simão à rua 3 localizada no Jardim Montenegro.</t>
   </si>
   <si>
     <t>5769</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5769/pll_25_-_16-10-2025_adilsom.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5769/pll_25_-_16-10-2025_adilsom.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Estrada Municipal Roque Garcia à PDD-267.</t>
   </si>
   <si>
     <t>5776</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5776/pll_-_26_-_20-10-2025_wandi.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5776/pll_-_26_-_20-10-2025_wandi.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre isenção de taxas e emolumentos às organizações da sociedade civil executoras das políticas de_x000D_
 assistência social, saúde, educação e cultura no município de Piedade na forma que especifica.</t>
   </si>
   <si>
     <t>5786</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5786/pll_27_-_24-10-2025_caio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5786/pll_27_-_24-10-2025_caio.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Edison Federzoni à rua 4 localizada no Jardim Montenegro.</t>
   </si>
   <si>
     <t>5787</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5787/pll_28_-_24-10-2025_caio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5787/pll_28_-_24-10-2025_caio.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Vereador Antônio Leite de Oliveira à rua 7-C localizada no Bairro dos Leites.</t>
   </si>
   <si>
     <t>5789</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5789/pll_29_-_30-10-2025_isidoro.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5789/pll_29_-_30-10-2025_isidoro.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Estrada Municipal Salvatino José dos Santos a via localizada no Bairro do Funil</t>
   </si>
   <si>
     <t>5790</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Isidoro Poly, Paulino Florêncio Pinto</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5790/pll_30_-_30-10-2025_isidoro.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5790/pll_30_-_30-10-2025_isidoro.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Estrada Municipal Gentil Francisco Torres a via localizada no Bairro Sarapuí de Cima.</t>
   </si>
   <si>
     <t>5795</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5795/pll_31_-_31-10-2025_jeferson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5795/pll_31_-_31-10-2025_jeferson.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua João dos Santos Maciel a via localizada no Bairro Jurupará.</t>
   </si>
   <si>
     <t>5843</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5843/pll_32_-_28-11-2025_caio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5843/pll_32_-_28-11-2025_caio.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua José Soares de Oliveira à rua 13 localizada no Bairro dos Moreiras.</t>
   </si>
   <si>
     <t>5855</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5855/pll_33_-_5-12-2025_mesa.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5855/pll_33_-_5-12-2025_mesa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reorganização, reestruturação, cria cargos, readéqua atribuições, vencimentos e gratificações no Quadro de Pessoal da Câmara Municipal de Piedade e dá outras providências.</t>
   </si>
   <si>
     <t>5854</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5854/pll_34_-_5-12-2025_caio.pdf</t>
-[...2 lines deleted...]
-    <t>Dá denominação de Rua Valdeleia Aparecida Pontes Cunha a rua 12 localizada no Bairro dos Moreiras.</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5854/pll_34_-_5-12-2025_caio.pdf</t>
+  </si>
+  <si>
+    <t>Dá denominação de Rua Valdeleia Aparecida Pontes Cunha à rua 12 localizada no Bairro dos Moreiras.</t>
   </si>
   <si>
     <t>4736</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Joacildo X. dos Santos (Baiano)</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4736/pll_1_-_04-01-2024_joacildo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4736/pll_1_-_04-01-2024_joacildo.pdf</t>
   </si>
   <si>
     <t>Estabelece o Troco Solidário no Município de Piedade e dá outras providências.</t>
   </si>
   <si>
     <t>4759</t>
   </si>
   <si>
     <t>Maurinho Machado</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4759/pll_2_-_23-1-2024_mauro.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4759/pll_2_-_23-1-2024_mauro.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Iladir Godinho da Silva Pinto à rua localizada no bairro dos Godinhos.</t>
   </si>
   <si>
     <t>4760</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4760/pll_3_-_23-1-2024_mauro.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4760/pll_3_-_23-1-2024_mauro.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Geraldina Godinho à rua 8 localizada no bairro dos Godinhos.</t>
   </si>
   <si>
     <t>4761</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4761/pll_4_-_23-1-2024_mauro.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4761/pll_4_-_23-1-2024_mauro.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Lindonor Mendes de Oliveira à rua 6 localizada no Jardim Montenegro.</t>
   </si>
   <si>
     <t>4765</t>
   </si>
   <si>
     <t>18ª Legislatura - 2ª Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4765/pll_05_-1o-2-_2024_mesa.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4765/pll_05_-1o-2-_2024_mesa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reajuste da renumeração dos servidores públicos do Poder Legislativo Municipal, conforme especifica.</t>
   </si>
   <si>
     <t>4780</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4780/pll_6_-_16-2-2024_mauro.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4780/pll_6_-_16-2-2024_mauro.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Jandyra Maria da Anunciação à rua 15 localizada no bairro dos Godinhos.</t>
   </si>
   <si>
     <t>4793</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4793/pll_7_-_26-2-2024_joacildo_assinado.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4793/pll_7_-_26-2-2024_joacildo_assinado.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Estrada Municipal PDD-235 José Castanho de Oliveira.</t>
   </si>
   <si>
     <t>4810</t>
   </si>
   <si>
     <t>Maria Vicentina G. P. da Silva</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4810/pll_8_-_5-3-2024_maria_vicentina.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4810/pll_8_-_5-3-2024_maria_vicentina.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do Município de Piedade o Protocolo: Código Mulher de atendimento à mulher vítima de violência sexual ou assédio nos espaços públicos e privados de lazer e dá outras providências.</t>
   </si>
   <si>
     <t>4811</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4811/pll_9_-_5-3-2024_maria_vicentina.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4811/pll_9_-_5-3-2024_maria_vicentina.pdf</t>
   </si>
   <si>
     <t>Institui o protocolo Código Mulher contra o assédio sexual no transporte coletivo uma das formas de violência contra as mulheres, nos veículos do sistema municipal de transporte público coletivo de passageiros e dá outras providências.</t>
   </si>
   <si>
     <t>4822</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4822/pll_10_-_8-3-2024_mesa_assinado.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4822/pll_10_-_8-3-2024_mesa_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano de Carreira e Remuneração dos Servidores Públicos Municipais da Câmara Municipal de Piedade e dá outras providências.</t>
   </si>
   <si>
     <t>4910</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4910/pll_11_-_12-4-2024_mauro.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4910/pll_11_-_12-4-2024_mauro.pdf</t>
   </si>
   <si>
     <t>Altera a denominação da rua 6 localizada no bairro dos Godinhos e dá denominação à rua 4 localizada no Jardim Montenegro.</t>
   </si>
   <si>
     <t>4911</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4911/pll_12_-_12-4-2024_mauro.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4911/pll_12_-_12-4-2024_mauro.pdf</t>
   </si>
   <si>
     <t>Altera a denominação da rua 10 localizada no bairro dos Godinhos e dá denominação à rua 1 localizada no Jardim Montenegro.</t>
   </si>
   <si>
     <t>4915</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4915/pll_13_-_19-4-2024_mauro.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4915/pll_13_-_19-4-2024_mauro.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Cyro Godinho à rua 12 localizada no bairro dos Godinhos.</t>
   </si>
   <si>
     <t>4938</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4938/pll_14_-_8-5-2024_alexandre.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4938/pll_14_-_8-5-2024_alexandre.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Estrada Municipal Reverendo Jurandyr Vieira Cardoso à PDD-040.</t>
   </si>
   <si>
     <t>4949</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4949/pll_15_-_23-5-2024_nilza.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4949/pll_15_-_23-5-2024_nilza.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Arthur Walter Becker à rua 16, localizada no Bairro Ciriaco.</t>
   </si>
   <si>
     <t>4954</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4954/pll_16_-_23-5-2024_nilza_assinado.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4954/pll_16_-_23-5-2024_nilza_assinado.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Lazaro Leme à rua 17, localizada no Bairro Ciriaco.</t>
   </si>
   <si>
     <t>4962</t>
   </si>
   <si>
     <t>Valdinei A. M. Franco (Neey Vioola)</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4962/pll_17_-_28-5-2024_valdinei.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4962/pll_17_-_28-5-2024_valdinei.pdf</t>
   </si>
   <si>
     <t>Cria a medalha “Zumbi dos Palmares”, no âmbito do Município de Piedade - SP e regulamenta a sua concessão.</t>
   </si>
   <si>
     <t>4963</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4963/pll_18_-_28-5-2024_joacildo_assinado.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4963/pll_18_-_28-5-2024_joacildo_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a observância de normas técnicas para o uso do espaço público pelas concessionárias de serviço público de distribuição de energia elétrica e demais empresas que compartilhem sua infraestrutura e sobre a retirada de fios inutilizados em vias públicas do Município de Piedade/SP e dá outras providências.</t>
   </si>
   <si>
     <t>5013</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5013/pll_19_-_27-6-2024_wandi.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5013/pll_19_-_27-6-2024_wandi.pdf</t>
   </si>
   <si>
     <t>Altera a denominação da rua Juan Canalles Puentas localizada na quarta travessa da antiga estrada Piedade-Sorocaba para Juan Canales Puertas.</t>
   </si>
   <si>
     <t>5020</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5020/pll_21-_28-6-2024_nilza.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5020/pll_21-_28-6-2024_nilza.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Vera de Fátima Corrêa da Silva à rua 5, localizada no Bairro Ciriaco.</t>
   </si>
   <si>
     <t>5134</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5134/pll_22_-_29-10-2024_wandi.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5134/pll_22_-_29-10-2024_wandi.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os critérios de controle da emissão de ruídos decorrentes de escapamentos de motocicletas e veículos similares, considerando o interesse local, no município de Piedade.</t>
   </si>
   <si>
     <t>5155</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5155/pll_23_-_8-11-2024_mesa.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5155/pll_23_-_8-11-2024_mesa.pdf</t>
   </si>
   <si>
     <t>Introduz modificações na súmula de atribuições dos Procuradores Legislativos da Câmara Municipal de Piedade.</t>
   </si>
   <si>
     <t>5174</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5174/pll_24_-_22-11-2024_mesa.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5174/pll_24_-_22-11-2024_mesa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação do subsídio do Prefeito, do Vice-Prefeito e dos Secretários Municipais de Piedade para o período de 1º de janeiro de 2025 a 31 de dezembro de 2028.</t>
   </si>
   <si>
     <t>2920</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/2920/pll_1_-_23-1-2023_wandi.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/2920/pll_1_-_23-1-2023_wandi.pdf</t>
   </si>
   <si>
     <t>Inclui os §§ 6º, 7º e 8º no artigo 3º da lei nº 4.351 de 18 de setembro de 2014.</t>
   </si>
   <si>
     <t>2924</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/2924/pll_2_-_30-1-2023_alexandre.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/2924/pll_2_-_30-1-2023_alexandre.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Fernando Fermino de Almeida à rua 14, localizada no Bairro dos Moreiras.</t>
   </si>
   <si>
     <t>2948</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/2948/pll_3_-_9-2-2023_mesa.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/2948/pll_3_-_9-2-2023_mesa.pdf</t>
   </si>
   <si>
     <t>2994</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/2994/pll_4_-_16-3-2023_maria_vicentina.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/2994/pll_4_-_16-3-2023_maria_vicentina.pdf</t>
   </si>
   <si>
     <t>Institui o Banco Municipal de Materiais de Construção do município de Piedade/SP e dá outras providências.</t>
   </si>
   <si>
     <t>3017</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3017/pll_5-_9-2-2023_mesa.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3017/pll_5-_9-2-2023_mesa.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 3º da lei municipal  nº 4.579, de 15 de março de 2019, conforme especifica.</t>
   </si>
   <si>
     <t>3052</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3052/pll_6_-_12-4-2023_maria_vicentina.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3052/pll_6_-_12-4-2023_maria_vicentina.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de Professora Maria Lúcia de Amorim Soares ao Centro Cultural Piedadense.</t>
   </si>
   <si>
     <t>3057</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3057/pll_7_-_13-4-2023_valdinei.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3057/pll_7_-_13-4-2023_valdinei.pdf</t>
   </si>
   <si>
     <t>Dá denominação à quadra poliesportiva localizada na Rua dos Jacarandás, no Bairro Bom Pastor.</t>
   </si>
   <si>
     <t>3070</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3070/pll_8_-_18-4-2023_mesa.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3070/pll_8_-_18-4-2023_mesa.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos arts. 5º e 6º da lei municipal nº 4.602, de 30 de setembro de 2019.</t>
   </si>
   <si>
     <t>3085</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3085/projeto_lei_9_2023l.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3085/projeto_lei_9_2023l.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial de Eventos do Município de Piedade o Dia Municipal da Pessoa Protetora Independente de Animais, cria a Distinção do Mérito da Causa Animal e dá outras providências.</t>
   </si>
   <si>
     <t>3194</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3194/pll_10_-_21-6-2023_mauro.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3194/pll_10_-_21-6-2023_mauro.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Estrada Municipal Leonildo Léo Martinez Bacanelli à estrada localizada no Bairro Vieirinhas.</t>
   </si>
   <si>
     <t>3201</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3201/pll_11_-_29-6-2023_jose.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3201/pll_11_-_29-6-2023_jose.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Estrada Municipal Emilio do Nascimento de Góes à estrada municipal PDD-494, no Bairro da Serra.</t>
   </si>
   <si>
     <t>3221</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3221/pll_12_-_21-6-2023_alexandre.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3221/pll_12_-_21-6-2023_alexandre.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Aurora Honorato Ferreira a via localizada no Bairro Paulas e Mendes</t>
   </si>
   <si>
     <t>3231</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3231/pll_13_-_18-7-2023_caio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3231/pll_13_-_18-7-2023_caio.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Antônio Marcos Pedroso dos Santos à travessa da Rua Nelson da Silva, localizada na Vila Quintino.</t>
   </si>
   <si>
     <t>3241</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3241/pll_14_-_4-8-2023_caio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3241/pll_14_-_4-8-2023_caio.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a entidade Associação de Engenheiros e Agrônomos de Piedade e Tapiraí - ASSEPT.</t>
   </si>
   <si>
     <t>3258</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3258/pll_15_-_18-8-2023_wandi.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3258/pll_15_-_18-8-2023_wandi.pdf</t>
   </si>
   <si>
     <t>Revoga trecho das leis municipais nº 4045, de 17 de novembro de 2009 e 4507, de 29 de junho de 2017.</t>
   </si>
   <si>
     <t>3259</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3259/pll_16_-_18-8-2023_wandi.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3259/pll_16_-_18-8-2023_wandi.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Philonila Maria de Oliveira a via localizada no Bairro do Rosário.</t>
   </si>
   <si>
     <t>3302</t>
   </si>
   <si>
     <t>Adilsom Castanho, Wandi A. Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3302/pll_17_-_19-9-2023_adilson-wandi.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3302/pll_17_-_19-9-2023_adilson-wandi.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Celio Leite a estrada localizada no Bairro das Goiabas/Vila Amâncio.</t>
   </si>
   <si>
     <t>3313</t>
   </si>
   <si>
     <t>Nelson P. de Oliveira (Camarão)</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3313/pll_18_-_20-9-2023_nelson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3313/pll_18_-_20-9-2023_nelson.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Benedito Soares à rua projetada 2, localizada no Bairro dos Moreiras.</t>
   </si>
   <si>
     <t>3314</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3314/pll_19_-_26-9-2023_mesa.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3314/pll_19_-_26-9-2023_mesa.pdf</t>
   </si>
   <si>
     <t>Institui o direito ao décimo terceiro subsídio e ao terço constitucional de férias aos vereadores deste Poder Legislativo a partir de 1º de janeiro de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>3836</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3836/pll_20_-_3-10-2023_nilza.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3836/pll_20_-_3-10-2023_nilza.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o atendimento prioritário às pessoas portadoras de deficiências intelectuais e/ou físicas nos estabelecimentos de saúde da rede pública e privada do município de Piedade.</t>
   </si>
   <si>
     <t>4328</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/4328/pll_21_-_30-11-2023_valdinei.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/4328/pll_21_-_30-11-2023_valdinei.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua João Marcelino de Camargo a via localizada no Bairro dos Leites.</t>
   </si>
   <si>
     <t>4459</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/4459/pll_22_-_8-12-2023_wandi.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/4459/pll_22_-_8-12-2023_wandi.pdf</t>
   </si>
   <si>
     <t>Regulamenta a utilização de sistemas de emissão de som e de ruídos, em ambientes internos e externos, de residências, estabelecimentos industriais, comerciais, de prestação de serviços, igrejas, vias e logradouros públicos.</t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>18ª Legislatura - 1ª Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2445/pll_1_-_1-2-2022_mesa.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2445/pll_1_-_1-2-2022_mesa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual sobre a remuneração dos servidores públicos do Poder Legislativo Municipal, conforme especifica.</t>
   </si>
   <si>
     <t>2448</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2448/pll_2_-_3-2-2022_mesa.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2448/pll_2_-_3-2-2022_mesa.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 4602, de 30 de setembro de 2019.</t>
   </si>
   <si>
     <t>2492</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2492/pll_3_-_10-3-2022_caio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2492/pll_3_-_10-3-2022_caio.pdf</t>
   </si>
   <si>
     <t>Cria o Banco de Ração para Animais no Município de Piedade e dá outras providências.</t>
   </si>
   <si>
     <t>2513</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2513/pll_4_-_15-3-2022_joacildo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2513/pll_4_-_15-3-2022_joacildo.pdf</t>
   </si>
   <si>
     <t>Isenta, no município de Piedade - SP, a família do doador de órgãos do pagamento de taxas, emolumentos e tarifas devidas em razão de seu sepultamento.</t>
   </si>
   <si>
     <t>2520</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2520/pll_5_-_17-3-2022_valdinei.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2520/pll_5_-_17-3-2022_valdinei.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de Estrada Municipal Lourenço Pires de Jesus à estrada municipal PDD-151.</t>
   </si>
   <si>
     <t>2521</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2521/pll_6_-_17-3-2022_caio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2521/pll_6_-_17-3-2022_caio.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial de Eventos do Município de Piedade o "Abril Laranja", a ser comemorado anualmente durante o mês de abril.</t>
   </si>
   <si>
     <t>2522</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2522/pll_7_-_18-3-2022_adilsom.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2522/pll_7_-_18-3-2022_adilsom.pdf</t>
   </si>
   <si>
     <t>Institui a Semana de Festividades e Tradições Nordestinas no município de Piedade - SP e dá outras providências.</t>
   </si>
   <si>
     <t>2537</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2537/pll_8_-_24-3-2022_nilza.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2537/pll_8_-_24-3-2022_nilza.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de Parque Ecológico Professora Ruth Rodrigues Ayres de Araújo à área verde conforme especifica.</t>
   </si>
   <si>
     <t>2543</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2543/pll_9_-_29-3-2022_maria_vicentina.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2543/pll_9_-_29-3-2022_maria_vicentina.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de Biblioteca Digital Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>2554</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2554/pll_10_-_4-4-2022_adilsom.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2554/pll_10_-_4-4-2022_adilsom.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Alceu Garcia Pereira a via localizada no bairro Jardim Sinibaldy.</t>
   </si>
   <si>
     <t>2594</t>
   </si>
   <si>
     <t>Wandi A. Rodrigues, Joacildo X. dos Santos (Baiano)</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2594/pll_11-_25-4-2022_wandi.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2594/pll_11-_25-4-2022_wandi.pdf</t>
   </si>
   <si>
     <t>Tomba, em virtude de seu valor natural e arqueológico, a pedreira localizada no bairro do Piraporinha.</t>
   </si>
   <si>
     <t>2621</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2621/pll_12_-_5-5-2022_valdinei.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2621/pll_12_-_5-5-2022_valdinei.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Dia Municipal do Terceiro Setor e dá outras providências.</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2624/pll_13_-_5-5-2022_alex.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2624/pll_13_-_5-5-2022_alex.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a disponibilização de brinquedos adaptados para crianças com deficiência em locais de lazer, públicos e privados.</t>
   </si>
   <si>
     <t>2629</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2629/pll_14_-_11-5-2022_alexandre.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2629/pll_14_-_11-5-2022_alexandre.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inserção dos nomes dos vereadores nas placas de inauguração de obras públicas.</t>
   </si>
   <si>
     <t>2642</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2642/pll_15_-_11-5-2022_nilza.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2642/pll_15_-_11-5-2022_nilza.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Horto Florestal José Secol à área localizada no interior do Parque Ecológico.</t>
   </si>
   <si>
     <t>2661</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2661/pll_16_-_9-6-2022_alexandre.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2661/pll_16_-_9-6-2022_alexandre.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Estrada Municipal Paulo Soares à rua 5 localizada no bairro Jurupará.</t>
   </si>
   <si>
     <t>2667</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2667/pll_17_-_13-6-2022_nilza.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2667/pll_17_-_13-6-2022_nilza.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o uso e manejo adequado do solo agrícola e dá outras providências.</t>
   </si>
   <si>
     <t>2683</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2683/pll_18_-_23-6-2022_valdinei.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2683/pll_18_-_23-6-2022_valdinei.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Organização Não Governamental Esportiva e Cultural Voz do Morro.</t>
   </si>
   <si>
     <t>2714</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2714/pll_19_-_22-7-2022_joacildo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2714/pll_19_-_22-7-2022_joacildo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o atendimento preferencial às pessoas com doenças crônicas reumáticas.</t>
   </si>
   <si>
     <t>2744</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2744/pll_20_-_10-8-2022_adilsom.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2744/pll_20_-_10-8-2022_adilsom.pdf</t>
   </si>
   <si>
     <t>Dá denominação a via no Bairro Boa Vista de "Rua Severiano Rodrigues de Camargo".</t>
   </si>
   <si>
     <t>2755</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2755/pll_21_-_18-8-2022_nilza.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2755/pll_21_-_18-8-2022_nilza.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de Neide Justo da Silva à Farmácia Municipal.</t>
   </si>
   <si>
     <t>2762</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2762/pll_22_-_26-8-2022_caio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2762/pll_22_-_26-8-2022_caio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Carteira de Identificação da Pessoa com Transtorno do Espectro Autista (CIPTEA) no Município de Piedade e dá outras providências.</t>
   </si>
   <si>
     <t>2813</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2813/pll_23_-_14-10-2022_caio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2813/pll_23_-_14-10-2022_caio.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a entidade Associação Ciclorotas de Piedade/SP.</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1788/pll_1_-_5-1-2021_alex.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1788/pll_1_-_5-1-2021_alex.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de Viela Edson Alves dos Santos a via localizada na Vila Quintino.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1816/pll_2_-_27-1-2021_maria_vicentina.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1816/pll_2_-_27-1-2021_maria_vicentina.pdf</t>
   </si>
   <si>
     <t>Institui a Semana do Protagonismo Feminino no Município de Piedade e dá outras providências.</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1847/pll_3_-_5-1-2021_nilza.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1847/pll_3_-_5-1-2021_nilza.pdf</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1863/pll_4_-_10-2-2021_adilsom.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1863/pll_4_-_10-2-2021_adilsom.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Associação Racing e dá outras providências.</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1875/pll_5_-_12-2-2021_alexandre.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1875/pll_5_-_12-2-2021_alexandre.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de o Poder Público instalar câmeras de monitoramento e vigilância em áreas de alta incidência de ocorrências policiais no âmbito municipal.</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1911/pll_6_-_26-2-2021_alexandre.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1911/pll_6_-_26-2-2021_alexandre.pdf</t>
   </si>
   <si>
     <t>Institui, no Calendário de Comemorações Oficiais do Município de Piedade, o Dia dos Profissionais de Enfermagem e dá outras providências.</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1923/pll_7_-_3-3-2021_caio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1923/pll_7_-_3-3-2021_caio.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a entidade Associação Maxmello de Amparo a Vida Animal.</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1994/pll_8_-_3-5-2021_maria_vicentina.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1994/pll_8_-_3-5-2021_maria_vicentina.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de Rua Dionysio Flaviano Nery a via localizada no Bairro da Liberdade.</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2013/pll_9_-_13-5-2021_alex2.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2013/pll_9_-_13-5-2021_alex2.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Tsuneo Koshikumo a via localizada no Bairro da Liberdade.</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2023/pll_10_-_18_-_5-2021_alex.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2023/pll_10_-_18_-_5-2021_alex.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Regina Auxiliadora Monteiro à rua projetada 5, localizada no Bairro dos Moreiras.</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2028/pll_11_-_24-5-2021_caio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2028/pll_11_-_24-5-2021_caio.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial de Eventos do Município de Piedade o “Dia Municipal de Conscientização do Mutismo Seletivo”, a ser comemorado anualmente no dia 31 de outubro.</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2030/pll_12-_26-5-2021_wandi.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2030/pll_12-_26-5-2021_wandi.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar autuações no âmbito da fiscalização do combate à Covid-19 por meio de vídeos, fotografias ou outros meios que possam atestar o descumprimento das medidas de enfrentamento à pandemia.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2065/pll_13_-_16-6-2021_adilsom.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2065/pll_13_-_16-6-2021_adilsom.pdf</t>
   </si>
   <si>
     <t>Obriga as funerárias que operam no município a fixar quadro informando sobre a gratuidade do sepultamento de pessoas reconhecidamente pobres.</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2076/pll_14_-_22-6-2021_caio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2076/pll_14_-_22-6-2021_caio.pdf</t>
   </si>
   <si>
     <t>Proíbe a fabricação, a comercialização, o manuseio, a utilização, a queima e a soltura de fogos de estampidos e de artifícios, assim como de quaisquer artefatos pirotécnicos de efeito sonoro ruidoso no Município de Piedade e dá outras providências.</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2116/pll_15_-_6-7-2021_nilza.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2116/pll_15_-_6-7-2021_nilza.pdf</t>
   </si>
   <si>
     <t>Declara a cerejeira como árvore símbolo de Piedade.</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2151/pll_16_-_9-8-2021_nilza.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2151/pll_16_-_9-8-2021_nilza.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação da Política Municipal de Práticas Integrativas e Complementares em Saúde – PMPICS – no âmbito do Sistema Único de Saúde (SUS) do Município de Piedade – São Paulo.</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2178/pll_17_-19-8-2021_alex.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2178/pll_17_-19-8-2021_alex.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Pastor Raymundo Sant'ana à rua 9 localizada no Bairro Ciriaco.</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2184/pll_18_-20-8-2021_wandi.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2184/pll_18_-20-8-2021_wandi.pdf</t>
   </si>
   <si>
     <t>Altera a lei nº 4185, de 25 de maio de 2011, que trata sobre a proibição de queimadas no município de Piedade e dá outras providências.</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2200/pll__19_-_27-8-2021_mauro.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2200/pll__19_-_27-8-2021_mauro.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de Estrada Municipal Antonio da Silveira à estrada municipal PDD-128.</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2211/pll_20_-_3-9-2021_adilsom.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2211/pll_20_-_3-9-2021_adilsom.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de Estrada Municipal Mario Ayres de Oliveira à estrada municipal que liga a PDD-342 à PDD-080.</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2234/pll_21_-_16-9-2021_adilsom2.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2234/pll_21_-_16-9-2021_adilsom2.pdf</t>
   </si>
   <si>
     <t>Dá denominação às ruas 1 e 2 pertencentes ao Loteamento Jardim Isola Vichi Marciano, _x000D_
 no Bairro Paulas e Mendes.</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2235/pll_22_-_16-9-2021_nelson2.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2235/pll_22_-_16-9-2021_nelson2.pdf</t>
   </si>
   <si>
     <t>Dá denominação às ruas 3 e 4 pertencentes ao Loteamento Jardim Isola Vichi Marciano, no Bairro Paulas e Mendes.</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2236/pll_23_-_16-9-2021_alex.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2236/pll_23_-_16-9-2021_alex.pdf</t>
   </si>
   <si>
     <t>Dá denominação à rua 8, localizada no CDHU, no Bairro dos Cotianos, Rua Eber Felipe Alves dos Santos.</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2237/pll_24_-_16-9-2021_maria_vicentina.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2237/pll_24_-_16-9-2021_maria_vicentina.pdf</t>
   </si>
   <si>
     <t>Dá denominação à rua 9 localizada no CDHU, no Bairro dos Cotianos, Rua Sérgio Aparecido Torres Takamune.</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2238/pll_25_-_16-9-2021_adilsom.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2238/pll_25_-_16-9-2021_adilsom.pdf</t>
   </si>
   <si>
     <t>Dá denominação à rua 10, localizada no CDHU, no Bairro dos Cotianos, Rua Hélio Godinho da Silveira.</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2239/pll_26_-_16-9-2021_adilsom.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2239/pll_26_-_16-9-2021_adilsom.pdf</t>
   </si>
   <si>
     <t>Dá denominação à Rua 11 localizada no CDHU, no Bairro dos Cotianos, como Rua Paulo Rogério Nunes.</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2277/pll_27_-_24-9-2021_wandi.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2277/pll_27_-_24-9-2021_wandi.pdf</t>
   </si>
   <si>
     <t>Dá denominação à Rua 12 localizada no CDHU, no Bairro dos Cotianos, como Rua Átila José Garcia Mazzer.</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2278/pll_28_-_24-9-2021_valdinei.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2278/pll_28_-_24-9-2021_valdinei.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a divulgação no Site Oficial do Município, da lista de espera dos pacientes que aguardam por consultas de especialidades, exames e intervenções cirúrgicas na rede pública de saúde do município e dá outras providências.</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2279/pll_29_-_24-9-2021_valdinei.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2279/pll_29_-_24-9-2021_valdinei.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Dia Municipal do Esporte Amador e dá outras providências.</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2304/pll_30_-_14-10-2021_alex.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2304/pll_30_-_14-10-2021_alex.pdf</t>
   </si>
   <si>
     <t>Institui campanha de check-up geral nas mulheres para alerta e prevenção de todas as doenças e dá outras providências.</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2305/pll_31_-_14-10-2021_alex.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2305/pll_31_-_14-10-2021_alex.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 4º da lei nº 4037, de 29 de outubro de 2009.</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2314/pll_32_-_20-10-2021_alex.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2314/pll_32_-_20-10-2021_alex.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação de senhas sonoras, para atendimento de pessoas com deficiência visual, nas agências bancárias do município de Piedade e dá outras providências.</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2317/pll_33_-_28-10-2021_wandi.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2317/pll_33_-_28-10-2021_wandi.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de câmeras de monitoramento de segurança nas escolas públicas municipais e cercanias.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1445/projeto_de_lei_no_1_-_16-1-2020_alex.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1445/projeto_de_lei_no_1_-_16-1-2020_alex.pdf</t>
   </si>
   <si>
     <t>Dá denominação à Estrada Municipal PDD-223, no Bairro Limal.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>17ª Legislatura - 2ª Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1510/pll_02-20__mesa.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1510/pll_02-20__mesa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual aos servidores públicos do Poder Legislativo Municipal, conforme especifica.</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
     <t>Geraldo Amâncio Vieira</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1545/projeto_lei_3_2020l.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1545/projeto_lei_3_2020l.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre medidas de combate ao COVID-19 (Coronavírus).</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1557/pll_4_-_22-4-2020_mesa.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1557/pll_4_-_22-4-2020_mesa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação do subsídio do prefeito, do vice-prefeito e dos secretários municipais de Piedade para o período de 1º de janeiro de 2021 a 31 de dezembro de 2024.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1559/pll_5_-_29-4-2020_mesa.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1559/pll_5_-_29-4-2020_mesa.pdf</t>
   </si>
   <si>
     <t>Autoriza a transferência da titularidade de imóvel urbano para o Poder Executivo Municipal de Piedade e dá outras providências.</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1562/pll_6_-_7-5-2020_mesa.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1562/pll_6_-_7-5-2020_mesa.pdf</t>
   </si>
   <si>
     <t>Altera denominação da classe D do anexo I - Quadro Geral de Pessoal da Câmara Municipal de Piedade, da lei nº 4602, de 30 de setembro de 2019.</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
     <t>Wagner Takeshi Yoshizako</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1572/pll_7_-_29-5-2020_wagner.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1572/pll_7_-_29-5-2020_wagner.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Comunidade Assistencial Jesus Cristo Socorre os Aflitos e dá outras providências.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1573/pll_8_-_9-6-2020_nelson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1573/pll_8_-_9-6-2020_nelson.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de "Pássaro alçando voo em busca da liberdade" ao monumento localizado ao lado da Rotatória Antônio Abdiel Tardelli.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
     <t>Daniel Dias de Moraes</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1651/pll_9_-_28-8-2020_daniel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1651/pll_9_-_28-8-2020_daniel.pdf</t>
   </si>
   <si>
     <t>Dá denominação às ruas pertencentes ao novo CDHU, no bairro dos Cotianos.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1655/pll_10_-_2-9-2020_jose.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1655/pll_10_-_2-9-2020_jose.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Associação dos Produtores Rurais de Leite e dá outras providências.</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1657/pll_11_-_10-9-2020_jose.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1657/pll_11_-_10-9-2020_jose.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de Estrada Municipal Antonio Vieira Cardoso à estrada PDD-030 no Bairro dos Vieirinhas.</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1683/pll_12_-_22-9-2020_alex.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1683/pll_12_-_22-9-2020_alex.pdf</t>
   </si>
   <si>
     <t>Altera a lei municipal nº 4615, de 12 de fevereiro de 2020.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1691/pll_13_-_1o-10-2020_jose.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1691/pll_13_-_1o-10-2020_jose.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de Estrada Municipal Francisco Salles da Luz à estrada PDD-060 no Bairro dos Luzes.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1705/pll_14_-_13-10-2020_nelson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1705/pll_14_-_13-10-2020_nelson.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de Estrada Municipal Carmelino de Paula Anhaia à estrada PDD-282 no Bairro Ribeirão Bonito.</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1733/pll_15_-_16-11-2020_nilza.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1733/pll_15_-_16-11-2020_nilza.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de Portal Antônio da Silva Soares Filho ao portal na entrada da cidade, localizado na Via Antônio Leite de Oliveira.</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>Marly Aparecida Godinho</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1742/pll_16_-_20-11-2020_marly.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1742/pll_16_-_20-11-2020_marly.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de Estrada Municipal Anezia Castanho Espim a via do Bairro dos Ortizes.</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
     <t>Samuel de Oliveira Guimarães</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1753/pll_17_-_30-11-2020_samuel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1753/pll_17_-_30-11-2020_samuel.pdf</t>
   </si>
   <si>
     <t>Dá a denominação a rua no Bairro Paulas e Mendes.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1757/pll_18_-_4-12-2020_marly.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1757/pll_18_-_4-12-2020_marly.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de Estrada Municipal Euclides Paulo Godinho às PDDs 313 e 322, que ligam o Bairro Piratuba ao Bairro dos Ortizes.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/481/pll_1_-_1-2-2019_mesa_L0EcpnJ.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/481/pll_1_-_1-2-2019_mesa_L0EcpnJ.pdf</t>
   </si>
   <si>
     <t>Concede o benefício de cesta básica aos servidores da Câmara Municipal.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/483/pll_2_-_1-2-2019_mesa_kVFdozx.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/483/pll_2_-_1-2-2019_mesa_kVFdozx.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual aos servidores públicos e agentes políticos do Poder Legislativo Municipal, conforme especifica.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/518/pll_3_-_11-2-2019_daniel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/518/pll_3_-_11-2-2019_daniel.pdf</t>
   </si>
   <si>
     <t>Proíbe a utilização de canudos de plásticos, exceto os biodegradáveis hermeticamente embalados com material semelhante, em restaurantes, bares, quiosques, ambulantes, hotéis e similares autorizados pela prefeitura, e dá outras providências.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/964/pll_4_-_18-3-2019_mesa.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/964/pll_4_-_18-3-2019_mesa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual aos servidores públicos e agentes políticos do Poder Legislativo Municipal para o exercício de 2019, conforme especifica.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/982/pll_5_-_26-3-2019_alex.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/982/pll_5_-_26-3-2019_alex.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Associação Amigos do Artesanato de Piedade.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1006/pll_6_-_2-4-2019_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1006/pll_6_-_2-4-2019_geraldo.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de Vereador Marcos Antônio Nogueira Mucci ao edifício sede da Câmara Municipal de Piedade.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1098/pll_7_-_3-5-2019_nelson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1098/pll_7_-_3-5-2019_nelson.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Praça Tooru Endo em praça localizada no Bairro Miguel Russo.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1110/pll_8_-_10-5-2019_nelson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1110/pll_8_-_10-5-2019_nelson.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Laercio Vieira Cardoso ao refeitório do Ambulatório Médico Odontológico Municipal de Piedade.</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1207/pll_9_-_19-6-2019_mesa.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1207/pll_9_-_19-6-2019_mesa.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei nº 2.026 de 14 de dezembro de 1990.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1228/pll_10_-_12-7-2019_mauro.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1228/pll_10_-_12-7-2019_mauro.pdf</t>
   </si>
   <si>
     <t>Revoga as leis nº 3638 de 4 de novembro de 2005 e 4478 de 13 de outubro de 2016.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>Benedito Alves dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1240/pll_11_-_19-7-2019_benedito.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1240/pll_11_-_19-7-2019_benedito.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Associação dos Corredores de Piedade e dá outras providências.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1277/pll_12_-_26-8-2019_mesa_IgkhiR6.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1277/pll_12_-_26-8-2019_mesa_IgkhiR6.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reorganização, reestruturação, cria cargos, altera nível de escolaridade, readéqua atribuições, vencimentos e gratificações no Quadro de Pessoal da Câmara Municipal de Piedade e dá outras providências.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1296/pll_13_-_12-9-2019_alex.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1296/pll_13_-_12-9-2019_alex.pdf</t>
   </si>
   <si>
     <t>Dá denominação a estrada municipal (PDD-292) localizada no Bairro da Cachoeira da Fumaça.</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1386/pll_14_-_31-10-2019_alex.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1386/pll_14_-_31-10-2019_alex.pdf</t>
   </si>
   <si>
     <t>Dá denominação a rua no Bairro Boa Vista.</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1387/pll_15_-_1-11-2019_mesa.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1387/pll_15_-_1-11-2019_mesa.pdf</t>
   </si>
   <si>
     <t>Inclui o inciso VIII ao artigo 3º, bem como acrescenta requisito ao Anexo I da lei nº 4602/2019 - que dispõe sobre a reorganização, reestruturação, criação de cargos, alteração do nível de escolaridade, readequação de vencimentos no Quadro de Pessoal da Câmara Municipal de Piedade e dá outras providências - a fim de condicionar como exigência a habilitação de categoria "D", ou superior, para provimento do cargo de motorista legislativo.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>17ª Legislatura - 1ª Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/122/projeto-de-lei-n-1-2018l.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/122/projeto-de-lei-n-1-2018l.pdf</t>
   </si>
   <si>
     <t>Extingue o cargo em comissão de Assessor Jurídico e cria mais um cargo efetivo de Procurador Legislativo no Quadro de Pessoal da Câmara Municipal de Piedade e dá outras providências.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>Jorge de Souza Biscaia Júnior</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/124/projeto-de-lei-n-2-2018l.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/124/projeto-de-lei-n-2-2018l.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal 'Adote uma escola'.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/130/projeto-de-lei-n-3-2018l.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/130/projeto-de-lei-n-3-2018l.pdf</t>
   </si>
   <si>
     <t>Obriga os estabelecimentos públicos e privados no Município de Piedade a inserir nas placas de atendimento prioritário, o símbolo mundial do autismo e dá outras providências.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/131/projeto-de-lei-n-4-2018l.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/131/projeto-de-lei-n-4-2018l.pdf</t>
   </si>
   <si>
     <t>Autorizada a Administração Pública Municipal a conceder isenção de pagamento de preço público (tarifa) de área de zona azul no Município de Piedade a Entidades Assistenciais e dá outras providências.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/175/pll-5-25-04-2018-mesa-.doc</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/175/pll-5-25-04-2018-mesa-.doc</t>
   </si>
   <si>
     <t>Autoriza a doação de imóvel urbano para o Poder Executivo Municipal de Piedade e dá outras providências.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/219/projetolei_6_2018l.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/219/projetolei_6_2018l.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública à Associação Musical Lira São João de Piedade e dá outras providências.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/306/pll_7_-_12-7-2018_geraldo.docx</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/306/pll_7_-_12-7-2018_geraldo.docx</t>
   </si>
   <si>
     <t>Dá denominação de Rua José Rodrigues dos Santos, em via localizada no Bairro Boa Vista.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/309/pll_8_-_24-7-2018_alex.docx</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/309/pll_8_-_24-7-2018_alex.docx</t>
   </si>
   <si>
     <t>Dá denominação de Rua Moacir Alves de Moraes, em via localizada no Bairro Bom Pastor.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/356/pll_9_-_27-8-2018_wagner.odt</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/356/pll_9_-_27-8-2018_wagner.odt</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição da Campanha Municipal de Prevenção ao Suicídio "Setembro Amarelo" e dá outras providências.</t>
   </si>
   <si>
     <t>3600</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3600/pll_01_-_07-02-2017_jorge.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3600/pll_01_-_07-02-2017_jorge.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Alcino Tardelli e Rua Odete Vichi Tardelli, em vias urbanas localizadas no Jardim Alto da Boa Vista.</t>
   </si>
   <si>
     <t>3601</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3601/pll_02_-_08-02-2017_nelson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3601/pll_02_-_08-02-2017_nelson.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Mario Leite ao campo de futebol do Bairro dos Leites.</t>
   </si>
   <si>
     <t>3602</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3602/pll_03_-_14-02-2017_nelson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3602/pll_03_-_14-02-2017_nelson.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Estrada Municipal Laureano Torres em estrada vicinal que especifica.</t>
   </si>
   <si>
     <t>3618</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/</t>
+    <t>http://sapl.piedade.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Cria a distinção de mérito esportivo do Município de Piedade.</t>
   </si>
   <si>
     <t>3603</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3603/pll_05_-_28-04-2017_nilza.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3603/pll_05_-_28-04-2017_nilza.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Estrada Municipal José Vicente Rolim em estrada municipal que especifica.</t>
   </si>
   <si>
     <t>3604</t>
   </si>
   <si>
     <t>Daniel Dias de Moraes, Alex P. da Silva, Geraldo Amâncio Vieira</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3604/pll_06_-_06-06-2017_alex_-_substitutivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3604/pll_06_-_06-06-2017_alex_-_substitutivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição da data comemorativa ‘Marcha para Jesus’, no âmbito município de Piedade.</t>
   </si>
   <si>
     <t>3605</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3605/pll_07_-_30-06-2017_nelson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3605/pll_07_-_30-06-2017_nelson.pdf</t>
   </si>
   <si>
     <t>Dá denominação em via pública no Loteamento Alto da Boa Vista.</t>
   </si>
   <si>
     <t>3606</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3606/pll_08_-_04-08-2017_mesa.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3606/pll_08_-_04-08-2017_mesa.pdf</t>
   </si>
   <si>
     <t>Suplementa dotação do orçamento vigente da Câmara Municipal de Piedade.</t>
   </si>
   <si>
     <t>3607</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3607/pll_09_-_18-09-2017_mesa.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3607/pll_09_-_18-09-2017_mesa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para desconto de prestações em folha de pagamento, no âmbito da Câmara Municipal de Piedade e dá outras providências.</t>
   </si>
   <si>
     <t>3608</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3608/pll_10_-_27-09-2017_nilza.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3608/pll_10_-_27-09-2017_nilza.pdf</t>
   </si>
   <si>
     <t>Dá denominação à travessa da Rua Aurélio do Amaral Santos.</t>
   </si>
   <si>
     <t>3609</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3609/pll_11_-_05-10-2017_mesa.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3609/pll_11_-_05-10-2017_mesa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre normas especificas, no âmbito da Câmara Municipal de Piedade, de acesso à informação, obedecidas às normas gerais estabelecidas na Lei Federal nº 12.527/2011.</t>
   </si>
   <si>
     <t>3610</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3610/pll_12_-_17-11-2017_mesa.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3610/pll_12_-_17-11-2017_mesa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transformação da nomenclatura, alteração de vencimentos e do nível de escolaridade para ingresso em cargo público da Câmara Municipal de Piedade e da outras providências.</t>
   </si>
   <si>
     <t>3611</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3611/pll_13_-_17-11-2017__mesa.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3611/pll_13_-_17-11-2017__mesa.pdf</t>
   </si>
   <si>
     <t>Disciplina sobre o recebimento de honorários advocatícios, em processos judiciais em que é parte a Câmara Municipal de Piedade, e da outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>3612</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3612/pll_14_-_21-11-2017_benedito.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3612/pll_14_-_21-11-2017_benedito.pdf</t>
   </si>
   <si>
     <t>Inclui no calendário oficial do município de Piedade a Romaria de Nossa Senhora Aparecida realizada anualmente no município.</t>
   </si>
   <si>
     <t>3613</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3613/pll_15_-_13-12-2017_daniel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3613/pll_15_-_13-12-2017_daniel.pdf</t>
   </si>
   <si>
     <t>Disciplina o uso de caçamba para coleta de terra e entulho em via e logradouro público.</t>
   </si>
   <si>
     <t>3614</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>16ª Legislatura - 2ª Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/3614/pl_01_-_26-02-2016_mesa.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/3614/pl_01_-_26-02-2016_mesa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre concessão de reajuste de vencimentos aos servidores da Câmara Municipal.</t>
   </si>
   <si>
     <t>3615</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/3615/pl_02_-_26-02-2016_mesa.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/3615/pl_02_-_26-02-2016_mesa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste dos valores dos subsídios dos exercentes de mandatos eletivos do Poder Legislativo e do Poder Executivo.</t>
   </si>
   <si>
     <t>3616</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/3616/pl_03_-_11-03-2016_mesa.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/3616/pl_03_-_11-03-2016_mesa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste dos valores dos subsídios dos ocupantes dos cargos em comissão de Secretários Municipais.</t>
   </si>
   <si>
     <t>3617</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/3617/pl_04_-_20-04-2016_nelson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/3617/pl_04_-_20-04-2016_nelson.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Saikishi Yamashita ao jardim oriental localizado no Bairro dos Cotianos.</t>
   </si>
   <si>
     <t>3619</t>
   </si>
   <si>
     <t>Dá denominação à Creche Municipal do bairro Paulas e Mendes (Ivany de Lourdes Marciano).</t>
   </si>
   <si>
     <t>3620</t>
   </si>
   <si>
     <t>Insere no Calendário Oficial do Município o evento denominado “Casamento Comunitário a ser realizado anualmente no município de Piedade.</t>
   </si>
   <si>
     <t>3621</t>
   </si>
   <si>
     <t>Norton Yoshio Nakayama</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de sistema e monitoramento através de câmaras de vídeos nas Instituições Bancarias e financeiras.</t>
   </si>
   <si>
     <t>4618</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>Geraldo Pinto de Camargo Filho</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/4618/pl_01_-_24-02-2015_geraldo_substitutivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/4618/pl_01_-_24-02-2015_geraldo_substitutivo.pdf</t>
   </si>
   <si>
     <t>Institui a “Corrida nas flores da cerejeira” o evento ocorrerá obrigatoriamente em conjunto com a “Festa da Cerejeira”, evento tradicional_x000D_
 que ocorre anualmente no mês de julho.</t>
   </si>
   <si>
     <t>4624</t>
   </si>
   <si>
     <t>Prefeito</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/4624/pl_06_-_09-03-2015_marcos.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/4624/pl_06_-_09-03-2015_marcos.pdf</t>
   </si>
   <si>
     <t>Inclui o “Dia de Ação de Graças” no município de Piedade.</t>
   </si>
   <si>
     <t>4625</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/4625/pl_08_-_02-04-2015_mesa.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/4625/pl_08_-_02-04-2015_mesa.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Secretários Municipais, do Chefe de Gabinete e dá outras providências.</t>
   </si>
   <si>
     <t>4626</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/4626/pl_10_-_08-07-2015_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/4626/pl_10_-_08-07-2015_geraldo.pdf</t>
   </si>
   <si>
     <t>Cria no sítio eletrônico da prefeitura, o campo CALENDÁRIO ANUAL DE EVENTOS POPULARES e dá outras providências.</t>
   </si>
   <si>
     <t>4627</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/4627/pl_13_-_28-08-2015_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/4627/pl_13_-_28-08-2015_adilson.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o incentivo ao cultivo da "citronela" e da "crotalária", como método natural de combate à dengue e dá outras providências.</t>
   </si>
   <si>
     <t>4628</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/4628/pl_14_-_28-08-2015_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/4628/pl_14_-_28-08-2015_adilson.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a disponibilização de cadeiras de rodas de propulsão manual ou elétrica para pessoas com deficiência e mobilidade reduzida em supermercados no município de Piedade.</t>
   </si>
   <si>
     <t>4652</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4652/pl_12_-_20-10-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4652/pl_12_-_20-10-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município de Piedade o evento Festa do Lavrador.</t>
   </si>
   <si>
     <t>4676</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/4676/pl_07_-_08-04-2013_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/4676/pl_07_-_08-04-2013_geraldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção, ao doador de sangue, do pagamento de taxas de inscrição em concursos públicos municipais.</t>
   </si>
   <si>
     <t>4677</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/4677/pl_08_-_12-06-2013_nilza.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/4677/pl_08_-_12-06-2013_nilza.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os direitos dos cães e gatos, sua posse responsável e dá outras providências.</t>
   </si>
   <si>
     <t>4678</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/4678/pl_09_-_05-08-2013_nilza.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/4678/pl_09_-_05-08-2013_nilza.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o incentivo ao plantio de árvores, mediante desconto no IPTU.</t>
   </si>
   <si>
     <t>4679</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/4679/pl_13_-_26-08-2013_nelson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/4679/pl_13_-_26-08-2013_nelson.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os procedimentos tomados para a adoção de medidas de vigilância sanitária e epidemiológicas voltadas à prevenção e o controle de transmissão do vírus da dengue no Município de Piedade.</t>
   </si>
   <si>
     <t>4680</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/4680/pl_17_-_10-10-2013_nilza.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/4680/pl_17_-_10-10-2013_nilza.pdf</t>
   </si>
   <si>
     <t>Institui a Creche Municipal do Idoso.</t>
   </si>
   <si>
     <t>4682</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2012/4682/pl_07_-_26-03-2012_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2012/4682/pl_07_-_26-03-2012_adilson.pdf</t>
   </si>
   <si>
     <t>Cria o Programa Municipal de Equoterapia e dá outras providencias.</t>
   </si>
   <si>
     <t>4683</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4683/pl_07_-_02-05-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4683/pl_07_-_02-05-2011_adilson.pdf</t>
   </si>
   <si>
     <t>Garante aos idosos, gestantes e portadores de deficiência o agendamento de consultas por via telefônica nas unidades de atendimento de saúde do Município.</t>
   </si>
   <si>
     <t>4684</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4684/pl_08_-_24-02-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4684/pl_08_-_24-02-2010_adilson.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de livro para reclamações e sugestões dos usuários nas unidades de atendimento ao público da Diretoria Municipal de Saúde.</t>
   </si>
   <si>
     <t>4685</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4685/pl_10_-_04-03-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4685/pl_10_-_04-03-2010_adilson.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão do ensino de posse responsável de animal doméstico, como matéria_x000D_
 de apoio extracurricular nas escolas públicas de ensino fundamental do Município de Piedade.</t>
   </si>
   <si>
     <t>4686</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4686/pl_19_-_23-03-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4686/pl_19_-_23-03-2010_adilson.pdf</t>
   </si>
   <si>
     <t>Assegura a reserva de moradias populares às pessoas portadoras de necessidades especiais.</t>
   </si>
   <si>
     <t>4687</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/4687/pl_05_-_06-05-2009_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/4687/pl_05_-_06-05-2009_adilson.pdf</t>
   </si>
   <si>
     <t>Institui, no Município, a Semana de limpeza do Rio Pirapora.</t>
   </si>
   <si>
     <t>4688</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/4688/pl_15_-_05-08-2009_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/4688/pl_15_-_05-08-2009_adilson.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão extracurricular de noções básicas de agricultura a serem ministradas nas escolas públicas municipais e dá outras providências.</t>
   </si>
   <si>
     <t>4689</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/4689/pl_16_-_05-08-2009_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/4689/pl_16_-_05-08-2009_adilson.pdf</t>
   </si>
   <si>
     <t>Institui o Calendário Oficial de Eventos no Município de Piedade e dá outras providências.</t>
   </si>
   <si>
     <t>4690</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/4690/pl_21_-_26-08-2009_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/4690/pl_21_-_26-08-2009_adilson.pdf</t>
   </si>
   <si>
     <t>Altera o art.1° da Lei n" 4.018, de 14 de agosto de 2009.</t>
   </si>
   <si>
     <t>4691</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/4691/pl_24_-_16-09-2009_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/4691/pl_24_-_16-09-2009_adilson.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reserva de vaga de veículos de passeio para as pessoas portadoras de deficiência nos estacionamentos públicos e nos estacionamentos dos supermercados da cidade.</t>
   </si>
   <si>
     <t>4692</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/4692/pl_42_-_29-10-2009_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/4692/pl_42_-_29-10-2009_adilson.pdf</t>
   </si>
   <si>
     <t>Obriga a divulgação, em local visível, do cardápio do programa de alimentação escolar nas unidades da Rede Municipal de Ensino e Creches Municipais.</t>
   </si>
   <si>
     <t>4693</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/4693/pl_46_-_11-11-2009_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/4693/pl_46_-_11-11-2009_adilson.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição de programa de adoção de praças, áreas verdes e próprios municipais de esporte, educação, cultura e de fazer e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2643,67 +2709,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5243/pll_1_-_31-01-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5264/pll_2_-_05-02-2025_mesa.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5335/pll_3_-_26-2-2025_mesa.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5386/pll_4_-_07-03-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5374/pll_5_-18-03-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5376/pll_6_-19-03-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5381/pll_7_-19-03-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5377/pll_8_-19-03-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5379/pll_9_-_20-03-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5382/pll_10-_20-03-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5396/pll_11-_28-03-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5412/pll_12-_9-4-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5461/pll_13_-_15-5-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5497/pll_14_-_11-6-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5584/pll_15_-7-8-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5628/pll_16_-_26-8-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5642/pll_17_-_3-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5643/pll_18-_3-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5644/pll_19-_3-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5668/pll_20-_9-9-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5714/pll_21_-_24-9-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5724/pll_22_-_26-9-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5726/pll_23_-_29-9-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5757/pll_24_-_10-10-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5769/pll_25_-_16-10-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5776/pll_-_26_-_20-10-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5786/pll_27_-_24-10-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5787/pll_28_-_24-10-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5789/pll_29_-_30-10-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5790/pll_30_-_30-10-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5795/pll_31_-_31-10-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5843/pll_32_-_28-11-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5855/pll_33_-_5-12-2025_mesa.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5854/pll_34_-_5-12-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4736/pll_1_-_04-01-2024_joacildo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4759/pll_2_-_23-1-2024_mauro.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4760/pll_3_-_23-1-2024_mauro.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4761/pll_4_-_23-1-2024_mauro.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4765/pll_05_-1o-2-_2024_mesa.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4780/pll_6_-_16-2-2024_mauro.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4793/pll_7_-_26-2-2024_joacildo_assinado.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4810/pll_8_-_5-3-2024_maria_vicentina.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4811/pll_9_-_5-3-2024_maria_vicentina.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4822/pll_10_-_8-3-2024_mesa_assinado.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4910/pll_11_-_12-4-2024_mauro.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4911/pll_12_-_12-4-2024_mauro.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4915/pll_13_-_19-4-2024_mauro.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4938/pll_14_-_8-5-2024_alexandre.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4949/pll_15_-_23-5-2024_nilza.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4954/pll_16_-_23-5-2024_nilza_assinado.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4962/pll_17_-_28-5-2024_valdinei.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4963/pll_18_-_28-5-2024_joacildo_assinado.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5013/pll_19_-_27-6-2024_wandi.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5020/pll_21-_28-6-2024_nilza.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5134/pll_22_-_29-10-2024_wandi.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5155/pll_23_-_8-11-2024_mesa.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5174/pll_24_-_22-11-2024_mesa.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/2920/pll_1_-_23-1-2023_wandi.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/2924/pll_2_-_30-1-2023_alexandre.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/2948/pll_3_-_9-2-2023_mesa.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/2994/pll_4_-_16-3-2023_maria_vicentina.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3017/pll_5-_9-2-2023_mesa.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3052/pll_6_-_12-4-2023_maria_vicentina.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3057/pll_7_-_13-4-2023_valdinei.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3070/pll_8_-_18-4-2023_mesa.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3085/projeto_lei_9_2023l.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3194/pll_10_-_21-6-2023_mauro.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3201/pll_11_-_29-6-2023_jose.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3221/pll_12_-_21-6-2023_alexandre.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3231/pll_13_-_18-7-2023_caio.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3241/pll_14_-_4-8-2023_caio.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3258/pll_15_-_18-8-2023_wandi.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3259/pll_16_-_18-8-2023_wandi.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3302/pll_17_-_19-9-2023_adilson-wandi.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3313/pll_18_-_20-9-2023_nelson.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3314/pll_19_-_26-9-2023_mesa.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3836/pll_20_-_3-10-2023_nilza.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/4328/pll_21_-_30-11-2023_valdinei.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/4459/pll_22_-_8-12-2023_wandi.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2445/pll_1_-_1-2-2022_mesa.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2448/pll_2_-_3-2-2022_mesa.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2492/pll_3_-_10-3-2022_caio.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2513/pll_4_-_15-3-2022_joacildo.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2520/pll_5_-_17-3-2022_valdinei.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2521/pll_6_-_17-3-2022_caio.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2522/pll_7_-_18-3-2022_adilsom.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2537/pll_8_-_24-3-2022_nilza.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2543/pll_9_-_29-3-2022_maria_vicentina.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2554/pll_10_-_4-4-2022_adilsom.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2594/pll_11-_25-4-2022_wandi.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2621/pll_12_-_5-5-2022_valdinei.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2624/pll_13_-_5-5-2022_alex.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2629/pll_14_-_11-5-2022_alexandre.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2642/pll_15_-_11-5-2022_nilza.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2661/pll_16_-_9-6-2022_alexandre.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2667/pll_17_-_13-6-2022_nilza.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2683/pll_18_-_23-6-2022_valdinei.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2714/pll_19_-_22-7-2022_joacildo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2744/pll_20_-_10-8-2022_adilsom.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2755/pll_21_-_18-8-2022_nilza.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2762/pll_22_-_26-8-2022_caio.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2813/pll_23_-_14-10-2022_caio.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1788/pll_1_-_5-1-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1816/pll_2_-_27-1-2021_maria_vicentina.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1847/pll_3_-_5-1-2021_nilza.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1863/pll_4_-_10-2-2021_adilsom.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1875/pll_5_-_12-2-2021_alexandre.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1911/pll_6_-_26-2-2021_alexandre.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1923/pll_7_-_3-3-2021_caio.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1994/pll_8_-_3-5-2021_maria_vicentina.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2013/pll_9_-_13-5-2021_alex2.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2023/pll_10_-_18_-_5-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2028/pll_11_-_24-5-2021_caio.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2030/pll_12-_26-5-2021_wandi.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2065/pll_13_-_16-6-2021_adilsom.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2076/pll_14_-_22-6-2021_caio.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2116/pll_15_-_6-7-2021_nilza.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2151/pll_16_-_9-8-2021_nilza.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2178/pll_17_-19-8-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2184/pll_18_-20-8-2021_wandi.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2200/pll__19_-_27-8-2021_mauro.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2211/pll_20_-_3-9-2021_adilsom.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2234/pll_21_-_16-9-2021_adilsom2.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2235/pll_22_-_16-9-2021_nelson2.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2236/pll_23_-_16-9-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2237/pll_24_-_16-9-2021_maria_vicentina.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2238/pll_25_-_16-9-2021_adilsom.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2239/pll_26_-_16-9-2021_adilsom.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2277/pll_27_-_24-9-2021_wandi.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2278/pll_28_-_24-9-2021_valdinei.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2279/pll_29_-_24-9-2021_valdinei.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2304/pll_30_-_14-10-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2305/pll_31_-_14-10-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2314/pll_32_-_20-10-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2317/pll_33_-_28-10-2021_wandi.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1445/projeto_de_lei_no_1_-_16-1-2020_alex.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1510/pll_02-20__mesa.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1545/projeto_lei_3_2020l.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1557/pll_4_-_22-4-2020_mesa.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1559/pll_5_-_29-4-2020_mesa.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1562/pll_6_-_7-5-2020_mesa.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1572/pll_7_-_29-5-2020_wagner.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1573/pll_8_-_9-6-2020_nelson.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1651/pll_9_-_28-8-2020_daniel.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1655/pll_10_-_2-9-2020_jose.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1657/pll_11_-_10-9-2020_jose.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1683/pll_12_-_22-9-2020_alex.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1691/pll_13_-_1o-10-2020_jose.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1705/pll_14_-_13-10-2020_nelson.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1733/pll_15_-_16-11-2020_nilza.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1742/pll_16_-_20-11-2020_marly.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1753/pll_17_-_30-11-2020_samuel.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1757/pll_18_-_4-12-2020_marly.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/481/pll_1_-_1-2-2019_mesa_L0EcpnJ.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/483/pll_2_-_1-2-2019_mesa_kVFdozx.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/518/pll_3_-_11-2-2019_daniel.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/964/pll_4_-_18-3-2019_mesa.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/982/pll_5_-_26-3-2019_alex.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1006/pll_6_-_2-4-2019_geraldo.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1098/pll_7_-_3-5-2019_nelson.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1110/pll_8_-_10-5-2019_nelson.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1207/pll_9_-_19-6-2019_mesa.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1228/pll_10_-_12-7-2019_mauro.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1240/pll_11_-_19-7-2019_benedito.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1277/pll_12_-_26-8-2019_mesa_IgkhiR6.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1296/pll_13_-_12-9-2019_alex.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1386/pll_14_-_31-10-2019_alex.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1387/pll_15_-_1-11-2019_mesa.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/122/projeto-de-lei-n-1-2018l.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/124/projeto-de-lei-n-2-2018l.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/130/projeto-de-lei-n-3-2018l.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/131/projeto-de-lei-n-4-2018l.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/175/pll-5-25-04-2018-mesa-.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/219/projetolei_6_2018l.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/306/pll_7_-_12-7-2018_geraldo.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/309/pll_8_-_24-7-2018_alex.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/356/pll_9_-_27-8-2018_wagner.odt" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3600/pll_01_-_07-02-2017_jorge.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3601/pll_02_-_08-02-2017_nelson.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3602/pll_03_-_14-02-2017_nelson.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3603/pll_05_-_28-04-2017_nilza.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3604/pll_06_-_06-06-2017_alex_-_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3605/pll_07_-_30-06-2017_nelson.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3606/pll_08_-_04-08-2017_mesa.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3607/pll_09_-_18-09-2017_mesa.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3608/pll_10_-_27-09-2017_nilza.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3609/pll_11_-_05-10-2017_mesa.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3610/pll_12_-_17-11-2017_mesa.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3611/pll_13_-_17-11-2017__mesa.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3612/pll_14_-_21-11-2017_benedito.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3613/pll_15_-_13-12-2017_daniel.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/3614/pl_01_-_26-02-2016_mesa.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/3615/pl_02_-_26-02-2016_mesa.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/3616/pl_03_-_11-03-2016_mesa.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/3617/pl_04_-_20-04-2016_nelson.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/4618/pl_01_-_24-02-2015_geraldo_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/4624/pl_06_-_09-03-2015_marcos.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/4625/pl_08_-_02-04-2015_mesa.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/4626/pl_10_-_08-07-2015_geraldo.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/4627/pl_13_-_28-08-2015_adilson.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/4628/pl_14_-_28-08-2015_adilson.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4652/pl_12_-_20-10-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/4676/pl_07_-_08-04-2013_geraldo.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/4677/pl_08_-_12-06-2013_nilza.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/4678/pl_09_-_05-08-2013_nilza.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/4679/pl_13_-_26-08-2013_nelson.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/4680/pl_17_-_10-10-2013_nilza.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2012/4682/pl_07_-_26-03-2012_adilson.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4683/pl_07_-_02-05-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4684/pl_08_-_24-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4685/pl_10_-_04-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4686/pl_19_-_23-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/4687/pl_05_-_06-05-2009_adilson.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/4688/pl_15_-_05-08-2009_adilson.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/4689/pl_16_-_05-08-2009_adilson.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/4690/pl_21_-_26-08-2009_adilson.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/4691/pl_24_-_16-09-2009_adilson.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/4692/pl_42_-_29-10-2009_adilson.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/4693/pl_46_-_11-11-2009_adilson.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5876/pll_1_-_26-1-2026_lukas.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5893/pll_2_13_2_2026_isidoro_.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5892/pll_3_-_5-2-2026_jeferson.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5919/pll_4_-_11-2-2026_mesa.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5932/pll_5_-_27-2-2026_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5995/pll_6_-_23-3-2026_lucelino.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5243/pll_1_-_31-01-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5264/pll_2_-_05-02-2025_mesa.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5335/pll_3_-_26-2-2025_mesa.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5386/pll_4_-_07-03-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5374/pll_5_-18-03-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5376/pll_6_-19-03-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5381/pll_7_-19-03-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5377/pll_8_-19-03-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5379/pll_9_-_20-03-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5382/pll_10-_20-03-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5396/pll_11-_28-03-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5412/pll_12-_9-4-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5461/pll_13_-_15-5-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5497/pll_14_-_11-6-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5584/pll_15_-7-8-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5628/pll_16_-_26-8-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5642/pll_17_-_3-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5643/pll_18-_3-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5644/pll_19-_3-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5668/pll_20-_9-9-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5714/pll_21_-_24-9-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5724/pll_22_-_26-9-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5726/pll_23_-_29-9-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5757/pll_24_-_10-10-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5769/pll_25_-_16-10-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5776/pll_-_26_-_20-10-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5786/pll_27_-_24-10-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5787/pll_28_-_24-10-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5789/pll_29_-_30-10-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5790/pll_30_-_30-10-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5795/pll_31_-_31-10-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5843/pll_32_-_28-11-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5855/pll_33_-_5-12-2025_mesa.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5854/pll_34_-_5-12-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4736/pll_1_-_04-01-2024_joacildo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4759/pll_2_-_23-1-2024_mauro.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4760/pll_3_-_23-1-2024_mauro.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4761/pll_4_-_23-1-2024_mauro.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4765/pll_05_-1o-2-_2024_mesa.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4780/pll_6_-_16-2-2024_mauro.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4793/pll_7_-_26-2-2024_joacildo_assinado.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4810/pll_8_-_5-3-2024_maria_vicentina.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4811/pll_9_-_5-3-2024_maria_vicentina.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4822/pll_10_-_8-3-2024_mesa_assinado.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4910/pll_11_-_12-4-2024_mauro.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4911/pll_12_-_12-4-2024_mauro.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4915/pll_13_-_19-4-2024_mauro.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4938/pll_14_-_8-5-2024_alexandre.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4949/pll_15_-_23-5-2024_nilza.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4954/pll_16_-_23-5-2024_nilza_assinado.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4962/pll_17_-_28-5-2024_valdinei.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/4963/pll_18_-_28-5-2024_joacildo_assinado.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5013/pll_19_-_27-6-2024_wandi.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5020/pll_21-_28-6-2024_nilza.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5134/pll_22_-_29-10-2024_wandi.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5155/pll_23_-_8-11-2024_mesa.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2024/5174/pll_24_-_22-11-2024_mesa.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/2920/pll_1_-_23-1-2023_wandi.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/2924/pll_2_-_30-1-2023_alexandre.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/2948/pll_3_-_9-2-2023_mesa.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/2994/pll_4_-_16-3-2023_maria_vicentina.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3017/pll_5-_9-2-2023_mesa.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3052/pll_6_-_12-4-2023_maria_vicentina.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3057/pll_7_-_13-4-2023_valdinei.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3070/pll_8_-_18-4-2023_mesa.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3085/projeto_lei_9_2023l.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3194/pll_10_-_21-6-2023_mauro.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3201/pll_11_-_29-6-2023_jose.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3221/pll_12_-_21-6-2023_alexandre.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3231/pll_13_-_18-7-2023_caio.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3241/pll_14_-_4-8-2023_caio.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3258/pll_15_-_18-8-2023_wandi.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3259/pll_16_-_18-8-2023_wandi.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3302/pll_17_-_19-9-2023_adilson-wandi.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3313/pll_18_-_20-9-2023_nelson.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3314/pll_19_-_26-9-2023_mesa.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/3836/pll_20_-_3-10-2023_nilza.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/4328/pll_21_-_30-11-2023_valdinei.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2023/4459/pll_22_-_8-12-2023_wandi.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2445/pll_1_-_1-2-2022_mesa.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2448/pll_2_-_3-2-2022_mesa.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2492/pll_3_-_10-3-2022_caio.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2513/pll_4_-_15-3-2022_joacildo.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2520/pll_5_-_17-3-2022_valdinei.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2521/pll_6_-_17-3-2022_caio.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2522/pll_7_-_18-3-2022_adilsom.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2537/pll_8_-_24-3-2022_nilza.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2543/pll_9_-_29-3-2022_maria_vicentina.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2554/pll_10_-_4-4-2022_adilsom.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2594/pll_11-_25-4-2022_wandi.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2621/pll_12_-_5-5-2022_valdinei.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2624/pll_13_-_5-5-2022_alex.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2629/pll_14_-_11-5-2022_alexandre.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2642/pll_15_-_11-5-2022_nilza.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2661/pll_16_-_9-6-2022_alexandre.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2667/pll_17_-_13-6-2022_nilza.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2683/pll_18_-_23-6-2022_valdinei.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2714/pll_19_-_22-7-2022_joacildo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2744/pll_20_-_10-8-2022_adilsom.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2755/pll_21_-_18-8-2022_nilza.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2762/pll_22_-_26-8-2022_caio.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2022/2813/pll_23_-_14-10-2022_caio.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1788/pll_1_-_5-1-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1816/pll_2_-_27-1-2021_maria_vicentina.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1847/pll_3_-_5-1-2021_nilza.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1863/pll_4_-_10-2-2021_adilsom.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1875/pll_5_-_12-2-2021_alexandre.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1911/pll_6_-_26-2-2021_alexandre.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1923/pll_7_-_3-3-2021_caio.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/1994/pll_8_-_3-5-2021_maria_vicentina.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2013/pll_9_-_13-5-2021_alex2.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2023/pll_10_-_18_-_5-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2028/pll_11_-_24-5-2021_caio.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2030/pll_12-_26-5-2021_wandi.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2065/pll_13_-_16-6-2021_adilsom.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2076/pll_14_-_22-6-2021_caio.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2116/pll_15_-_6-7-2021_nilza.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2151/pll_16_-_9-8-2021_nilza.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2178/pll_17_-19-8-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2184/pll_18_-20-8-2021_wandi.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2200/pll__19_-_27-8-2021_mauro.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2211/pll_20_-_3-9-2021_adilsom.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2234/pll_21_-_16-9-2021_adilsom2.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2235/pll_22_-_16-9-2021_nelson2.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2236/pll_23_-_16-9-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2237/pll_24_-_16-9-2021_maria_vicentina.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2238/pll_25_-_16-9-2021_adilsom.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2239/pll_26_-_16-9-2021_adilsom.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2277/pll_27_-_24-9-2021_wandi.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2278/pll_28_-_24-9-2021_valdinei.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2279/pll_29_-_24-9-2021_valdinei.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2304/pll_30_-_14-10-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2305/pll_31_-_14-10-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2314/pll_32_-_20-10-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2021/2317/pll_33_-_28-10-2021_wandi.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1445/projeto_de_lei_no_1_-_16-1-2020_alex.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1510/pll_02-20__mesa.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1545/projeto_lei_3_2020l.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1557/pll_4_-_22-4-2020_mesa.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1559/pll_5_-_29-4-2020_mesa.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1562/pll_6_-_7-5-2020_mesa.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1572/pll_7_-_29-5-2020_wagner.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1573/pll_8_-_9-6-2020_nelson.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1651/pll_9_-_28-8-2020_daniel.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1655/pll_10_-_2-9-2020_jose.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1657/pll_11_-_10-9-2020_jose.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1683/pll_12_-_22-9-2020_alex.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1691/pll_13_-_1o-10-2020_jose.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1705/pll_14_-_13-10-2020_nelson.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1733/pll_15_-_16-11-2020_nilza.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1742/pll_16_-_20-11-2020_marly.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1753/pll_17_-_30-11-2020_samuel.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2020/1757/pll_18_-_4-12-2020_marly.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/481/pll_1_-_1-2-2019_mesa_L0EcpnJ.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/483/pll_2_-_1-2-2019_mesa_kVFdozx.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/518/pll_3_-_11-2-2019_daniel.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/964/pll_4_-_18-3-2019_mesa.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/982/pll_5_-_26-3-2019_alex.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1006/pll_6_-_2-4-2019_geraldo.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1098/pll_7_-_3-5-2019_nelson.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1110/pll_8_-_10-5-2019_nelson.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1207/pll_9_-_19-6-2019_mesa.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1228/pll_10_-_12-7-2019_mauro.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1240/pll_11_-_19-7-2019_benedito.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1277/pll_12_-_26-8-2019_mesa_IgkhiR6.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1296/pll_13_-_12-9-2019_alex.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1386/pll_14_-_31-10-2019_alex.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2019/1387/pll_15_-_1-11-2019_mesa.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/122/projeto-de-lei-n-1-2018l.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/124/projeto-de-lei-n-2-2018l.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/130/projeto-de-lei-n-3-2018l.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/131/projeto-de-lei-n-4-2018l.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/175/pll-5-25-04-2018-mesa-.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/219/projetolei_6_2018l.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/306/pll_7_-_12-7-2018_geraldo.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/309/pll_8_-_24-7-2018_alex.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2018/356/pll_9_-_27-8-2018_wagner.odt" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3600/pll_01_-_07-02-2017_jorge.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3601/pll_02_-_08-02-2017_nelson.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3602/pll_03_-_14-02-2017_nelson.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3603/pll_05_-_28-04-2017_nilza.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3604/pll_06_-_06-06-2017_alex_-_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3605/pll_07_-_30-06-2017_nelson.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3606/pll_08_-_04-08-2017_mesa.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3607/pll_09_-_18-09-2017_mesa.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3608/pll_10_-_27-09-2017_nilza.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3609/pll_11_-_05-10-2017_mesa.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3610/pll_12_-_17-11-2017_mesa.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3611/pll_13_-_17-11-2017__mesa.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3612/pll_14_-_21-11-2017_benedito.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2017/3613/pll_15_-_13-12-2017_daniel.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/3614/pl_01_-_26-02-2016_mesa.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/3615/pl_02_-_26-02-2016_mesa.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/3616/pl_03_-_11-03-2016_mesa.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2016/3617/pl_04_-_20-04-2016_nelson.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/4618/pl_01_-_24-02-2015_geraldo_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/4624/pl_06_-_09-03-2015_marcos.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/4625/pl_08_-_02-04-2015_mesa.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/4626/pl_10_-_08-07-2015_geraldo.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/4627/pl_13_-_28-08-2015_adilson.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2015/4628/pl_14_-_28-08-2015_adilson.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4652/pl_12_-_20-10-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/4676/pl_07_-_08-04-2013_geraldo.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/4677/pl_08_-_12-06-2013_nilza.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/4678/pl_09_-_05-08-2013_nilza.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/4679/pl_13_-_26-08-2013_nelson.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2013/4680/pl_17_-_10-10-2013_nilza.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2012/4682/pl_07_-_26-03-2012_adilson.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4683/pl_07_-_02-05-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4684/pl_08_-_24-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4685/pl_10_-_04-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4686/pl_19_-_23-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/4687/pl_05_-_06-05-2009_adilson.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/4688/pl_15_-_05-08-2009_adilson.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/4689/pl_16_-_05-08-2009_adilson.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/4690/pl_21_-_26-08-2009_adilson.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/4691/pl_24_-_16-09-2009_adilson.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/4692/pl_42_-_29-10-2009_adilson.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2009/4693/pl_46_-_11-11-2009_adilson.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H224"/>
+  <dimension ref="A1:H230"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="78.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="111.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="110.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -2758,5777 +2824,5933 @@
       </c>
       <c r="G3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="H4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="H7" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B8" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="C8" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="H8" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B9" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="C9" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H9" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B10" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="C10" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G10" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="G10" s="1" t="s">
+      <c r="H10" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>52</v>
+      </c>
+      <c r="B11" t="s">
+        <v>42</v>
+      </c>
+      <c r="C11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
         <v>53</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="G11" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="D11" t="s">
-[...5 lines deleted...]
-      <c r="F11" t="s">
+      <c r="H11" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" t="s">
+        <v>42</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>57</v>
+      </c>
+      <c r="G12" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="B12" t="s">
-[...2 lines deleted...]
-      <c r="C12" t="s">
+      <c r="H12" t="s">
         <v>59</v>
-      </c>
-[...13 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>60</v>
+      </c>
+      <c r="B13" t="s">
+        <v>42</v>
+      </c>
+      <c r="C13" t="s">
+        <v>37</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="H13" t="s">
         <v>62</v>
-      </c>
-[...19 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>63</v>
+      </c>
+      <c r="B14" t="s">
+        <v>42</v>
+      </c>
+      <c r="C14" t="s">
+        <v>64</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>65</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H14" t="s">
         <v>67</v>
-      </c>
-[...19 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="B15" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="C15" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>12</v>
       </c>
       <c r="F15" t="s">
-        <v>69</v>
+        <v>43</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="H15" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>72</v>
+      </c>
+      <c r="B16" t="s">
+        <v>42</v>
+      </c>
+      <c r="C16" t="s">
+        <v>73</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>74</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="H16" t="s">
         <v>76</v>
-      </c>
-[...19 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>77</v>
+      </c>
+      <c r="B17" t="s">
+        <v>42</v>
+      </c>
+      <c r="C17" t="s">
+        <v>78</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>79</v>
+      </c>
+      <c r="G17" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="B17" t="s">
-[...2 lines deleted...]
-      <c r="C17" t="s">
+      <c r="H17" t="s">
         <v>81</v>
-      </c>
-[...13 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>82</v>
+      </c>
+      <c r="B18" t="s">
+        <v>42</v>
+      </c>
+      <c r="C18" t="s">
+        <v>83</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" t="s">
+        <v>53</v>
+      </c>
+      <c r="G18" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="B18" t="s">
-[...2 lines deleted...]
-      <c r="C18" t="s">
+      <c r="H18" t="s">
         <v>85</v>
-      </c>
-[...13 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>86</v>
+      </c>
+      <c r="B19" t="s">
+        <v>42</v>
+      </c>
+      <c r="C19" t="s">
+        <v>87</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G19" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="B19" t="s">
-[...2 lines deleted...]
-      <c r="C19" t="s">
+      <c r="H19" t="s">
         <v>89</v>
-      </c>
-[...13 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>90</v>
+      </c>
+      <c r="B20" t="s">
+        <v>42</v>
+      </c>
+      <c r="C20" t="s">
+        <v>91</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
         <v>92</v>
       </c>
-      <c r="B20" t="s">
-[...2 lines deleted...]
-      <c r="C20" t="s">
+      <c r="G20" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="D20" t="s">
-[...8 lines deleted...]
-      <c r="G20" s="1" t="s">
+      <c r="H20" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>95</v>
+      </c>
+      <c r="B21" t="s">
+        <v>42</v>
+      </c>
+      <c r="C21" t="s">
         <v>96</v>
       </c>
-      <c r="B21" t="s">
-[...2 lines deleted...]
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" t="s">
+        <v>92</v>
+      </c>
+      <c r="G21" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="D21" t="s">
-[...5 lines deleted...]
-      <c r="F21" t="s">
+      <c r="H21" t="s">
         <v>98</v>
-      </c>
-[...4 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>99</v>
+      </c>
+      <c r="B22" t="s">
+        <v>42</v>
+      </c>
+      <c r="C22" t="s">
+        <v>100</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>79</v>
+      </c>
+      <c r="G22" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="B22" t="s">
-[...2 lines deleted...]
-      <c r="C22" t="s">
+      <c r="H22" t="s">
         <v>102</v>
-      </c>
-[...13 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>103</v>
+      </c>
+      <c r="B23" t="s">
+        <v>42</v>
+      </c>
+      <c r="C23" t="s">
+        <v>104</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>74</v>
+      </c>
+      <c r="G23" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="B23" t="s">
-[...2 lines deleted...]
-      <c r="C23" t="s">
+      <c r="H23" t="s">
         <v>106</v>
-      </c>
-[...13 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>107</v>
+      </c>
+      <c r="B24" t="s">
+        <v>42</v>
+      </c>
+      <c r="C24" t="s">
+        <v>108</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>43</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="H24" t="s">
         <v>110</v>
-      </c>
-[...19 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>111</v>
+      </c>
+      <c r="B25" t="s">
+        <v>42</v>
+      </c>
+      <c r="C25" t="s">
+        <v>112</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" t="s">
+        <v>43</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="H25" t="s">
         <v>114</v>
-      </c>
-[...19 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>115</v>
+      </c>
+      <c r="B26" t="s">
+        <v>42</v>
+      </c>
+      <c r="C26" t="s">
+        <v>116</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>12</v>
+      </c>
+      <c r="F26" t="s">
+        <v>43</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="H26" t="s">
         <v>118</v>
-      </c>
-[...19 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>119</v>
+      </c>
+      <c r="B27" t="s">
+        <v>42</v>
+      </c>
+      <c r="C27" t="s">
+        <v>120</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>12</v>
+      </c>
+      <c r="F27" t="s">
+        <v>23</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="H27" t="s">
         <v>122</v>
-      </c>
-[...19 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>123</v>
+      </c>
+      <c r="B28" t="s">
+        <v>42</v>
+      </c>
+      <c r="C28" t="s">
+        <v>124</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" t="s">
+        <v>74</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="H28" t="s">
         <v>126</v>
-      </c>
-[...19 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>127</v>
+      </c>
+      <c r="B29" t="s">
+        <v>42</v>
+      </c>
+      <c r="C29" t="s">
+        <v>128</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" t="s">
+        <v>129</v>
+      </c>
+      <c r="G29" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="B29" t="s">
-[...2 lines deleted...]
-      <c r="C29" t="s">
+      <c r="H29" t="s">
         <v>131</v>
-      </c>
-[...13 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
+        <v>132</v>
+      </c>
+      <c r="B30" t="s">
+        <v>42</v>
+      </c>
+      <c r="C30" t="s">
+        <v>133</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>23</v>
+      </c>
+      <c r="G30" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="B30" t="s">
-[...2 lines deleted...]
-      <c r="C30" t="s">
+      <c r="H30" t="s">
         <v>135</v>
-      </c>
-[...13 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>136</v>
+      </c>
+      <c r="B31" t="s">
+        <v>42</v>
+      </c>
+      <c r="C31" t="s">
+        <v>137</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>53</v>
+      </c>
+      <c r="G31" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="B31" t="s">
-[...2 lines deleted...]
-      <c r="C31" t="s">
+      <c r="H31" t="s">
         <v>139</v>
-      </c>
-[...13 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>140</v>
+      </c>
+      <c r="B32" t="s">
+        <v>42</v>
+      </c>
+      <c r="C32" t="s">
+        <v>141</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>74</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="H32" t="s">
         <v>143</v>
-      </c>
-[...19 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>144</v>
+      </c>
+      <c r="B33" t="s">
+        <v>42</v>
+      </c>
+      <c r="C33" t="s">
+        <v>145</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>43</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="H33" t="s">
         <v>147</v>
-      </c>
-[...19 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>148</v>
+      </c>
+      <c r="B34" t="s">
+        <v>42</v>
+      </c>
+      <c r="C34" t="s">
+        <v>149</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>53</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="H34" t="s">
         <v>151</v>
-      </c>
-[...19 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>152</v>
+      </c>
+      <c r="B35" t="s">
+        <v>42</v>
+      </c>
+      <c r="C35" t="s">
+        <v>153</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" t="s">
+        <v>53</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="H35" t="s">
         <v>155</v>
-      </c>
-[...19 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>156</v>
+      </c>
+      <c r="B36" t="s">
+        <v>42</v>
+      </c>
+      <c r="C36" t="s">
+        <v>157</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" t="s">
+        <v>18</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="H36" t="s">
         <v>159</v>
-      </c>
-[...19 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>160</v>
+      </c>
+      <c r="B37" t="s">
+        <v>42</v>
+      </c>
+      <c r="C37" t="s">
+        <v>161</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>12</v>
+      </c>
+      <c r="F37" t="s">
+        <v>162</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="H37" t="s">
         <v>164</v>
-      </c>
-[...19 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>165</v>
+      </c>
+      <c r="B38" t="s">
+        <v>42</v>
+      </c>
+      <c r="C38" t="s">
+        <v>166</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>12</v>
+      </c>
+      <c r="F38" t="s">
+        <v>23</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="H38" t="s">
         <v>168</v>
-      </c>
-[...19 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>169</v>
+      </c>
+      <c r="B39" t="s">
+        <v>42</v>
+      </c>
+      <c r="C39" t="s">
+        <v>170</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" t="s">
+        <v>53</v>
+      </c>
+      <c r="G39" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="B39" t="s">
-[...14 lines deleted...]
-      <c r="G39" s="1" t="s">
+      <c r="H39" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>173</v>
+      </c>
+      <c r="B40" t="s">
+        <v>42</v>
+      </c>
+      <c r="C40" t="s">
         <v>174</v>
       </c>
-      <c r="B40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
         <v>12</v>
       </c>
       <c r="F40" t="s">
+        <v>28</v>
+      </c>
+      <c r="G40" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="G40" s="1" t="s">
+      <c r="H40" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
+        <v>177</v>
+      </c>
+      <c r="B41" t="s">
+        <v>42</v>
+      </c>
+      <c r="C41" t="s">
         <v>178</v>
       </c>
-      <c r="B41" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
         <v>12</v>
       </c>
       <c r="F41" t="s">
-        <v>165</v>
+        <v>53</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>179</v>
       </c>
       <c r="H41" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>181</v>
       </c>
       <c r="B42" t="s">
-        <v>160</v>
+        <v>182</v>
       </c>
       <c r="C42" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
         <v>12</v>
       </c>
       <c r="F42" t="s">
-        <v>161</v>
+        <v>183</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="H42" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B43" t="s">
-        <v>160</v>
+        <v>182</v>
       </c>
       <c r="C43" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
         <v>12</v>
       </c>
       <c r="F43" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="H43" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B44" t="s">
-        <v>160</v>
+        <v>182</v>
       </c>
       <c r="C44" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
         <v>12</v>
       </c>
       <c r="F44" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="H44" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B45" t="s">
-        <v>160</v>
+        <v>182</v>
       </c>
       <c r="C45" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
         <v>12</v>
       </c>
       <c r="F45" t="s">
-        <v>175</v>
+        <v>187</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="H45" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B46" t="s">
-        <v>160</v>
+        <v>182</v>
       </c>
       <c r="C46" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
         <v>12</v>
       </c>
       <c r="F46" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="H46" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="B47" t="s">
-        <v>160</v>
+        <v>182</v>
       </c>
       <c r="C47" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
         <v>12</v>
       </c>
       <c r="F47" t="s">
-        <v>165</v>
+        <v>187</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="H47" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="B48" t="s">
-        <v>160</v>
+        <v>182</v>
       </c>
       <c r="C48" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
         <v>12</v>
       </c>
       <c r="F48" t="s">
-        <v>165</v>
+        <v>183</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="H48" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B49" t="s">
-        <v>160</v>
+        <v>182</v>
       </c>
       <c r="C49" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
         <v>12</v>
       </c>
       <c r="F49" t="s">
-        <v>55</v>
+        <v>207</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="H49" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="B50" t="s">
-        <v>160</v>
+        <v>182</v>
       </c>
       <c r="C50" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
         <v>12</v>
       </c>
       <c r="F50" t="s">
-        <v>32</v>
+        <v>207</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="H50" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B51" t="s">
-        <v>160</v>
+        <v>182</v>
       </c>
       <c r="C51" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
         <v>12</v>
       </c>
       <c r="F51" t="s">
-        <v>32</v>
+        <v>197</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="H51" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B52" t="s">
-        <v>160</v>
+        <v>182</v>
       </c>
       <c r="C52" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
         <v>12</v>
       </c>
       <c r="F52" t="s">
-        <v>213</v>
+        <v>187</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="H52" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="B53" t="s">
-        <v>160</v>
+        <v>182</v>
       </c>
       <c r="C53" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
         <v>12</v>
       </c>
       <c r="F53" t="s">
-        <v>161</v>
+        <v>187</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="H53" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B54" t="s">
-        <v>160</v>
+        <v>182</v>
       </c>
       <c r="C54" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
         <v>12</v>
       </c>
       <c r="F54" t="s">
-        <v>13</v>
+        <v>187</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="H54" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="B55" t="s">
-        <v>160</v>
+        <v>182</v>
       </c>
       <c r="C55" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
         <v>12</v>
       </c>
       <c r="F55" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="H55" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="B56" t="s">
-        <v>160</v>
+        <v>182</v>
       </c>
       <c r="C56" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
         <v>12</v>
       </c>
       <c r="F56" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="H56" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="B57" t="s">
-        <v>160</v>
+        <v>182</v>
       </c>
       <c r="C57" t="s">
-        <v>111</v>
+        <v>104</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
         <v>12</v>
       </c>
       <c r="F57" t="s">
-        <v>175</v>
+        <v>57</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="H57" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="B58" t="s">
-        <v>160</v>
+        <v>182</v>
       </c>
       <c r="C58" t="s">
-        <v>115</v>
+        <v>108</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
         <v>12</v>
       </c>
       <c r="F58" t="s">
-        <v>175</v>
+        <v>235</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="H58" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="B59" t="s">
-        <v>235</v>
+        <v>182</v>
       </c>
       <c r="C59" t="s">
-        <v>10</v>
+        <v>112</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
         <v>12</v>
       </c>
       <c r="F59" t="s">
-        <v>13</v>
+        <v>183</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="H59" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="B60" t="s">
-        <v>235</v>
+        <v>182</v>
       </c>
       <c r="C60" t="s">
-        <v>17</v>
+        <v>116</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
         <v>12</v>
       </c>
       <c r="F60" t="s">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="H60" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="B61" t="s">
-        <v>235</v>
+        <v>182</v>
       </c>
       <c r="C61" t="s">
-        <v>22</v>
+        <v>124</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
         <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>175</v>
+        <v>57</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="H61" t="s">
-        <v>20</v>
+        <v>246</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="B62" t="s">
-        <v>235</v>
+        <v>182</v>
       </c>
       <c r="C62" t="s">
-        <v>26</v>
+        <v>128</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
         <v>12</v>
       </c>
       <c r="F62" t="s">
-        <v>185</v>
+        <v>43</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="H62" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="B63" t="s">
-        <v>235</v>
+        <v>182</v>
       </c>
       <c r="C63" t="s">
-        <v>31</v>
+        <v>133</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
         <v>12</v>
       </c>
       <c r="F63" t="s">
-        <v>175</v>
+        <v>197</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="H63" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="B64" t="s">
-        <v>235</v>
+        <v>182</v>
       </c>
       <c r="C64" t="s">
-        <v>36</v>
+        <v>137</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
         <v>12</v>
       </c>
       <c r="F64" t="s">
-        <v>185</v>
+        <v>197</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="H64" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="B65" t="s">
-        <v>235</v>
+        <v>257</v>
       </c>
       <c r="C65" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
         <v>12</v>
       </c>
       <c r="F65" t="s">
-        <v>213</v>
+        <v>43</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="H65" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="B66" t="s">
-        <v>235</v>
+        <v>257</v>
       </c>
       <c r="C66" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
         <v>12</v>
       </c>
       <c r="F66" t="s">
-        <v>175</v>
+        <v>79</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="H66" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="B67" t="s">
-        <v>235</v>
+        <v>257</v>
       </c>
       <c r="C67" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
         <v>12</v>
       </c>
       <c r="F67" t="s">
-        <v>27</v>
+        <v>197</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="H67" t="s">
-        <v>260</v>
+        <v>48</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="B68" t="s">
-        <v>235</v>
+        <v>257</v>
       </c>
       <c r="C68" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
         <v>12</v>
       </c>
       <c r="F68" t="s">
-        <v>165</v>
+        <v>207</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="H68" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B69" t="s">
-        <v>235</v>
+        <v>257</v>
       </c>
       <c r="C69" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
         <v>12</v>
       </c>
       <c r="F69" t="s">
-        <v>69</v>
+        <v>197</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="H69" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="B70" t="s">
-        <v>235</v>
+        <v>257</v>
       </c>
       <c r="C70" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
         <v>12</v>
       </c>
       <c r="F70" t="s">
-        <v>55</v>
+        <v>207</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="H70" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="B71" t="s">
+        <v>257</v>
+      </c>
+      <c r="C71" t="s">
+        <v>64</v>
+      </c>
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>12</v>
+      </c>
+      <c r="F71" t="s">
         <v>235</v>
       </c>
-      <c r="C71" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G71" s="1" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="H71" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="B72" t="s">
-        <v>235</v>
+        <v>257</v>
       </c>
       <c r="C72" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
         <v>12</v>
       </c>
       <c r="F72" t="s">
-        <v>27</v>
+        <v>197</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="H72" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="B73" t="s">
-        <v>235</v>
+        <v>257</v>
       </c>
       <c r="C73" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
         <v>12</v>
       </c>
       <c r="F73" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="H73" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="B74" t="s">
-        <v>235</v>
+        <v>257</v>
       </c>
       <c r="C74" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
         <v>12</v>
       </c>
       <c r="F74" t="s">
-        <v>13</v>
+        <v>187</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="H74" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="B75" t="s">
-        <v>235</v>
+        <v>257</v>
       </c>
       <c r="C75" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
         <v>12</v>
       </c>
       <c r="F75" t="s">
-        <v>283</v>
+        <v>92</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="H75" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="B76" t="s">
-        <v>235</v>
+        <v>257</v>
       </c>
       <c r="C76" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76" t="s">
         <v>12</v>
       </c>
       <c r="F76" t="s">
-        <v>287</v>
+        <v>79</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="H76" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="B77" t="s">
-        <v>235</v>
+        <v>257</v>
       </c>
       <c r="C77" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
         <v>12</v>
       </c>
       <c r="F77" t="s">
-        <v>175</v>
+        <v>53</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="H77" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="B78" t="s">
-        <v>235</v>
+        <v>257</v>
       </c>
       <c r="C78" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
       <c r="E78" t="s">
         <v>12</v>
       </c>
       <c r="F78" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="H78" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="B79" t="s">
-        <v>235</v>
+        <v>257</v>
       </c>
       <c r="C79" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="D79" t="s">
         <v>11</v>
       </c>
       <c r="E79" t="s">
         <v>12</v>
       </c>
       <c r="F79" t="s">
-        <v>213</v>
+        <v>43</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="H79" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B80" t="s">
-        <v>235</v>
+        <v>257</v>
       </c>
       <c r="C80" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
       <c r="E80" t="s">
         <v>12</v>
       </c>
       <c r="F80" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="H80" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="B81" t="s">
-        <v>303</v>
+        <v>257</v>
       </c>
       <c r="C81" t="s">
-        <v>10</v>
+        <v>108</v>
       </c>
       <c r="D81" t="s">
         <v>11</v>
       </c>
       <c r="E81" t="s">
         <v>12</v>
       </c>
       <c r="F81" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="H81" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B82" t="s">
-        <v>303</v>
+        <v>257</v>
       </c>
       <c r="C82" t="s">
-        <v>17</v>
+        <v>112</v>
       </c>
       <c r="D82" t="s">
         <v>11</v>
       </c>
       <c r="E82" t="s">
         <v>12</v>
       </c>
       <c r="F82" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="H82" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="B83" t="s">
-        <v>303</v>
+        <v>257</v>
       </c>
       <c r="C83" t="s">
-        <v>22</v>
+        <v>116</v>
       </c>
       <c r="D83" t="s">
         <v>11</v>
       </c>
       <c r="E83" t="s">
         <v>12</v>
       </c>
       <c r="F83" t="s">
-        <v>27</v>
+        <v>197</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="H83" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="B84" t="s">
-        <v>303</v>
+        <v>257</v>
       </c>
       <c r="C84" t="s">
-        <v>26</v>
+        <v>120</v>
       </c>
       <c r="D84" t="s">
         <v>11</v>
       </c>
       <c r="E84" t="s">
         <v>12</v>
       </c>
       <c r="F84" t="s">
-        <v>161</v>
+        <v>57</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="H84" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="B85" t="s">
-        <v>303</v>
+        <v>257</v>
       </c>
       <c r="C85" t="s">
-        <v>31</v>
+        <v>124</v>
       </c>
       <c r="D85" t="s">
         <v>11</v>
       </c>
       <c r="E85" t="s">
         <v>12</v>
       </c>
       <c r="F85" t="s">
-        <v>213</v>
+        <v>235</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="H85" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B86" t="s">
-        <v>303</v>
+        <v>257</v>
       </c>
       <c r="C86" t="s">
-        <v>36</v>
+        <v>128</v>
       </c>
       <c r="D86" t="s">
         <v>11</v>
       </c>
       <c r="E86" t="s">
         <v>12</v>
       </c>
       <c r="F86" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="H86" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="B87" t="s">
-        <v>303</v>
+        <v>325</v>
       </c>
       <c r="C87" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="D87" t="s">
         <v>11</v>
       </c>
       <c r="E87" t="s">
         <v>12</v>
       </c>
       <c r="F87" t="s">
-        <v>50</v>
+        <v>326</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="H87" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
+        <v>329</v>
+      </c>
+      <c r="B88" t="s">
         <v>325</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="D88" t="s">
         <v>11</v>
       </c>
       <c r="E88" t="s">
         <v>12</v>
       </c>
       <c r="F88" t="s">
-        <v>32</v>
+        <v>326</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="H88" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="B89" t="s">
-        <v>303</v>
+        <v>325</v>
       </c>
       <c r="C89" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="D89" t="s">
         <v>11</v>
       </c>
       <c r="E89" t="s">
         <v>12</v>
       </c>
       <c r="F89" t="s">
-        <v>185</v>
+        <v>53</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="H89" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="B90" t="s">
-        <v>303</v>
+        <v>325</v>
       </c>
       <c r="C90" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="D90" t="s">
         <v>11</v>
       </c>
       <c r="E90" t="s">
         <v>12</v>
       </c>
       <c r="F90" t="s">
-        <v>50</v>
+        <v>183</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="H90" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="B91" t="s">
-        <v>303</v>
+        <v>325</v>
       </c>
       <c r="C91" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="D91" t="s">
         <v>11</v>
       </c>
       <c r="E91" t="s">
         <v>12</v>
       </c>
       <c r="F91" t="s">
-        <v>335</v>
+        <v>235</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="H91" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="B92" t="s">
-        <v>303</v>
+        <v>325</v>
       </c>
       <c r="C92" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
       <c r="E92" t="s">
         <v>12</v>
       </c>
       <c r="F92" t="s">
-        <v>213</v>
+        <v>53</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="H92" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B93" t="s">
-        <v>303</v>
+        <v>325</v>
       </c>
       <c r="C93" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D93" t="s">
         <v>11</v>
       </c>
       <c r="E93" t="s">
         <v>12</v>
       </c>
       <c r="F93" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="H93" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="B94" t="s">
-        <v>303</v>
+        <v>325</v>
       </c>
       <c r="C94" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
       <c r="E94" t="s">
         <v>12</v>
       </c>
       <c r="F94" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="H94" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="B95" t="s">
-        <v>303</v>
+        <v>325</v>
       </c>
       <c r="C95" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="D95" t="s">
         <v>11</v>
       </c>
       <c r="E95" t="s">
         <v>12</v>
       </c>
       <c r="F95" t="s">
-        <v>32</v>
+        <v>207</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="H95" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="B96" t="s">
-        <v>303</v>
+        <v>325</v>
       </c>
       <c r="C96" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="D96" t="s">
         <v>11</v>
       </c>
       <c r="E96" t="s">
         <v>12</v>
       </c>
       <c r="F96" t="s">
-        <v>55</v>
+        <v>74</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="H96" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="B97" t="s">
-        <v>303</v>
+        <v>325</v>
       </c>
       <c r="C97" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="D97" t="s">
         <v>11</v>
       </c>
       <c r="E97" t="s">
         <v>12</v>
       </c>
       <c r="F97" t="s">
-        <v>32</v>
+        <v>357</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="H97" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="B98" t="s">
-        <v>303</v>
+        <v>325</v>
       </c>
       <c r="C98" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D98" t="s">
         <v>11</v>
       </c>
       <c r="E98" t="s">
         <v>12</v>
       </c>
       <c r="F98" t="s">
-        <v>213</v>
+        <v>235</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="H98" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="B99" t="s">
-        <v>303</v>
+        <v>325</v>
       </c>
       <c r="C99" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="D99" t="s">
         <v>11</v>
       </c>
       <c r="E99" t="s">
         <v>12</v>
       </c>
       <c r="F99" t="s">
-        <v>161</v>
+        <v>65</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="H99" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="B100" t="s">
-        <v>303</v>
+        <v>325</v>
       </c>
       <c r="C100" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="D100" t="s">
         <v>11</v>
       </c>
       <c r="E100" t="s">
         <v>12</v>
       </c>
       <c r="F100" t="s">
-        <v>50</v>
+        <v>79</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="H100" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B101" t="s">
-        <v>303</v>
+        <v>325</v>
       </c>
       <c r="C101" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="D101" t="s">
         <v>11</v>
       </c>
       <c r="E101" t="s">
         <v>12</v>
       </c>
       <c r="F101" t="s">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="H101" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="B102" t="s">
-        <v>303</v>
+        <v>325</v>
       </c>
       <c r="C102" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D102" t="s">
         <v>11</v>
       </c>
       <c r="E102" t="s">
         <v>12</v>
       </c>
       <c r="F102" t="s">
-        <v>27</v>
+        <v>79</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="H102" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="B103" t="s">
-        <v>303</v>
+        <v>325</v>
       </c>
       <c r="C103" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D103" t="s">
         <v>11</v>
       </c>
       <c r="E103" t="s">
         <v>12</v>
       </c>
       <c r="F103" t="s">
-        <v>27</v>
+        <v>57</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="H103" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="B104" t="s">
-        <v>375</v>
+        <v>325</v>
       </c>
       <c r="C104" t="s">
-        <v>10</v>
+        <v>112</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
       <c r="E104" t="s">
         <v>12</v>
       </c>
       <c r="F104" t="s">
-        <v>41</v>
+        <v>235</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="H104" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="B105" t="s">
-        <v>375</v>
+        <v>325</v>
       </c>
       <c r="C105" t="s">
-        <v>17</v>
+        <v>116</v>
       </c>
       <c r="D105" t="s">
         <v>11</v>
       </c>
       <c r="E105" t="s">
         <v>12</v>
       </c>
       <c r="F105" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="H105" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="B106" t="s">
-        <v>375</v>
+        <v>325</v>
       </c>
       <c r="C106" t="s">
-        <v>22</v>
+        <v>120</v>
       </c>
       <c r="D106" t="s">
         <v>11</v>
       </c>
       <c r="E106" t="s">
         <v>12</v>
       </c>
       <c r="F106" t="s">
-        <v>32</v>
+        <v>74</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="H106" t="s">
-        <v>327</v>
+        <v>386</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="B107" t="s">
-        <v>375</v>
+        <v>325</v>
       </c>
       <c r="C107" t="s">
-        <v>26</v>
+        <v>124</v>
       </c>
       <c r="D107" t="s">
         <v>11</v>
       </c>
       <c r="E107" t="s">
         <v>12</v>
       </c>
       <c r="F107" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="H107" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="B108" t="s">
-        <v>375</v>
+        <v>325</v>
       </c>
       <c r="C108" t="s">
-        <v>31</v>
+        <v>128</v>
       </c>
       <c r="D108" t="s">
         <v>11</v>
       </c>
       <c r="E108" t="s">
         <v>12</v>
       </c>
       <c r="F108" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="H108" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="B109" t="s">
-        <v>375</v>
+        <v>325</v>
       </c>
       <c r="C109" t="s">
-        <v>36</v>
+        <v>133</v>
       </c>
       <c r="D109" t="s">
         <v>11</v>
       </c>
       <c r="E109" t="s">
         <v>12</v>
       </c>
       <c r="F109" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="H109" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="B110" t="s">
-        <v>375</v>
+        <v>397</v>
       </c>
       <c r="C110" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="D110" t="s">
         <v>11</v>
       </c>
       <c r="E110" t="s">
         <v>12</v>
       </c>
       <c r="F110" t="s">
-        <v>27</v>
+        <v>65</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="H110" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="B111" t="s">
-        <v>375</v>
+        <v>397</v>
       </c>
       <c r="C111" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="D111" t="s">
         <v>11</v>
       </c>
       <c r="E111" t="s">
         <v>12</v>
       </c>
       <c r="F111" t="s">
-        <v>185</v>
+        <v>207</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="H111" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="B112" t="s">
-        <v>375</v>
+        <v>397</v>
       </c>
       <c r="C112" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="D112" t="s">
         <v>11</v>
       </c>
       <c r="E112" t="s">
         <v>12</v>
       </c>
       <c r="F112" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="H112" t="s">
-        <v>400</v>
+        <v>349</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>235</v>
+        <v>405</v>
       </c>
       <c r="B113" t="s">
-        <v>375</v>
+        <v>397</v>
       </c>
       <c r="C113" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="D113" t="s">
         <v>11</v>
       </c>
       <c r="E113" t="s">
         <v>12</v>
       </c>
       <c r="F113" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="H113" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B114" t="s">
-        <v>375</v>
+        <v>397</v>
       </c>
       <c r="C114" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="D114" t="s">
         <v>11</v>
       </c>
       <c r="E114" t="s">
         <v>12</v>
       </c>
       <c r="F114" t="s">
-        <v>27</v>
+        <v>79</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="H114" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="B115" t="s">
-        <v>375</v>
+        <v>397</v>
       </c>
       <c r="C115" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="D115" t="s">
         <v>11</v>
       </c>
       <c r="E115" t="s">
         <v>12</v>
       </c>
       <c r="F115" t="s">
-        <v>13</v>
+        <v>79</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="H115" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="B116" t="s">
-        <v>375</v>
+        <v>397</v>
       </c>
       <c r="C116" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D116" t="s">
         <v>11</v>
       </c>
       <c r="E116" t="s">
         <v>12</v>
       </c>
       <c r="F116" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="H116" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="B117" t="s">
-        <v>375</v>
+        <v>397</v>
       </c>
       <c r="C117" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D117" t="s">
         <v>11</v>
       </c>
       <c r="E117" t="s">
         <v>12</v>
       </c>
       <c r="F117" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="H117" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="B118" t="s">
-        <v>375</v>
+        <v>397</v>
       </c>
       <c r="C118" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="D118" t="s">
         <v>11</v>
       </c>
       <c r="E118" t="s">
         <v>12</v>
       </c>
       <c r="F118" t="s">
-        <v>32</v>
+        <v>65</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="H118" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>418</v>
+        <v>257</v>
       </c>
       <c r="B119" t="s">
-        <v>375</v>
+        <v>397</v>
       </c>
       <c r="C119" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="D119" t="s">
         <v>11</v>
       </c>
       <c r="E119" t="s">
         <v>12</v>
       </c>
       <c r="F119" t="s">
-        <v>32</v>
+        <v>65</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="H119" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="B120" t="s">
-        <v>375</v>
+        <v>397</v>
       </c>
       <c r="C120" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="D120" t="s">
         <v>11</v>
       </c>
       <c r="E120" t="s">
         <v>12</v>
       </c>
       <c r="F120" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="H120" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="B121" t="s">
-        <v>375</v>
+        <v>397</v>
       </c>
       <c r="C121" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D121" t="s">
         <v>11</v>
       </c>
       <c r="E121" t="s">
         <v>12</v>
       </c>
       <c r="F121" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="H121" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="B122" t="s">
-        <v>375</v>
+        <v>397</v>
       </c>
       <c r="C122" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="D122" t="s">
         <v>11</v>
       </c>
       <c r="E122" t="s">
         <v>12</v>
       </c>
       <c r="F122" t="s">
-        <v>165</v>
+        <v>74</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="H122" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="B123" t="s">
-        <v>375</v>
+        <v>397</v>
       </c>
       <c r="C123" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="D123" t="s">
         <v>11</v>
       </c>
       <c r="E123" t="s">
         <v>12</v>
       </c>
       <c r="F123" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="H123" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="B124" t="s">
-        <v>375</v>
+        <v>397</v>
       </c>
       <c r="C124" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="D124" t="s">
         <v>11</v>
       </c>
       <c r="E124" t="s">
         <v>12</v>
       </c>
       <c r="F124" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="H124" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="B125" t="s">
-        <v>375</v>
+        <v>397</v>
       </c>
       <c r="C125" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D125" t="s">
         <v>11</v>
       </c>
       <c r="E125" t="s">
         <v>12</v>
       </c>
       <c r="F125" t="s">
-        <v>287</v>
+        <v>57</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="H125" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="B126" t="s">
-        <v>375</v>
+        <v>397</v>
       </c>
       <c r="C126" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D126" t="s">
         <v>11</v>
       </c>
       <c r="E126" t="s">
         <v>12</v>
       </c>
       <c r="F126" t="s">
-        <v>41</v>
+        <v>65</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="H126" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="B127" t="s">
-        <v>375</v>
+        <v>397</v>
       </c>
       <c r="C127" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D127" t="s">
         <v>11</v>
       </c>
       <c r="E127" t="s">
         <v>12</v>
       </c>
       <c r="F127" t="s">
-        <v>185</v>
+        <v>43</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="H127" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="B128" t="s">
-        <v>375</v>
+        <v>397</v>
       </c>
       <c r="C128" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="D128" t="s">
         <v>11</v>
       </c>
       <c r="E128" t="s">
         <v>12</v>
       </c>
       <c r="F128" t="s">
-        <v>50</v>
+        <v>187</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="H128" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="B129" t="s">
-        <v>375</v>
+        <v>397</v>
       </c>
       <c r="C129" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="D129" t="s">
         <v>11</v>
       </c>
       <c r="E129" t="s">
         <v>12</v>
       </c>
       <c r="F129" t="s">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="H129" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B130" t="s">
-        <v>375</v>
+        <v>397</v>
       </c>
       <c r="C130" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="D130" t="s">
         <v>11</v>
       </c>
       <c r="E130" t="s">
         <v>12</v>
       </c>
       <c r="F130" t="s">
-        <v>13</v>
+        <v>74</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="H130" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="B131" t="s">
-        <v>375</v>
+        <v>397</v>
       </c>
       <c r="C131" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="D131" t="s">
         <v>11</v>
       </c>
       <c r="E131" t="s">
         <v>12</v>
       </c>
       <c r="F131" t="s">
-        <v>213</v>
+        <v>309</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="H131" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="B132" t="s">
-        <v>375</v>
+        <v>397</v>
       </c>
       <c r="C132" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="D132" t="s">
         <v>11</v>
       </c>
       <c r="E132" t="s">
         <v>12</v>
       </c>
       <c r="F132" t="s">
-        <v>213</v>
+        <v>65</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="H132" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="B133" t="s">
-        <v>375</v>
+        <v>397</v>
       </c>
       <c r="C133" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="D133" t="s">
         <v>11</v>
       </c>
       <c r="E133" t="s">
         <v>12</v>
       </c>
       <c r="F133" t="s">
-        <v>41</v>
+        <v>207</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="H133" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="B134" t="s">
-        <v>375</v>
+        <v>397</v>
       </c>
       <c r="C134" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="D134" t="s">
         <v>11</v>
       </c>
       <c r="E134" t="s">
         <v>12</v>
       </c>
       <c r="F134" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="H134" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="B135" t="s">
-        <v>375</v>
+        <v>397</v>
       </c>
       <c r="C135" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="D135" t="s">
         <v>11</v>
       </c>
       <c r="E135" t="s">
         <v>12</v>
       </c>
       <c r="F135" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="H135" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="B136" t="s">
-        <v>375</v>
+        <v>397</v>
       </c>
       <c r="C136" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="D136" t="s">
         <v>11</v>
       </c>
       <c r="E136" t="s">
         <v>12</v>
       </c>
       <c r="F136" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="H136" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="B137" t="s">
-        <v>473</v>
+        <v>397</v>
       </c>
       <c r="C137" t="s">
-        <v>10</v>
+        <v>153</v>
       </c>
       <c r="D137" t="s">
         <v>11</v>
       </c>
       <c r="E137" t="s">
         <v>12</v>
       </c>
       <c r="F137" t="s">
-        <v>41</v>
+        <v>235</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="H137" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B138" t="s">
-        <v>473</v>
+        <v>397</v>
       </c>
       <c r="C138" t="s">
-        <v>17</v>
+        <v>157</v>
       </c>
       <c r="D138" t="s">
         <v>11</v>
       </c>
       <c r="E138" t="s">
         <v>12</v>
       </c>
       <c r="F138" t="s">
-        <v>477</v>
+        <v>235</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="H138" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B139" t="s">
-        <v>473</v>
+        <v>397</v>
       </c>
       <c r="C139" t="s">
-        <v>22</v>
+        <v>161</v>
       </c>
       <c r="D139" t="s">
         <v>11</v>
       </c>
       <c r="E139" t="s">
         <v>12</v>
       </c>
       <c r="F139" t="s">
-        <v>481</v>
+        <v>65</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="H139" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B140" t="s">
-        <v>473</v>
+        <v>397</v>
       </c>
       <c r="C140" t="s">
-        <v>26</v>
+        <v>166</v>
       </c>
       <c r="D140" t="s">
         <v>11</v>
       </c>
       <c r="E140" t="s">
         <v>12</v>
       </c>
       <c r="F140" t="s">
-        <v>477</v>
+        <v>65</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="H140" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B141" t="s">
-        <v>473</v>
+        <v>397</v>
       </c>
       <c r="C141" t="s">
-        <v>31</v>
+        <v>170</v>
       </c>
       <c r="D141" t="s">
         <v>11</v>
       </c>
       <c r="E141" t="s">
         <v>12</v>
       </c>
       <c r="F141" t="s">
-        <v>477</v>
+        <v>65</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="H141" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="B142" t="s">
-        <v>473</v>
+        <v>397</v>
       </c>
       <c r="C142" t="s">
-        <v>36</v>
+        <v>174</v>
       </c>
       <c r="D142" t="s">
         <v>11</v>
       </c>
       <c r="E142" t="s">
         <v>12</v>
       </c>
       <c r="F142" t="s">
-        <v>477</v>
+        <v>43</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="H142" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B143" t="s">
-        <v>473</v>
+        <v>495</v>
       </c>
       <c r="C143" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="D143" t="s">
         <v>11</v>
       </c>
       <c r="E143" t="s">
         <v>12</v>
       </c>
       <c r="F143" t="s">
-        <v>494</v>
+        <v>65</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="H143" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="B144" t="s">
-        <v>473</v>
+        <v>495</v>
       </c>
       <c r="C144" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="D144" t="s">
         <v>11</v>
       </c>
       <c r="E144" t="s">
         <v>12</v>
       </c>
       <c r="F144" t="s">
-        <v>287</v>
+        <v>499</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="H144" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B145" t="s">
-        <v>473</v>
+        <v>495</v>
       </c>
       <c r="C145" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="D145" t="s">
         <v>11</v>
       </c>
       <c r="E145" t="s">
         <v>12</v>
       </c>
       <c r="F145" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="H145" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B146" t="s">
-        <v>473</v>
+        <v>495</v>
       </c>
       <c r="C146" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="D146" t="s">
         <v>11</v>
       </c>
       <c r="E146" t="s">
         <v>12</v>
       </c>
       <c r="F146" t="s">
-        <v>69</v>
+        <v>499</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="H146" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B147" t="s">
-        <v>473</v>
+        <v>495</v>
       </c>
       <c r="C147" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="D147" t="s">
         <v>11</v>
       </c>
       <c r="E147" t="s">
         <v>12</v>
       </c>
       <c r="F147" t="s">
-        <v>69</v>
+        <v>499</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="H147" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B148" t="s">
-        <v>473</v>
+        <v>495</v>
       </c>
       <c r="C148" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="D148" t="s">
         <v>11</v>
       </c>
       <c r="E148" t="s">
         <v>12</v>
       </c>
       <c r="F148" t="s">
-        <v>41</v>
+        <v>499</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="H148" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="B149" t="s">
-        <v>473</v>
+        <v>495</v>
       </c>
       <c r="C149" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D149" t="s">
         <v>11</v>
       </c>
       <c r="E149" t="s">
         <v>12</v>
       </c>
       <c r="F149" t="s">
-        <v>69</v>
+        <v>516</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="H149" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="B150" t="s">
-        <v>473</v>
+        <v>495</v>
       </c>
       <c r="C150" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D150" t="s">
         <v>11</v>
       </c>
       <c r="E150" t="s">
         <v>12</v>
       </c>
       <c r="F150" t="s">
-        <v>287</v>
+        <v>309</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="H150" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="B151" t="s">
-        <v>473</v>
+        <v>495</v>
       </c>
       <c r="C151" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="D151" t="s">
         <v>11</v>
       </c>
       <c r="E151" t="s">
         <v>12</v>
       </c>
       <c r="F151" t="s">
-        <v>32</v>
+        <v>523</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="H151" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="B152" t="s">
-        <v>473</v>
+        <v>495</v>
       </c>
       <c r="C152" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="D152" t="s">
         <v>11</v>
       </c>
       <c r="E152" t="s">
         <v>12</v>
       </c>
       <c r="F152" t="s">
-        <v>523</v>
+        <v>92</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="H152" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="B153" t="s">
-        <v>473</v>
+        <v>495</v>
       </c>
       <c r="C153" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="D153" t="s">
         <v>11</v>
       </c>
       <c r="E153" t="s">
         <v>12</v>
       </c>
       <c r="F153" t="s">
-        <v>527</v>
+        <v>92</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="H153" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="B154" t="s">
-        <v>473</v>
+        <v>495</v>
       </c>
       <c r="C154" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D154" t="s">
         <v>11</v>
       </c>
       <c r="E154" t="s">
         <v>12</v>
       </c>
       <c r="F154" t="s">
-        <v>523</v>
+        <v>65</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="H154" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="B155" t="s">
-        <v>534</v>
+        <v>495</v>
       </c>
       <c r="C155" t="s">
-        <v>10</v>
+        <v>91</v>
       </c>
       <c r="D155" t="s">
         <v>11</v>
       </c>
       <c r="E155" t="s">
         <v>12</v>
       </c>
       <c r="F155" t="s">
-        <v>477</v>
+        <v>92</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="H155" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="B156" t="s">
-        <v>534</v>
+        <v>495</v>
       </c>
       <c r="C156" t="s">
-        <v>17</v>
+        <v>96</v>
       </c>
       <c r="D156" t="s">
         <v>11</v>
       </c>
       <c r="E156" t="s">
         <v>12</v>
       </c>
       <c r="F156" t="s">
-        <v>477</v>
+        <v>309</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="H156" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B157" t="s">
-        <v>534</v>
+        <v>495</v>
       </c>
       <c r="C157" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="D157" t="s">
         <v>11</v>
       </c>
       <c r="E157" t="s">
         <v>12</v>
       </c>
       <c r="F157" t="s">
-        <v>501</v>
+        <v>57</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="H157" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B158" t="s">
-        <v>534</v>
+        <v>495</v>
       </c>
       <c r="C158" t="s">
-        <v>26</v>
+        <v>104</v>
       </c>
       <c r="D158" t="s">
         <v>11</v>
       </c>
       <c r="E158" t="s">
         <v>12</v>
       </c>
       <c r="F158" t="s">
-        <v>477</v>
+        <v>545</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="H158" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="B159" t="s">
-        <v>534</v>
+        <v>495</v>
       </c>
       <c r="C159" t="s">
-        <v>31</v>
+        <v>108</v>
       </c>
       <c r="D159" t="s">
         <v>11</v>
       </c>
       <c r="E159" t="s">
         <v>12</v>
       </c>
       <c r="F159" t="s">
-        <v>41</v>
+        <v>549</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="H159" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="B160" t="s">
-        <v>534</v>
+        <v>495</v>
       </c>
       <c r="C160" t="s">
-        <v>36</v>
+        <v>112</v>
       </c>
       <c r="D160" t="s">
         <v>11</v>
       </c>
       <c r="E160" t="s">
         <v>12</v>
       </c>
       <c r="F160" t="s">
-        <v>481</v>
+        <v>545</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="H160" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="B161" t="s">
-        <v>534</v>
+        <v>556</v>
       </c>
       <c r="C161" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="D161" t="s">
         <v>11</v>
       </c>
       <c r="E161" t="s">
         <v>12</v>
       </c>
       <c r="F161" t="s">
-        <v>287</v>
+        <v>499</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="H161" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B162" t="s">
-        <v>534</v>
+        <v>556</v>
       </c>
       <c r="C162" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="D162" t="s">
         <v>11</v>
       </c>
       <c r="E162" t="s">
         <v>12</v>
       </c>
       <c r="F162" t="s">
-        <v>287</v>
+        <v>499</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="H162" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="B163" t="s">
-        <v>534</v>
+        <v>556</v>
       </c>
       <c r="C163" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="D163" t="s">
         <v>11</v>
       </c>
       <c r="E163" t="s">
         <v>12</v>
       </c>
       <c r="F163" t="s">
-        <v>477</v>
+        <v>523</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="H163" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="B164" t="s">
-        <v>534</v>
+        <v>556</v>
       </c>
       <c r="C164" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="D164" t="s">
         <v>11</v>
       </c>
       <c r="E164" t="s">
         <v>12</v>
       </c>
       <c r="F164" t="s">
-        <v>165</v>
+        <v>499</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="H164" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="B165" t="s">
-        <v>534</v>
+        <v>556</v>
       </c>
       <c r="C165" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="D165" t="s">
         <v>11</v>
       </c>
       <c r="E165" t="s">
         <v>12</v>
       </c>
       <c r="F165" t="s">
-        <v>565</v>
+        <v>65</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="H165" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="B166" t="s">
-        <v>534</v>
+        <v>556</v>
       </c>
       <c r="C166" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="D166" t="s">
         <v>11</v>
       </c>
       <c r="E166" t="s">
         <v>12</v>
       </c>
       <c r="F166" t="s">
-        <v>477</v>
+        <v>503</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="H166" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="B167" t="s">
-        <v>534</v>
+        <v>556</v>
       </c>
       <c r="C167" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D167" t="s">
         <v>11</v>
       </c>
       <c r="E167" t="s">
         <v>12</v>
       </c>
       <c r="F167" t="s">
-        <v>41</v>
+        <v>309</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="H167" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="B168" t="s">
-        <v>534</v>
+        <v>556</v>
       </c>
       <c r="C168" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D168" t="s">
         <v>11</v>
       </c>
       <c r="E168" t="s">
         <v>12</v>
       </c>
       <c r="F168" t="s">
-        <v>41</v>
+        <v>309</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="H168" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="B169" t="s">
-        <v>534</v>
+        <v>556</v>
       </c>
       <c r="C169" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="D169" t="s">
         <v>11</v>
       </c>
       <c r="E169" t="s">
         <v>12</v>
       </c>
       <c r="F169" t="s">
-        <v>477</v>
+        <v>499</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="H169" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="B170" t="s">
-        <v>581</v>
+        <v>556</v>
       </c>
       <c r="C170" t="s">
-        <v>10</v>
+        <v>78</v>
       </c>
       <c r="D170" t="s">
         <v>11</v>
       </c>
       <c r="E170" t="s">
         <v>12</v>
       </c>
       <c r="F170" t="s">
-        <v>582</v>
+        <v>187</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="H170" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="B171" t="s">
-        <v>581</v>
+        <v>556</v>
       </c>
       <c r="C171" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="D171" t="s">
         <v>11</v>
       </c>
       <c r="E171" t="s">
         <v>12</v>
       </c>
       <c r="F171" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="H171" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="B172" t="s">
-        <v>581</v>
+        <v>556</v>
       </c>
       <c r="C172" t="s">
-        <v>22</v>
+        <v>87</v>
       </c>
       <c r="D172" t="s">
         <v>11</v>
       </c>
       <c r="E172" t="s">
         <v>12</v>
       </c>
       <c r="F172" t="s">
-        <v>565</v>
+        <v>499</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="H172" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B173" t="s">
-        <v>581</v>
+        <v>556</v>
       </c>
       <c r="C173" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="D173" t="s">
         <v>11</v>
       </c>
       <c r="E173" t="s">
         <v>12</v>
       </c>
       <c r="F173" t="s">
-        <v>586</v>
+        <v>65</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="H173" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B174" t="s">
-        <v>581</v>
+        <v>556</v>
       </c>
       <c r="C174" t="s">
-        <v>31</v>
+        <v>96</v>
       </c>
       <c r="D174" t="s">
         <v>11</v>
       </c>
       <c r="E174" t="s">
         <v>12</v>
       </c>
       <c r="F174" t="s">
-        <v>582</v>
+        <v>65</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="H174" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B175" t="s">
-        <v>581</v>
+        <v>556</v>
       </c>
       <c r="C175" t="s">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="D175" t="s">
         <v>11</v>
       </c>
       <c r="E175" t="s">
         <v>12</v>
       </c>
       <c r="F175" t="s">
-        <v>586</v>
+        <v>499</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="H175" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="B176" t="s">
-        <v>581</v>
+        <v>603</v>
       </c>
       <c r="C176" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="D176" t="s">
         <v>11</v>
       </c>
       <c r="E176" t="s">
         <v>12</v>
       </c>
       <c r="F176" t="s">
-        <v>481</v>
+        <v>604</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="H176" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="B177" t="s">
-        <v>581</v>
+        <v>603</v>
       </c>
       <c r="C177" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="D177" t="s">
         <v>11</v>
       </c>
       <c r="E177" t="s">
         <v>12</v>
       </c>
       <c r="F177" t="s">
-        <v>41</v>
+        <v>608</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="H177" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="B178" t="s">
-        <v>581</v>
+        <v>603</v>
       </c>
       <c r="C178" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="D178" t="s">
         <v>11</v>
       </c>
       <c r="E178" t="s">
         <v>12</v>
       </c>
       <c r="F178" t="s">
-        <v>494</v>
+        <v>587</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="H178" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="B179" t="s">
-        <v>611</v>
+        <v>603</v>
       </c>
       <c r="C179" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="D179" t="s">
         <v>11</v>
       </c>
       <c r="E179" t="s">
         <v>12</v>
       </c>
       <c r="F179" t="s">
-        <v>586</v>
+        <v>608</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="H179" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="B180" t="s">
-        <v>611</v>
+        <v>603</v>
       </c>
       <c r="C180" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="D180" t="s">
         <v>11</v>
       </c>
       <c r="E180" t="s">
         <v>12</v>
       </c>
       <c r="F180" t="s">
-        <v>287</v>
+        <v>604</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="H180" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="B181" t="s">
-        <v>611</v>
+        <v>603</v>
       </c>
       <c r="C181" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="D181" t="s">
         <v>11</v>
       </c>
       <c r="E181" t="s">
         <v>12</v>
       </c>
       <c r="F181" t="s">
-        <v>287</v>
+        <v>608</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="H181" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="B182" t="s">
-        <v>611</v>
+        <v>603</v>
       </c>
       <c r="C182" t="s">
-        <v>26</v>
+        <v>64</v>
       </c>
       <c r="D182" t="s">
         <v>11</v>
       </c>
       <c r="E182" t="s">
         <v>12</v>
       </c>
       <c r="F182" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="H182" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="B183" t="s">
-        <v>611</v>
+        <v>603</v>
       </c>
       <c r="C183" t="s">
-        <v>31</v>
+        <v>69</v>
       </c>
       <c r="D183" t="s">
         <v>11</v>
       </c>
       <c r="E183" t="s">
         <v>12</v>
       </c>
       <c r="F183" t="s">
-        <v>32</v>
+        <v>65</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="H183" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="B184" t="s">
-        <v>611</v>
+        <v>603</v>
       </c>
       <c r="C184" t="s">
-        <v>36</v>
+        <v>73</v>
       </c>
       <c r="D184" t="s">
         <v>11</v>
       </c>
       <c r="E184" t="s">
         <v>12</v>
       </c>
       <c r="F184" t="s">
-        <v>627</v>
+        <v>516</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="H184" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="B185" t="s">
-        <v>611</v>
+        <v>633</v>
       </c>
       <c r="C185" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="D185" t="s">
         <v>11</v>
       </c>
       <c r="E185" t="s">
         <v>12</v>
       </c>
       <c r="F185" t="s">
-        <v>287</v>
+        <v>608</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="H185" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
+        <v>636</v>
+      </c>
+      <c r="B186" t="s">
         <v>633</v>
       </c>
-      <c r="B186" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C186" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="D186" t="s">
         <v>11</v>
       </c>
       <c r="E186" t="s">
         <v>12</v>
       </c>
       <c r="F186" t="s">
-        <v>582</v>
+        <v>309</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="H186" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="B187" t="s">
-        <v>611</v>
+        <v>633</v>
       </c>
       <c r="C187" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="D187" t="s">
         <v>11</v>
       </c>
       <c r="E187" t="s">
         <v>12</v>
       </c>
       <c r="F187" t="s">
-        <v>287</v>
+        <v>309</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="H187" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="B188" t="s">
-        <v>611</v>
+        <v>633</v>
       </c>
       <c r="C188" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="D188" t="s">
         <v>11</v>
       </c>
       <c r="E188" t="s">
         <v>12</v>
       </c>
       <c r="F188" t="s">
-        <v>32</v>
+        <v>523</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="H188" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="B189" t="s">
-        <v>611</v>
+        <v>633</v>
       </c>
       <c r="C189" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="D189" t="s">
         <v>11</v>
       </c>
       <c r="E189" t="s">
         <v>12</v>
       </c>
       <c r="F189" t="s">
-        <v>582</v>
+        <v>57</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="H189" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="B190" t="s">
-        <v>611</v>
+        <v>633</v>
       </c>
       <c r="C190" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="D190" t="s">
         <v>11</v>
       </c>
       <c r="E190" t="s">
         <v>12</v>
       </c>
       <c r="F190" t="s">
-        <v>582</v>
+        <v>649</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="H190" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="B191" t="s">
-        <v>611</v>
+        <v>633</v>
       </c>
       <c r="C191" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D191" t="s">
         <v>11</v>
       </c>
       <c r="E191" t="s">
         <v>12</v>
       </c>
       <c r="F191" t="s">
-        <v>582</v>
+        <v>309</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="H191" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
       <c r="B192" t="s">
-        <v>611</v>
+        <v>633</v>
       </c>
       <c r="C192" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D192" t="s">
         <v>11</v>
       </c>
       <c r="E192" t="s">
         <v>12</v>
       </c>
       <c r="F192" t="s">
-        <v>565</v>
+        <v>604</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="H192" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="B193" t="s">
-        <v>611</v>
+        <v>633</v>
       </c>
       <c r="C193" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="D193" t="s">
         <v>11</v>
       </c>
       <c r="E193" t="s">
         <v>12</v>
       </c>
       <c r="F193" t="s">
-        <v>501</v>
+        <v>309</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="H193" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="B194" t="s">
-        <v>658</v>
+        <v>633</v>
       </c>
       <c r="C194" t="s">
-        <v>10</v>
+        <v>78</v>
       </c>
       <c r="D194" t="s">
         <v>11</v>
       </c>
       <c r="E194" t="s">
         <v>12</v>
       </c>
       <c r="F194" t="s">
-        <v>659</v>
+        <v>57</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="H194" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="B195" t="s">
-        <v>658</v>
+        <v>633</v>
       </c>
       <c r="C195" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="D195" t="s">
         <v>11</v>
       </c>
       <c r="E195" t="s">
         <v>12</v>
       </c>
       <c r="F195" t="s">
-        <v>659</v>
+        <v>604</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="H195" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="B196" t="s">
-        <v>658</v>
+        <v>633</v>
       </c>
       <c r="C196" t="s">
-        <v>22</v>
+        <v>87</v>
       </c>
       <c r="D196" t="s">
         <v>11</v>
       </c>
       <c r="E196" t="s">
         <v>12</v>
       </c>
       <c r="F196" t="s">
-        <v>659</v>
+        <v>604</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="H196" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="B197" t="s">
-        <v>658</v>
+        <v>633</v>
       </c>
       <c r="C197" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="D197" t="s">
         <v>11</v>
       </c>
       <c r="E197" t="s">
         <v>12</v>
       </c>
       <c r="F197" t="s">
-        <v>287</v>
+        <v>604</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="H197" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="B198" t="s">
-        <v>658</v>
+        <v>633</v>
       </c>
       <c r="C198" t="s">
-        <v>31</v>
+        <v>96</v>
       </c>
       <c r="D198" t="s">
         <v>11</v>
       </c>
       <c r="E198" t="s">
         <v>12</v>
       </c>
       <c r="F198" t="s">
-        <v>287</v>
+        <v>587</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>621</v>
+        <v>674</v>
       </c>
       <c r="H198" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="B199" t="s">
-        <v>658</v>
+        <v>633</v>
       </c>
       <c r="C199" t="s">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="D199" t="s">
         <v>11</v>
       </c>
       <c r="E199" t="s">
         <v>12</v>
       </c>
       <c r="F199" t="s">
-        <v>32</v>
+        <v>523</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>621</v>
+        <v>677</v>
       </c>
       <c r="H199" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="B200" t="s">
-        <v>658</v>
+        <v>680</v>
       </c>
       <c r="C200" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="D200" t="s">
         <v>11</v>
       </c>
       <c r="E200" t="s">
         <v>12</v>
       </c>
       <c r="F200" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>621</v>
+        <v>682</v>
       </c>
       <c r="H200" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="B201" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="C201" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D201" t="s">
         <v>11</v>
       </c>
       <c r="E201" t="s">
         <v>12</v>
       </c>
       <c r="F201" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="H201" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="B202" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="C202" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="D202" t="s">
         <v>11</v>
       </c>
       <c r="E202" t="s">
         <v>12</v>
       </c>
       <c r="F202" t="s">
-        <v>684</v>
+        <v>681</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="H202" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="B203" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="C203" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="D203" t="s">
         <v>11</v>
       </c>
       <c r="E203" t="s">
         <v>12</v>
       </c>
       <c r="F203" t="s">
-        <v>659</v>
+        <v>309</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="H203" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="B204" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="C204" t="s">
-        <v>54</v>
+        <v>32</v>
       </c>
       <c r="D204" t="s">
         <v>11</v>
       </c>
       <c r="E204" t="s">
         <v>12</v>
       </c>
       <c r="F204" t="s">
-        <v>680</v>
+        <v>309</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>691</v>
+        <v>643</v>
       </c>
       <c r="H204" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="B205" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="C205" t="s">
-        <v>68</v>
+        <v>37</v>
       </c>
       <c r="D205" t="s">
         <v>11</v>
       </c>
       <c r="E205" t="s">
         <v>12</v>
       </c>
       <c r="F205" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>694</v>
+        <v>643</v>
       </c>
       <c r="H205" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="B206" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="C206" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="D206" t="s">
         <v>11</v>
       </c>
       <c r="E206" t="s">
         <v>12</v>
       </c>
       <c r="F206" t="s">
-        <v>50</v>
+        <v>698</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>697</v>
+        <v>643</v>
       </c>
       <c r="H206" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="B207" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="C207" t="s">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="D207" t="s">
         <v>11</v>
       </c>
       <c r="E207" t="s">
         <v>12</v>
       </c>
       <c r="F207" t="s">
-        <v>680</v>
+        <v>702</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="H207" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="B208" t="s">
-        <v>398</v>
+        <v>701</v>
       </c>
       <c r="C208" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D208" t="s">
         <v>11</v>
       </c>
       <c r="E208" t="s">
         <v>12</v>
       </c>
       <c r="F208" t="s">
-        <v>680</v>
+        <v>706</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="H208" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="B209" t="s">
-        <v>398</v>
+        <v>701</v>
       </c>
       <c r="C209" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D209" t="s">
         <v>11</v>
       </c>
       <c r="E209" t="s">
         <v>12</v>
       </c>
       <c r="F209" t="s">
-        <v>32</v>
+        <v>681</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="H209" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="B210" t="s">
-        <v>398</v>
+        <v>701</v>
       </c>
       <c r="C210" t="s">
-        <v>49</v>
+        <v>78</v>
       </c>
       <c r="D210" t="s">
         <v>11</v>
       </c>
       <c r="E210" t="s">
         <v>12</v>
       </c>
       <c r="F210" t="s">
-        <v>32</v>
+        <v>702</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="H210" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="B211" t="s">
-        <v>398</v>
+        <v>701</v>
       </c>
       <c r="C211" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="D211" t="s">
         <v>11</v>
       </c>
       <c r="E211" t="s">
         <v>12</v>
       </c>
       <c r="F211" t="s">
-        <v>287</v>
+        <v>74</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="H211" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="B212" t="s">
-        <v>398</v>
+        <v>701</v>
       </c>
       <c r="C212" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="D212" t="s">
         <v>11</v>
       </c>
       <c r="E212" t="s">
         <v>12</v>
       </c>
       <c r="F212" t="s">
-        <v>32</v>
+        <v>74</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="H212" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="B213" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="C213" t="s">
-        <v>40</v>
+        <v>87</v>
       </c>
       <c r="D213" t="s">
         <v>11</v>
       </c>
       <c r="E213" t="s">
         <v>12</v>
       </c>
       <c r="F213" t="s">
-        <v>50</v>
+        <v>702</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="H213" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="B214" t="s">
-        <v>723</v>
+        <v>420</v>
       </c>
       <c r="C214" t="s">
-        <v>40</v>
+        <v>64</v>
       </c>
       <c r="D214" t="s">
         <v>11</v>
       </c>
       <c r="E214" t="s">
         <v>12</v>
       </c>
       <c r="F214" t="s">
-        <v>50</v>
+        <v>702</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="H214" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="B215" t="s">
-        <v>727</v>
+        <v>420</v>
       </c>
       <c r="C215" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D215" t="s">
         <v>11</v>
       </c>
       <c r="E215" t="s">
         <v>12</v>
       </c>
       <c r="F215" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="H215" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="B216" t="s">
-        <v>727</v>
+        <v>420</v>
       </c>
       <c r="C216" t="s">
-        <v>54</v>
+        <v>73</v>
       </c>
       <c r="D216" t="s">
         <v>11</v>
       </c>
       <c r="E216" t="s">
         <v>12</v>
       </c>
       <c r="F216" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="H216" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="B217" t="s">
-        <v>727</v>
+        <v>420</v>
       </c>
       <c r="C217" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="D217" t="s">
         <v>11</v>
       </c>
       <c r="E217" t="s">
         <v>12</v>
       </c>
       <c r="F217" t="s">
-        <v>50</v>
+        <v>309</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="H217" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="B218" t="s">
-        <v>737</v>
+        <v>420</v>
       </c>
       <c r="C218" t="s">
-        <v>31</v>
+        <v>108</v>
       </c>
       <c r="D218" t="s">
         <v>11</v>
       </c>
       <c r="E218" t="s">
         <v>12</v>
       </c>
       <c r="F218" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="G218" s="1" t="s">
         <v>738</v>
       </c>
       <c r="H218" t="s">
         <v>739</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>740</v>
       </c>
       <c r="B219" t="s">
-        <v>737</v>
+        <v>741</v>
       </c>
       <c r="C219" t="s">
-        <v>77</v>
+        <v>64</v>
       </c>
       <c r="D219" t="s">
         <v>11</v>
       </c>
       <c r="E219" t="s">
         <v>12</v>
       </c>
       <c r="F219" t="s">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="H219" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="B220" t="s">
-        <v>737</v>
+        <v>745</v>
       </c>
       <c r="C220" t="s">
-        <v>81</v>
+        <v>64</v>
       </c>
       <c r="D220" t="s">
         <v>11</v>
       </c>
       <c r="E220" t="s">
         <v>12</v>
       </c>
       <c r="F220" t="s">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="H220" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="B221" t="s">
-        <v>737</v>
+        <v>749</v>
       </c>
       <c r="C221" t="s">
-        <v>102</v>
+        <v>69</v>
       </c>
       <c r="D221" t="s">
         <v>11</v>
       </c>
       <c r="E221" t="s">
         <v>12</v>
       </c>
       <c r="F221" t="s">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="H221" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
+        <v>752</v>
+      </c>
+      <c r="B222" t="s">
         <v>749</v>
       </c>
-      <c r="B222" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C222" t="s">
-        <v>115</v>
+        <v>78</v>
       </c>
       <c r="D222" t="s">
         <v>11</v>
       </c>
       <c r="E222" t="s">
         <v>12</v>
       </c>
       <c r="F222" t="s">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="H222" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="B223" t="s">
-        <v>737</v>
+        <v>749</v>
       </c>
       <c r="C223" t="s">
-        <v>753</v>
+        <v>116</v>
       </c>
       <c r="D223" t="s">
         <v>11</v>
       </c>
       <c r="E223" t="s">
         <v>12</v>
       </c>
       <c r="F223" t="s">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="H223" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="B224" t="s">
-        <v>737</v>
+        <v>759</v>
       </c>
       <c r="C224" t="s">
-        <v>757</v>
+        <v>32</v>
       </c>
       <c r="D224" t="s">
         <v>11</v>
       </c>
       <c r="E224" t="s">
         <v>12</v>
       </c>
       <c r="F224" t="s">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="H224" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" t="s">
+        <v>762</v>
+      </c>
+      <c r="B225" t="s">
         <v>759</v>
+      </c>
+      <c r="C225" t="s">
+        <v>100</v>
+      </c>
+      <c r="D225" t="s">
+        <v>11</v>
+      </c>
+      <c r="E225" t="s">
+        <v>12</v>
+      </c>
+      <c r="F225" t="s">
+        <v>74</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="H225" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="s">
+        <v>765</v>
+      </c>
+      <c r="B226" t="s">
+        <v>759</v>
+      </c>
+      <c r="C226" t="s">
+        <v>104</v>
+      </c>
+      <c r="D226" t="s">
+        <v>11</v>
+      </c>
+      <c r="E226" t="s">
+        <v>12</v>
+      </c>
+      <c r="F226" t="s">
+        <v>74</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="H226" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" t="s">
+        <v>768</v>
+      </c>
+      <c r="B227" t="s">
+        <v>759</v>
+      </c>
+      <c r="C227" t="s">
+        <v>124</v>
+      </c>
+      <c r="D227" t="s">
+        <v>11</v>
+      </c>
+      <c r="E227" t="s">
+        <v>12</v>
+      </c>
+      <c r="F227" t="s">
+        <v>74</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="H227" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>771</v>
+      </c>
+      <c r="B228" t="s">
+        <v>759</v>
+      </c>
+      <c r="C228" t="s">
+        <v>137</v>
+      </c>
+      <c r="D228" t="s">
+        <v>11</v>
+      </c>
+      <c r="E228" t="s">
+        <v>12</v>
+      </c>
+      <c r="F228" t="s">
+        <v>74</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="H228" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" t="s">
+        <v>774</v>
+      </c>
+      <c r="B229" t="s">
+        <v>759</v>
+      </c>
+      <c r="C229" t="s">
+        <v>775</v>
+      </c>
+      <c r="D229" t="s">
+        <v>11</v>
+      </c>
+      <c r="E229" t="s">
+        <v>12</v>
+      </c>
+      <c r="F229" t="s">
+        <v>74</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="H229" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" t="s">
+        <v>778</v>
+      </c>
+      <c r="B230" t="s">
+        <v>759</v>
+      </c>
+      <c r="C230" t="s">
+        <v>779</v>
+      </c>
+      <c r="D230" t="s">
+        <v>11</v>
+      </c>
+      <c r="E230" t="s">
+        <v>12</v>
+      </c>
+      <c r="F230" t="s">
+        <v>74</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="H230" t="s">
+        <v>781</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -8712,50 +8934,56 @@
     <hyperlink ref="G200" r:id="rId199"/>
     <hyperlink ref="G201" r:id="rId200"/>
     <hyperlink ref="G202" r:id="rId201"/>
     <hyperlink ref="G203" r:id="rId202"/>
     <hyperlink ref="G204" r:id="rId203"/>
     <hyperlink ref="G205" r:id="rId204"/>
     <hyperlink ref="G206" r:id="rId205"/>
     <hyperlink ref="G207" r:id="rId206"/>
     <hyperlink ref="G208" r:id="rId207"/>
     <hyperlink ref="G209" r:id="rId208"/>
     <hyperlink ref="G210" r:id="rId209"/>
     <hyperlink ref="G211" r:id="rId210"/>
     <hyperlink ref="G212" r:id="rId211"/>
     <hyperlink ref="G213" r:id="rId212"/>
     <hyperlink ref="G214" r:id="rId213"/>
     <hyperlink ref="G215" r:id="rId214"/>
     <hyperlink ref="G216" r:id="rId215"/>
     <hyperlink ref="G217" r:id="rId216"/>
     <hyperlink ref="G218" r:id="rId217"/>
     <hyperlink ref="G219" r:id="rId218"/>
     <hyperlink ref="G220" r:id="rId219"/>
     <hyperlink ref="G221" r:id="rId220"/>
     <hyperlink ref="G222" r:id="rId221"/>
     <hyperlink ref="G223" r:id="rId222"/>
     <hyperlink ref="G224" r:id="rId223"/>
+    <hyperlink ref="G225" r:id="rId224"/>
+    <hyperlink ref="G226" r:id="rId225"/>
+    <hyperlink ref="G227" r:id="rId226"/>
+    <hyperlink ref="G228" r:id="rId227"/>
+    <hyperlink ref="G229" r:id="rId228"/>
+    <hyperlink ref="G230" r:id="rId229"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>