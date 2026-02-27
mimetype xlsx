--- v0 (2026-01-11)
+++ v1 (2026-02-27)
@@ -10,110 +10,961 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="600" uniqueCount="302">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>5929</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>EM</t>
+  </si>
+  <si>
+    <t>Emenda</t>
+  </si>
+  <si>
+    <t>CJR - Comissão de Justiça e Redação</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5929/emenda_1_-_11-2-2026_-_ple_3-2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Artigo 6º do projeto de lei nº 3/2026</t>
+  </si>
+  <si>
+    <t>5867</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>José Anésio X. Lemes</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5867/indicacao_1_-_14-1-2026_jose.pdf</t>
+  </si>
+  <si>
+    <t>Indica a manutenção de estradas municipais de ligação entre os Bairros Leites, Buenos, Funil e Corrêas.</t>
+  </si>
+  <si>
+    <t>5866</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5866/indicacao_2_-_14-1-2026_jose.pdf</t>
+  </si>
+  <si>
+    <t>Indica a manutenção (limpeza no acostamento) da Estrada dos Lavradores.</t>
+  </si>
+  <si>
+    <t>5868</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Alexandre Pereira (Xandinho)</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5868/indicacao_3_-_15-1-2026_alexandre.pdf</t>
+  </si>
+  <si>
+    <t>Indica a extensão da Operação Delegada para contemplar o Corpo de Bombeiros em nosso_x000D_
+município de Piedade.</t>
+  </si>
+  <si>
+    <t>5870</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5870/indicacao_4_-_15-1-2026_jose.pdf</t>
+  </si>
+  <si>
+    <t>Indica a manutenção das estradas no Bairro Sarapuí de Cima.</t>
+  </si>
+  <si>
+    <t>5873</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5873/indicacao_5_-_20-1-2026_jose.pdf</t>
+  </si>
+  <si>
+    <t>Indica a manutenção de estrada no Bairro dos Prestes.</t>
+  </si>
+  <si>
+    <t>5875</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5875/indicacao_6_-_23-1-2026_jose.pdf</t>
+  </si>
+  <si>
+    <t>Indica a limpeza de linha de tubos no Bairro Piraporinha.</t>
+  </si>
+  <si>
+    <t>5886</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5886/indicacao_7_-_2-2-2026_jose.pdf</t>
+  </si>
+  <si>
+    <t>Indica a manutenção (tapa-buracos) na Estrada dos Lavradores.</t>
+  </si>
+  <si>
+    <t>5888</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>Lukas Moraes</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5888/indicacao_8_-_2-2-2026_lukas.pdf</t>
+  </si>
+  <si>
+    <t>Indica recapeamento e a adequação da Rua Marta Zanfirow de Camargo.</t>
+  </si>
+  <si>
+    <t>5891</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5891/indicacao_9_-_2-2-2026_lukas.pdf</t>
+  </si>
+  <si>
+    <t>Indica melhorias nas ruas do Bairro Ribeirão Bonito.</t>
+  </si>
+  <si>
+    <t>5890</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5890/indicacao_10_-_2-2-2026_lukas.pdf</t>
+  </si>
+  <si>
+    <t>Indica que sejam feitas melhorias na Estrada Municipal Lourenço Pires de Jesus no Bairro da Liberdade.</t>
+  </si>
+  <si>
+    <t>5894</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>Isidoro Poly</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5894/indicacao_11_-_5-2-2026_isidoro.pdf</t>
+  </si>
+  <si>
+    <t>Indica a substituição das lâmpadas queimadas nos postes da pista de caminhada no trecho que liga o Centro de Piedade ao Trevo da Usininha.</t>
+  </si>
+  <si>
+    <t>5906</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5906/indicacao_12_-_5-2-2026_isidoro.pdf</t>
+  </si>
+  <si>
+    <t>Indica manutenção da ponte do bairro dos Moreiras.</t>
+  </si>
+  <si>
+    <t>5895</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5895/indicacao_13_-_5-2-2026_jose.pdf</t>
+  </si>
+  <si>
+    <t>Reiterando indicação para a instalação de uma lombada e serviços de pinturas, na Estrada dos Lavradores, no Bairro dos Godinhos.</t>
+  </si>
+  <si>
+    <t>5900</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>Caio Cezar da S. Martori</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5900/indicacao_14_-_6-2-2026_caio.pdf</t>
+  </si>
+  <si>
+    <t>Indica manutenção da vicinal no Bairro Santos e Paiol.</t>
+  </si>
+  <si>
+    <t>5899</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5899/indicacao_15_-_6-2-2026_caio.pdf</t>
+  </si>
+  <si>
+    <t>Indica manutenção da Estrada do Roseiral que dá acesso à Cachoeira do Bernardo Alemão.</t>
+  </si>
+  <si>
+    <t>5902</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5902/indicacao_16_-_6-2-2026_caio.pdf</t>
+  </si>
+  <si>
+    <t>Indica manutenção das vicinais no Bairro do Funil.</t>
+  </si>
+  <si>
+    <t>5903</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5903/indicacao_17_-_6-2-2026_caio.pdf</t>
+  </si>
+  <si>
+    <t>Indica instalação de abrigo de ônibus no Bairro da Campininha.</t>
+  </si>
+  <si>
+    <t>5905</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5905/indicacao_18_-_9-2-2026_lukas.pdf</t>
+  </si>
+  <si>
+    <t>Indica que sejam feitas melhorias na Estrada Municipal do Bairro Sarapuí de Cima em toda a sua extensão.</t>
+  </si>
+  <si>
+    <t>5907</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5907/indicacao_19_-_9-2-2026_isidoro.pdf</t>
+  </si>
+  <si>
+    <t>Indica melhorias tapa buracos na Rua Heleodoro Pires de Camargo no Bairro Paulas e Mendes.</t>
+  </si>
+  <si>
+    <t>5908</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5908/indicacao_20_-_9-2-2026_lukas.pdf</t>
+  </si>
+  <si>
+    <t>Indica manutenção de estrada no Bairro do Piraporão.</t>
+  </si>
+  <si>
+    <t>5913</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>José Anésio X. Lemes, Paulino Florêncio Pinto</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5913/indicacao_21_-_11-2-2026_jose.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos a manutenção da estrada do Bairro do Sarapui dos Godinhos.</t>
+  </si>
+  <si>
+    <t>5914</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>Nilza M. dos S. Godinho (Chuca)</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5914/indicacao_22_-_11-2-2026_nilza.pdf</t>
+  </si>
+  <si>
+    <t>Indica manutenção das estradas municipais do Bairro do Limal.</t>
+  </si>
+  <si>
+    <t>5922</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5922/indicacao_24_-_12-2-2026_lukas.pdf</t>
+  </si>
+  <si>
+    <t>Indica a instalação de lombada no Bairro dos Leites.</t>
+  </si>
+  <si>
+    <t>5915</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5915/indicacao_25_-_13-2-2026_jose.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos a manutenção das estradas nos Bairros dos Oliveiras ao Tenórios,</t>
+  </si>
+  <si>
+    <t>5917</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Indica manutenção de estrada Da Cachoeira da Fumaça.</t>
+  </si>
+  <si>
+    <t>5916</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5916/indicacao_27_-_18-2-2026_caio.pdf</t>
+  </si>
+  <si>
+    <t>Indica manutenção de estrada municipal no Bairro dos Tenórios.</t>
+  </si>
+  <si>
+    <t>5924</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>Edvaldo Vicente (Vardinho Leites)</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5924/indicacao_28_-_20-2-2026_edvaldo.pdf</t>
+  </si>
+  <si>
+    <t>Indica a construção de uma ponte de passagem estruturada na Rua 7, Bairro dos Leites.</t>
+  </si>
+  <si>
+    <t>5925</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5925/indicacao_29_-_20-2-2026_edvaldo.pdf</t>
+  </si>
+  <si>
+    <t>Indica a limpeza e aprofundamento dos dois trechos do ribeirão da Rua 7, Bairro dos Leites.</t>
+  </si>
+  <si>
+    <t>5926</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>Lucelino Prestes (Gordo do Buffet)</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5926/indicacao_30_-_20-2-2026_lucelino.pdf</t>
+  </si>
+  <si>
+    <t>Indica a realização de reparos na Rua Francisco Antônio Corrêa, Parque da Torre entrada da “Feira Livre.</t>
+  </si>
+  <si>
+    <t>5927</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>Alex P. da Silva, Lucelino Prestes (Gordo do Buffet)</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5927/indicacao_31_-_20-2-2026_alex.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos limpeza das margens do Rio no Bairro dos Cotianos.</t>
+  </si>
+  <si>
+    <t>5930</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5930/indicacao_32-_24-2-2026_jose.pdf</t>
+  </si>
+  <si>
+    <t>Indica a limpeza de acostamento de estradas dos bairros Oliveiras e Furnas.</t>
+  </si>
+  <si>
+    <t>5937</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5937/indicacao_33_-_26-2-2026_lukas.pdf</t>
+  </si>
+  <si>
+    <t>Indica a manutenção (tapa buracos) da Estrada Carolina Paes João Granjeiro - Bairro dos Moreiras.</t>
+  </si>
+  <si>
+    <t>5877</t>
+  </si>
+  <si>
+    <t>MO</t>
+  </si>
+  <si>
+    <t>Moção</t>
+  </si>
+  <si>
+    <t>Alex P. da Silva, Adilsom Castanho, Caio Cezar da S. Martori, Edvaldo Vicente (Vardinho Leites), José Anésio X. Lemes, Lucelino Prestes (Gordo do Buffet), Lukas Moraes, Nilza M. dos S. Godinho (Chuca), Paulino Florêncio Pinto</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5877/mocao_1_-_23-1-2026_alex.pdf</t>
+  </si>
+  <si>
+    <t>Moção de congratulações aos 72 anos da Assembleia de Deus de Piedade.</t>
+  </si>
+  <si>
+    <t>5904</t>
+  </si>
+  <si>
+    <t>Caio Cezar da S. Martori, Alexandre Pereira (Xandinho), Isidoro Poly, José Anésio X. Lemes, Lucelino Prestes (Gordo do Buffet), Lukas Moraes, Nilza M. dos S. Godinho (Chuca), Paulino Florêncio Pinto, Wandi A. Rodrigues</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5904/mocao_2_-_6-2-2026_caio.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações em reconhecimento à trajetória cultural e histórica de Davino Tardelli da Silva</t>
+  </si>
+  <si>
+    <t>5909</t>
+  </si>
+  <si>
+    <t>Lukas Moraes, Adilsom Castanho, Alexandre Pereira (Xandinho), Caio Cezar da S. Martori, Edvaldo Vicente (Vardinho Leites), Isidoro Poly, Jeferson D. Cardoso (Tatu), Lucelino Prestes (Gordo do Buffet), Nilza M. dos S. Godinho (Chuca), Paulino Florêncio Pinto</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5909/mocao_3_-_9-2-2026_lukas.pdf</t>
+  </si>
+  <si>
+    <t>Moção de louvor e reconhecimento ao Pastor Israel Padilha de Siqueira.</t>
+  </si>
+  <si>
+    <t>5936</t>
+  </si>
+  <si>
+    <t>Lukas Moraes, Alexandre Pereira (Xandinho), Caio Cezar da S. Martori, Edvaldo Vicente (Vardinho Leites), Jeferson D. Cardoso (Tatu), José Anésio X. Lemes, Lucelino Prestes (Gordo do Buffet), Paulino Florêncio Pinto, Wandi A. Rodrigues</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5936/mocao_4_-_25-2-2026_lukas.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulação pelos 10 anos da UMADECAMPI – União da Mocidade das Assembleias de_x000D_
+Deus do Campo Eclesiástico de Piedade/SP – Ministério do Belém</t>
+  </si>
+  <si>
+    <t>5933</t>
+  </si>
+  <si>
+    <t>Caio Cezar da S. Martori, Edvaldo Vicente (Vardinho Leites), Jeferson D. Cardoso (Tatu), Lucelino Prestes (Gordo do Buffet), Paulino Florêncio Pinto, Wandi A. Rodrigues</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5933/mocao_5_-_26-2-2026_caio.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Apoio ao pedido de Incidente de Deslocamento de Competência (federalização) das_x000D_
+investigações relativas ao “Caso Orelha”, formulado perante a Procuradoria-Geral da República.”</t>
+  </si>
+  <si>
+    <t>5923</t>
+  </si>
+  <si>
+    <t>PAR</t>
+  </si>
+  <si>
+    <t>Parecer</t>
+  </si>
+  <si>
+    <t>CFO - Comissão de Finanças e Orçamento</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5923/par_1_-_19-2-2026.pdf</t>
+  </si>
+  <si>
+    <t>Contas da Prefeitura Municipal de Piedade, relativas ao exercício de 2023.</t>
+  </si>
+  <si>
+    <t>5869</t>
+  </si>
+  <si>
+    <t>PLExe</t>
+  </si>
+  <si>
+    <t>Projeto de Lei - Executivo</t>
+  </si>
+  <si>
+    <t>Prefeito</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5869/pl_01_2026_suplementacao_camara.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza suplementação do orçamento vigente.</t>
+  </si>
+  <si>
+    <t>5878</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5878/ple_3_-_30-1-2026.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa de Incentivo à Doação ao Fundo Municipal dos Direitos da Criança e do Adolescente de Piedade (FUMCAD).</t>
+  </si>
+  <si>
+    <t>5898</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5898/pl_04_reajuste.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o reajuste nos vencimentos dos servidores públicos municipais, conforme especifica.</t>
+  </si>
+  <si>
+    <t>5918</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5918/ple_5_-_9-2-2026.pdf</t>
+  </si>
+  <si>
+    <t>Prorroga a vigência do Plano Municipal de Educação do Município de Piedade e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5876</t>
+  </si>
+  <si>
+    <t>PLLeg</t>
+  </si>
+  <si>
+    <t>Projeto de Lei - Legislativo</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5876/pll_1_-_26-1-2026_lukas.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a obrigatoriedade da presença de salva-vidas em piscinas, balneários naturais, cachoeiras e locais de recreação aquática situados em clubes, empreendimentos turísticos e estabelecimentos de turismo rural no âmbito do Município de Piedade, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5893</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5893/pll_2_13_2_2026_isidoro_.pdf</t>
+  </si>
+  <si>
+    <t>Institui no calendário oficial do Município de Piedade/SP o Dia do Profissional de Educação Física e a Semana do Profissional de Educação Física e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5892</t>
+  </si>
+  <si>
+    <t>Jeferson D. Cardoso (Tatu)</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5892/pll_3_-_5-2-2026_jeferson.pdf</t>
+  </si>
+  <si>
+    <t>Dá denominação de Rua Rosário Prestes de Oliveira a via localizada na Vila Maria.</t>
+  </si>
+  <si>
+    <t>5919</t>
+  </si>
+  <si>
+    <t>19ª Legislatura - 1ª Mesa Diretora</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5919/pll_4_-_11-2-2026_mesa.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o reajuste da remuneração dos servidores públicos do Poder Legislativo Municipal, conforme especifica.</t>
+  </si>
+  <si>
+    <t>5932</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5932/pll_5_27-2-2026_edvaldo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre as diretrizes da Política Municipal Agropecuária e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5931</t>
+  </si>
+  <si>
+    <t>PRes</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5931/projeto_de_resolucao_1-_26-2-2026_jeferson.pdf</t>
+  </si>
+  <si>
+    <t>Dá nova redação ao artigo 6º da Resolução nº 4, de 10 de abril de 2018 — Regulamenta a concessão de título de cidadão_x000D_
+honorário ou qualquer outra honraria ou homenagem a pessoas que, reconhecidamente, tenham prestado serviços ao_x000D_
+Município.</t>
+  </si>
+  <si>
     <t>5863</t>
   </si>
   <si>
-    <t>2026</t>
-[...4 lines deleted...]
-  <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>Nilza M. dos S. Godinho (Chuca)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5863/requeirmento_1_-_5-1-2025_nilza.pdf</t>
   </si>
   <si>
     <t>Voto de pesar pelo falecimento da senhora Jandira de Oliveira Correa.</t>
   </si>
   <si>
     <t>5864</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5864/requeirmento_2_-_5-1-2025_nilza.pdf</t>
   </si>
   <si>
     <t>Voto de pesar pelo falecimento da senhora Cátia Isabele Doles Figueredo.</t>
+  </si>
+  <si>
+    <t>5865</t>
+  </si>
+  <si>
+    <t>Wandi A. Rodrigues</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5865/requeirmento_3_-_13-1-2025_wandi.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações sobre pagamento de quinquênios de servidores municipais.</t>
+  </si>
+  <si>
+    <t>5872</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5872/requeirmento_4_-_19-1-2025_isidoro.pdf</t>
+  </si>
+  <si>
+    <t>Questiona se a nova Escola Técnica Estadual de Piedade - Etec está apta a receber denominação.</t>
+  </si>
+  <si>
+    <t>5874</t>
+  </si>
+  <si>
+    <t>Paulino Florêncio Pinto</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5874/requeirmento_5_-_22-1-2025_paulino.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações sobre a obra realizada pela Sabesp no Bairro do Ciriaco de Cima e de Baixo.</t>
+  </si>
+  <si>
+    <t>5882</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5882/requeirmento_6_-_26-1-2026_nilza.pdf</t>
+  </si>
+  <si>
+    <t>Voto de pesar pelo falecimento da senhora Branislava Rolim de Góes.</t>
+  </si>
+  <si>
+    <t>5879</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5879/requeirmento_7_-_29-1-2026_caio.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações relacionadas aos agentes de trânsito de Piedade.</t>
+  </si>
+  <si>
+    <t>5880</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5880/requeirmento_8_-_30-1-2026_caio.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações relacionadas à regularização fundiária.</t>
+  </si>
+  <si>
+    <t>5881</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5881/requeirmento_9_-_30-1-2026_caio.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações relativas à emenda parlamentar de asfaltamento do Bairro Campininha.</t>
+  </si>
+  <si>
+    <t>5883</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5883/requeirmento_10_-_30-1-2026_caio.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações relacionadas à construção de escola no bairro do Jurupará.</t>
+  </si>
+  <si>
+    <t>5884</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5884/requeirmento_11_-_30-1-2026_caio.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações relacionadas ao déficit orçamentário do Município de Piedade.</t>
+  </si>
+  <si>
+    <t>5885</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5885/requeirmento_12_-_30-1-2026_caio.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações relativas à demanda por cirurgias urológicas.</t>
+  </si>
+  <si>
+    <t>5887</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5887/requerimento_13_-_2-2-2026_lukas.pdf</t>
+  </si>
+  <si>
+    <t>Questiona-se se a viela localizada no final da Rua Capitão Moraes no Bairro dos Cotianos está apta a receber denominação.</t>
+  </si>
+  <si>
+    <t>5889</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5889/requerimento_14_-_2-2-2026_lukas.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro informações sobre poda de árvores nas estradas vicinais do município.</t>
+  </si>
+  <si>
+    <t>5897</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5897/requerimento_15_-_6-2-2026_caio.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações sobre envio de projeto de lei de adequação do piso salarial do magistério municipal.</t>
+  </si>
+  <si>
+    <t>5896</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5896/requerimento_16_-_6-2-2026_caio.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações acerca de dias previstos no calendário escolar municipal classificados como eventos culturais.</t>
+  </si>
+  <si>
+    <t>5901</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5901/requerimento_17_-_6-2-2026_caio.pdf</t>
+  </si>
+  <si>
+    <t>Questiona se a PDD-050 está apta a receber denominação.</t>
+  </si>
+  <si>
+    <t>5911</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5911/requerimento_18_-_10-2-2026_jose.pdf</t>
+  </si>
+  <si>
+    <t>Voto de pesar pelo falecimento da senhora Tereza Lemes Gurgel.</t>
+  </si>
+  <si>
+    <t>5910</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5910/requerimento_19_-_10-2-2026_jose.pdf</t>
+  </si>
+  <si>
+    <t>Voto de pesar pelo falecimento do senhor Dirceu Correa da Silva.</t>
+  </si>
+  <si>
+    <t>5912</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5912/requerimento_20_-_12-2-2026_alexandre.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações relacionadas ao Corpo de Bombeiros.</t>
+  </si>
+  <si>
+    <t>5920</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5920/requerimento_21-_19-2-2026_caio.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações relacionadas ao Centro Integrado de Reabilitação.</t>
+  </si>
+  <si>
+    <t>5928</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5928/requerimento_22-_19-2-2026_nilza.pdf</t>
+  </si>
+  <si>
+    <t>Voto de pesar pelo falecimento do senhor Luiz Antônio Pinto de Camargo.</t>
+  </si>
+  <si>
+    <t>5921</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5921/requerimento_23_-_19-2-2026_caio.pdf</t>
+  </si>
+  <si>
+    <t>Fiscalização do cumprimento da decisão do Supremo Tribunal Federal na Reclamação 88.319/SP sobre verbas remuneratórias e indenizatórias.</t>
+  </si>
+  <si>
+    <t>5934</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5934/requerimento_24_-_26-2-2026_jose.pdf</t>
+  </si>
+  <si>
+    <t>Voto de pesar pelo falecimento do senhor Marcelo Andrade Lopes.</t>
+  </si>
+  <si>
+    <t>5935</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5935/requerimento_25_-_26-2-2026_jose.pdf</t>
+  </si>
+  <si>
+    <t>Voto de pesar pelo falecimento da senhora Pedrina Leite.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -417,68 +1268,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5863/requeirmento_1_-_5-1-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5864/requeirmento_2_-_5-1-2025_nilza.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5929/emenda_1_-_11-2-2026_-_ple_3-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5867/indicacao_1_-_14-1-2026_jose.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5866/indicacao_2_-_14-1-2026_jose.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5868/indicacao_3_-_15-1-2026_alexandre.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5870/indicacao_4_-_15-1-2026_jose.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5873/indicacao_5_-_20-1-2026_jose.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5875/indicacao_6_-_23-1-2026_jose.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5886/indicacao_7_-_2-2-2026_jose.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5888/indicacao_8_-_2-2-2026_lukas.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5891/indicacao_9_-_2-2-2026_lukas.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5890/indicacao_10_-_2-2-2026_lukas.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5894/indicacao_11_-_5-2-2026_isidoro.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5906/indicacao_12_-_5-2-2026_isidoro.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5895/indicacao_13_-_5-2-2026_jose.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5900/indicacao_14_-_6-2-2026_caio.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5899/indicacao_15_-_6-2-2026_caio.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5902/indicacao_16_-_6-2-2026_caio.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5903/indicacao_17_-_6-2-2026_caio.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5905/indicacao_18_-_9-2-2026_lukas.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5907/indicacao_19_-_9-2-2026_isidoro.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5908/indicacao_20_-_9-2-2026_lukas.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5913/indicacao_21_-_11-2-2026_jose.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5914/indicacao_22_-_11-2-2026_nilza.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5922/indicacao_24_-_12-2-2026_lukas.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5915/indicacao_25_-_13-2-2026_jose.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5916/indicacao_27_-_18-2-2026_caio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5924/indicacao_28_-_20-2-2026_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5925/indicacao_29_-_20-2-2026_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5926/indicacao_30_-_20-2-2026_lucelino.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5927/indicacao_31_-_20-2-2026_alex.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5930/indicacao_32-_24-2-2026_jose.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5937/indicacao_33_-_26-2-2026_lukas.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5877/mocao_1_-_23-1-2026_alex.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5904/mocao_2_-_6-2-2026_caio.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5909/mocao_3_-_9-2-2026_lukas.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5936/mocao_4_-_25-2-2026_lukas.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5933/mocao_5_-_26-2-2026_caio.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5923/par_1_-_19-2-2026.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5869/pl_01_2026_suplementacao_camara.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5878/ple_3_-_30-1-2026.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5898/pl_04_reajuste.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5918/ple_5_-_9-2-2026.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5876/pll_1_-_26-1-2026_lukas.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5893/pll_2_13_2_2026_isidoro_.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5892/pll_3_-_5-2-2026_jeferson.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5919/pll_4_-_11-2-2026_mesa.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5932/pll_5_27-2-2026_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5931/projeto_de_resolucao_1-_26-2-2026_jeferson.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5863/requeirmento_1_-_5-1-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5864/requeirmento_2_-_5-1-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5865/requeirmento_3_-_13-1-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5872/requeirmento_4_-_19-1-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5874/requeirmento_5_-_22-1-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5882/requeirmento_6_-_26-1-2026_nilza.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5879/requeirmento_7_-_29-1-2026_caio.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5880/requeirmento_8_-_30-1-2026_caio.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5881/requeirmento_9_-_30-1-2026_caio.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5883/requeirmento_10_-_30-1-2026_caio.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5884/requeirmento_11_-_30-1-2026_caio.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5885/requeirmento_12_-_30-1-2026_caio.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5887/requerimento_13_-_2-2-2026_lukas.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5889/requerimento_14_-_2-2-2026_lukas.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5897/requerimento_15_-_6-2-2026_caio.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5896/requerimento_16_-_6-2-2026_caio.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5901/requerimento_17_-_6-2-2026_caio.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5911/requerimento_18_-_10-2-2026_jose.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5910/requerimento_19_-_10-2-2026_jose.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5912/requerimento_20_-_12-2-2026_alexandre.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5920/requerimento_21-_19-2-2026_caio.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5928/requerimento_22-_19-2-2026_nilza.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5921/requerimento_23_-_19-2-2026_caio.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5934/requerimento_24_-_26-2-2026_jose.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2026/5935/requerimento_25_-_26-2-2026_jose.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H75"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="28.85546875" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="66.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="227.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="115.5703125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="251.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -497,72 +1348,2016 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G3" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E4" t="s">
         <v>18</v>
       </c>
-      <c r="H3" t="s">
+      <c r="F4" t="s">
         <v>19</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F5" t="s">
+        <v>28</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>31</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" t="s">
+        <v>18</v>
+      </c>
+      <c r="F6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E7" t="s">
+        <v>18</v>
+      </c>
+      <c r="F7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H7" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>39</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" t="s">
+        <v>17</v>
+      </c>
+      <c r="E8" t="s">
+        <v>18</v>
+      </c>
+      <c r="F8" t="s">
+        <v>19</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="H8" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>43</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>44</v>
+      </c>
+      <c r="D9" t="s">
+        <v>17</v>
+      </c>
+      <c r="E9" t="s">
+        <v>18</v>
+      </c>
+      <c r="F9" t="s">
+        <v>19</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="H9" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>48</v>
+      </c>
+      <c r="D10" t="s">
+        <v>17</v>
+      </c>
+      <c r="E10" t="s">
+        <v>18</v>
+      </c>
+      <c r="F10" t="s">
+        <v>49</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="H10" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>52</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>53</v>
+      </c>
+      <c r="D11" t="s">
+        <v>17</v>
+      </c>
+      <c r="E11" t="s">
+        <v>18</v>
+      </c>
+      <c r="F11" t="s">
+        <v>49</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H11" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>57</v>
+      </c>
+      <c r="D12" t="s">
+        <v>17</v>
+      </c>
+      <c r="E12" t="s">
+        <v>18</v>
+      </c>
+      <c r="F12" t="s">
+        <v>49</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="H12" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>60</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>61</v>
+      </c>
+      <c r="D13" t="s">
+        <v>17</v>
+      </c>
+      <c r="E13" t="s">
+        <v>18</v>
+      </c>
+      <c r="F13" t="s">
+        <v>62</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H13" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>65</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>66</v>
+      </c>
+      <c r="D14" t="s">
+        <v>17</v>
+      </c>
+      <c r="E14" t="s">
+        <v>18</v>
+      </c>
+      <c r="F14" t="s">
+        <v>62</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H14" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>69</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>70</v>
+      </c>
+      <c r="D15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E15" t="s">
+        <v>18</v>
+      </c>
+      <c r="F15" t="s">
+        <v>19</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="H15" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>73</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>74</v>
+      </c>
+      <c r="D16" t="s">
+        <v>17</v>
+      </c>
+      <c r="E16" t="s">
+        <v>18</v>
+      </c>
+      <c r="F16" t="s">
+        <v>75</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H16" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>78</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>79</v>
+      </c>
+      <c r="D17" t="s">
+        <v>17</v>
+      </c>
+      <c r="E17" t="s">
+        <v>18</v>
+      </c>
+      <c r="F17" t="s">
+        <v>75</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="H17" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>82</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>83</v>
+      </c>
+      <c r="D18" t="s">
+        <v>17</v>
+      </c>
+      <c r="E18" t="s">
+        <v>18</v>
+      </c>
+      <c r="F18" t="s">
+        <v>75</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H18" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>86</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>87</v>
+      </c>
+      <c r="D19" t="s">
+        <v>17</v>
+      </c>
+      <c r="E19" t="s">
+        <v>18</v>
+      </c>
+      <c r="F19" t="s">
+        <v>75</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="H19" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>90</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>91</v>
+      </c>
+      <c r="D20" t="s">
+        <v>17</v>
+      </c>
+      <c r="E20" t="s">
+        <v>18</v>
+      </c>
+      <c r="F20" t="s">
+        <v>49</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="H20" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>94</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>95</v>
+      </c>
+      <c r="D21" t="s">
+        <v>17</v>
+      </c>
+      <c r="E21" t="s">
+        <v>18</v>
+      </c>
+      <c r="F21" t="s">
+        <v>62</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H21" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>98</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>99</v>
+      </c>
+      <c r="D22" t="s">
+        <v>17</v>
+      </c>
+      <c r="E22" t="s">
+        <v>18</v>
+      </c>
+      <c r="F22" t="s">
+        <v>49</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H22" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>102</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>103</v>
+      </c>
+      <c r="D23" t="s">
+        <v>17</v>
+      </c>
+      <c r="E23" t="s">
+        <v>18</v>
+      </c>
+      <c r="F23" t="s">
+        <v>104</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H23" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>107</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>108</v>
+      </c>
+      <c r="D24" t="s">
+        <v>17</v>
+      </c>
+      <c r="E24" t="s">
+        <v>18</v>
+      </c>
+      <c r="F24" t="s">
+        <v>109</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H24" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>112</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>113</v>
+      </c>
+      <c r="D25" t="s">
+        <v>17</v>
+      </c>
+      <c r="E25" t="s">
+        <v>18</v>
+      </c>
+      <c r="F25" t="s">
+        <v>49</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="H25" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>116</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>117</v>
+      </c>
+      <c r="D26" t="s">
+        <v>17</v>
+      </c>
+      <c r="E26" t="s">
+        <v>18</v>
+      </c>
+      <c r="F26" t="s">
+        <v>104</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="H26" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>120</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>121</v>
+      </c>
+      <c r="D27" t="s">
+        <v>17</v>
+      </c>
+      <c r="E27" t="s">
+        <v>18</v>
+      </c>
+      <c r="F27" t="s">
+        <v>75</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="H27" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>124</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>125</v>
+      </c>
+      <c r="D28" t="s">
+        <v>17</v>
+      </c>
+      <c r="E28" t="s">
+        <v>18</v>
+      </c>
+      <c r="F28" t="s">
+        <v>75</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H28" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>128</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>129</v>
+      </c>
+      <c r="D29" t="s">
+        <v>17</v>
+      </c>
+      <c r="E29" t="s">
+        <v>18</v>
+      </c>
+      <c r="F29" t="s">
+        <v>130</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="H29" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>133</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>134</v>
+      </c>
+      <c r="D30" t="s">
+        <v>17</v>
+      </c>
+      <c r="E30" t="s">
+        <v>18</v>
+      </c>
+      <c r="F30" t="s">
+        <v>130</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="H30" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>137</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>138</v>
+      </c>
+      <c r="D31" t="s">
+        <v>17</v>
+      </c>
+      <c r="E31" t="s">
+        <v>18</v>
+      </c>
+      <c r="F31" t="s">
+        <v>139</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="H31" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>142</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>143</v>
+      </c>
+      <c r="D32" t="s">
+        <v>17</v>
+      </c>
+      <c r="E32" t="s">
+        <v>18</v>
+      </c>
+      <c r="F32" t="s">
+        <v>144</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="H32" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>147</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>148</v>
+      </c>
+      <c r="D33" t="s">
+        <v>17</v>
+      </c>
+      <c r="E33" t="s">
+        <v>18</v>
+      </c>
+      <c r="F33" t="s">
+        <v>19</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="H33" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>151</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>152</v>
+      </c>
+      <c r="D34" t="s">
+        <v>17</v>
+      </c>
+      <c r="E34" t="s">
+        <v>18</v>
+      </c>
+      <c r="F34" t="s">
+        <v>49</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="H34" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>155</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>10</v>
+      </c>
+      <c r="D35" t="s">
+        <v>156</v>
+      </c>
+      <c r="E35" t="s">
+        <v>157</v>
+      </c>
+      <c r="F35" t="s">
+        <v>158</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="H35" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>161</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>23</v>
+      </c>
+      <c r="D36" t="s">
+        <v>156</v>
+      </c>
+      <c r="E36" t="s">
+        <v>157</v>
+      </c>
+      <c r="F36" t="s">
+        <v>162</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="H36" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>165</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>27</v>
+      </c>
+      <c r="D37" t="s">
+        <v>156</v>
+      </c>
+      <c r="E37" t="s">
+        <v>157</v>
+      </c>
+      <c r="F37" t="s">
+        <v>166</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="H37" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>169</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>32</v>
+      </c>
+      <c r="D38" t="s">
+        <v>156</v>
+      </c>
+      <c r="E38" t="s">
+        <v>157</v>
+      </c>
+      <c r="F38" t="s">
+        <v>170</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="H38" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>173</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>36</v>
+      </c>
+      <c r="D39" t="s">
+        <v>156</v>
+      </c>
+      <c r="E39" t="s">
+        <v>157</v>
+      </c>
+      <c r="F39" t="s">
+        <v>174</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H39" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>177</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>10</v>
+      </c>
+      <c r="D40" t="s">
+        <v>178</v>
+      </c>
+      <c r="E40" t="s">
+        <v>179</v>
+      </c>
+      <c r="F40" t="s">
+        <v>180</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="H40" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>183</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>10</v>
+      </c>
+      <c r="D41" t="s">
+        <v>184</v>
+      </c>
+      <c r="E41" t="s">
+        <v>185</v>
+      </c>
+      <c r="F41" t="s">
+        <v>186</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="H41" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>189</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>27</v>
+      </c>
+      <c r="D42" t="s">
+        <v>184</v>
+      </c>
+      <c r="E42" t="s">
+        <v>185</v>
+      </c>
+      <c r="F42" t="s">
+        <v>186</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="H42" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>192</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>32</v>
+      </c>
+      <c r="D43" t="s">
+        <v>184</v>
+      </c>
+      <c r="E43" t="s">
+        <v>185</v>
+      </c>
+      <c r="F43" t="s">
+        <v>186</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="H43" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>195</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>36</v>
+      </c>
+      <c r="D44" t="s">
+        <v>184</v>
+      </c>
+      <c r="E44" t="s">
+        <v>185</v>
+      </c>
+      <c r="F44" t="s">
+        <v>186</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="H44" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>198</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>10</v>
+      </c>
+      <c r="D45" t="s">
+        <v>199</v>
+      </c>
+      <c r="E45" t="s">
+        <v>200</v>
+      </c>
+      <c r="F45" t="s">
+        <v>49</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="H45" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>203</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>23</v>
+      </c>
+      <c r="D46" t="s">
+        <v>199</v>
+      </c>
+      <c r="E46" t="s">
+        <v>200</v>
+      </c>
+      <c r="F46" t="s">
+        <v>62</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="H46" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>206</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>27</v>
+      </c>
+      <c r="D47" t="s">
+        <v>199</v>
+      </c>
+      <c r="E47" t="s">
+        <v>200</v>
+      </c>
+      <c r="F47" t="s">
+        <v>207</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="H47" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>210</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>32</v>
+      </c>
+      <c r="D48" t="s">
+        <v>199</v>
+      </c>
+      <c r="E48" t="s">
+        <v>200</v>
+      </c>
+      <c r="F48" t="s">
+        <v>211</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="H48" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>214</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>36</v>
+      </c>
+      <c r="D49" t="s">
+        <v>199</v>
+      </c>
+      <c r="E49" t="s">
+        <v>200</v>
+      </c>
+      <c r="F49" t="s">
+        <v>130</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="H49" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>217</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>10</v>
+      </c>
+      <c r="D50" t="s">
+        <v>218</v>
+      </c>
+      <c r="E50" t="s">
+        <v>219</v>
+      </c>
+      <c r="F50" t="s">
+        <v>207</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="H50" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>222</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>10</v>
+      </c>
+      <c r="D51" t="s">
+        <v>223</v>
+      </c>
+      <c r="E51" t="s">
+        <v>224</v>
+      </c>
+      <c r="F51" t="s">
+        <v>109</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="H51" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>227</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>23</v>
+      </c>
+      <c r="D52" t="s">
+        <v>223</v>
+      </c>
+      <c r="E52" t="s">
+        <v>224</v>
+      </c>
+      <c r="F52" t="s">
+        <v>109</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="H52" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>230</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>27</v>
+      </c>
+      <c r="D53" t="s">
+        <v>223</v>
+      </c>
+      <c r="E53" t="s">
+        <v>224</v>
+      </c>
+      <c r="F53" t="s">
+        <v>231</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="H53" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>234</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>32</v>
+      </c>
+      <c r="D54" t="s">
+        <v>223</v>
+      </c>
+      <c r="E54" t="s">
+        <v>224</v>
+      </c>
+      <c r="F54" t="s">
+        <v>62</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="H54" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>237</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>36</v>
+      </c>
+      <c r="D55" t="s">
+        <v>223</v>
+      </c>
+      <c r="E55" t="s">
+        <v>224</v>
+      </c>
+      <c r="F55" t="s">
+        <v>238</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="H55" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>241</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>40</v>
+      </c>
+      <c r="D56" t="s">
+        <v>223</v>
+      </c>
+      <c r="E56" t="s">
+        <v>224</v>
+      </c>
+      <c r="F56" t="s">
+        <v>109</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="H56" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>244</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>44</v>
+      </c>
+      <c r="D57" t="s">
+        <v>223</v>
+      </c>
+      <c r="E57" t="s">
+        <v>224</v>
+      </c>
+      <c r="F57" t="s">
+        <v>75</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="H57" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>247</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>48</v>
+      </c>
+      <c r="D58" t="s">
+        <v>223</v>
+      </c>
+      <c r="E58" t="s">
+        <v>224</v>
+      </c>
+      <c r="F58" t="s">
+        <v>75</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="H58" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>250</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>53</v>
+      </c>
+      <c r="D59" t="s">
+        <v>223</v>
+      </c>
+      <c r="E59" t="s">
+        <v>224</v>
+      </c>
+      <c r="F59" t="s">
+        <v>75</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="H59" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>253</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>57</v>
+      </c>
+      <c r="D60" t="s">
+        <v>223</v>
+      </c>
+      <c r="E60" t="s">
+        <v>224</v>
+      </c>
+      <c r="F60" t="s">
+        <v>75</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="H60" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>256</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>61</v>
+      </c>
+      <c r="D61" t="s">
+        <v>223</v>
+      </c>
+      <c r="E61" t="s">
+        <v>224</v>
+      </c>
+      <c r="F61" t="s">
+        <v>75</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="H61" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>259</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>66</v>
+      </c>
+      <c r="D62" t="s">
+        <v>223</v>
+      </c>
+      <c r="E62" t="s">
+        <v>224</v>
+      </c>
+      <c r="F62" t="s">
+        <v>75</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="H62" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>262</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>70</v>
+      </c>
+      <c r="D63" t="s">
+        <v>223</v>
+      </c>
+      <c r="E63" t="s">
+        <v>224</v>
+      </c>
+      <c r="F63" t="s">
+        <v>49</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="H63" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>265</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>74</v>
+      </c>
+      <c r="D64" t="s">
+        <v>223</v>
+      </c>
+      <c r="E64" t="s">
+        <v>224</v>
+      </c>
+      <c r="F64" t="s">
+        <v>49</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H64" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>268</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>79</v>
+      </c>
+      <c r="D65" t="s">
+        <v>223</v>
+      </c>
+      <c r="E65" t="s">
+        <v>224</v>
+      </c>
+      <c r="F65" t="s">
+        <v>75</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="H65" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>271</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>83</v>
+      </c>
+      <c r="D66" t="s">
+        <v>223</v>
+      </c>
+      <c r="E66" t="s">
+        <v>224</v>
+      </c>
+      <c r="F66" t="s">
+        <v>75</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="H66" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>274</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>87</v>
+      </c>
+      <c r="D67" t="s">
+        <v>223</v>
+      </c>
+      <c r="E67" t="s">
+        <v>224</v>
+      </c>
+      <c r="F67" t="s">
+        <v>75</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="H67" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>277</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>91</v>
+      </c>
+      <c r="D68" t="s">
+        <v>223</v>
+      </c>
+      <c r="E68" t="s">
+        <v>224</v>
+      </c>
+      <c r="F68" t="s">
+        <v>19</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="H68" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>280</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>95</v>
+      </c>
+      <c r="D69" t="s">
+        <v>223</v>
+      </c>
+      <c r="E69" t="s">
+        <v>224</v>
+      </c>
+      <c r="F69" t="s">
+        <v>19</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="H69" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>283</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>99</v>
+      </c>
+      <c r="D70" t="s">
+        <v>223</v>
+      </c>
+      <c r="E70" t="s">
+        <v>224</v>
+      </c>
+      <c r="F70" t="s">
+        <v>28</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="H70" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>286</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>103</v>
+      </c>
+      <c r="D71" t="s">
+        <v>223</v>
+      </c>
+      <c r="E71" t="s">
+        <v>224</v>
+      </c>
+      <c r="F71" t="s">
+        <v>75</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="H71" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>289</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>108</v>
+      </c>
+      <c r="D72" t="s">
+        <v>223</v>
+      </c>
+      <c r="E72" t="s">
+        <v>224</v>
+      </c>
+      <c r="F72" t="s">
+        <v>109</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="H72" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>292</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>293</v>
+      </c>
+      <c r="D73" t="s">
+        <v>223</v>
+      </c>
+      <c r="E73" t="s">
+        <v>224</v>
+      </c>
+      <c r="F73" t="s">
+        <v>75</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="H73" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>296</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>113</v>
+      </c>
+      <c r="D74" t="s">
+        <v>223</v>
+      </c>
+      <c r="E74" t="s">
+        <v>224</v>
+      </c>
+      <c r="F74" t="s">
+        <v>19</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="H74" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>299</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>117</v>
+      </c>
+      <c r="D75" t="s">
+        <v>223</v>
+      </c>
+      <c r="E75" t="s">
+        <v>224</v>
+      </c>
+      <c r="F75" t="s">
+        <v>19</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="H75" t="s">
+        <v>301</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
+    <hyperlink ref="G4" r:id="rId3"/>
+    <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>