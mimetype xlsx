--- v0 (2025-11-20)
+++ v1 (2026-01-12)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4814" uniqueCount="2093">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5046" uniqueCount="2193">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -150,80 +150,77 @@
   <si>
     <t>5777</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5777/emenda_7_-_17-10-2025_-_ple_23-2025.pdf</t>
   </si>
   <si>
     <t>Altera a redação do § 4º do art. 21 do Projeto de Lei nº 23/2025.</t>
   </si>
   <si>
     <t>5824</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Jeferson D. Cardoso (Tatu)</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5824/emenda_8_-_19-10-2025_-_ple_25-2025.pdf</t>
   </si>
   <si>
-    <t>Altera anexos do projeto de lei nº 25/2026 do Poder Executivo.</t>
+    <t>Altera anexos do projeto de lei nº 25/2025 do Poder Executivo.</t>
   </si>
   <si>
     <t>5829</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Caio Cezar da S. Martori</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5829/emenda_9_-_19-11-2025_-_ple_25-2025.pdf</t>
   </si>
   <si>
     <t>5832</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Alex P. da Silva</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5832/emenda_10_-_19-11-2025_-_ple_25-2025.pdf</t>
   </si>
   <si>
-    <t>Altera anexos do projeto de lei nº 25/2026 do Poder Executivo</t>
-[...1 lines deleted...]
-  <si>
     <t>5828</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Lucelino Prestes (Gordo do Buffet)</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5828/emenda_11_-19-11-2025_-_ple_25-2025.pdf</t>
   </si>
   <si>
     <t>5831</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Alexandre Pereira (Xandinho)</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5831/emenda_12_-_19-11-2025_-_ple_25-2025.pdf</t>
   </si>
   <si>
     <t>5827</t>
@@ -231,51 +228,51 @@
   <si>
     <t>13</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5827/emenda_13_-19-11-2025_-_ple_25-2025.pdf</t>
   </si>
   <si>
     <t>5830</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5830/emenda_14_-19-11-2025_-_ple_25-2025.pdf</t>
   </si>
   <si>
     <t>5826</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Nilza M. dos S. Godinho (Chuca)</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/</t>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5826/emenda_15_-_19-11-2025_-_ple_25-2025.pdf</t>
   </si>
   <si>
     <t>5225</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>José Anésio X. Lemes</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5225/indicacao_1_-_08-01-2025_jose.pdf</t>
   </si>
   <si>
     <t>Indica melhorias em estrada no Bairro do Caetezal.</t>
   </si>
   <si>
     <t>5228</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5228/indicacao_2_-_13-01-2025_jose.pdf</t>
   </si>
@@ -511,50 +508,53 @@
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5269/indicacao_24_-_7-2-2025_wandi.pdf</t>
   </si>
   <si>
     <t>Indica a manutenção da Travessa 3 da Rua Eurico Vieira Cardoso.</t>
   </si>
   <si>
     <t>5270</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5270/indicacao_25_-_7-2-2025_wandi.pdf</t>
   </si>
   <si>
     <t>Indica a manutenção na estrada principal do bairro do Sarapuí dos Luz.</t>
   </si>
   <si>
     <t>5284</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
+    <t>https://sapl.piedade.sp.leg.br/media/</t>
+  </si>
+  <si>
     <t>Indicação repetida</t>
   </si>
   <si>
     <t>5278</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5278/indicacao_27_-_10-2-2025_edvaldo.pdf</t>
   </si>
   <si>
     <t>Indica manutenção de estrada no Bairro do Piraporão.</t>
   </si>
   <si>
     <t>5279</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5279/indicacao_28_-_10-2-2025_edvaldo.pdf</t>
   </si>
   <si>
     <t>Indica manutenção de estrada no Bairro do Funil.</t>
@@ -2566,51 +2566,159 @@
   <si>
     <t>Indica a manutenção de playground e quadra localizados no CDHU Ezequiel Antônio da Silva na Vila Quintino</t>
   </si>
   <si>
     <t>5822</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5822/indicacao_196_-_19-11-2025_isidoro.pdf</t>
   </si>
   <si>
     <t>Indica a manutenção da quadra de esporte da EMEF Profª. Nelsina Ayres Bueno de Abreu.</t>
   </si>
   <si>
     <t>5823</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5823/indicacao_197_-_19-11-2025_edvaldo.pdf</t>
   </si>
   <si>
-    <t>Indica a construção de uma praça pública na área circular situada na Rua Mercy Bueno de Oliveira no Bairro dos Leites</t>
+    <t>Indica a construção de uma praça pública na área circular situada na Rua Mercy Bueno de Oliveira no Bairro dos Leites.</t>
+  </si>
+  <si>
+    <t>5833</t>
+  </si>
+  <si>
+    <t>198</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5833/indicacao_198-_19-11-2025_caio.pdf</t>
+  </si>
+  <si>
+    <t>Indica manutenção da Rua 13 do Bairro dos Moreiras.</t>
+  </si>
+  <si>
+    <t>5834</t>
+  </si>
+  <si>
+    <t>199</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5834/indicacao_199-_24-11-2025_jose.pdf</t>
+  </si>
+  <si>
+    <t>Indica a manutenção das estradas no Bairro da Serra.</t>
+  </si>
+  <si>
+    <t>5835</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5835/indicacao_200_-_26-11-2025_edvaldo.pdf</t>
+  </si>
+  <si>
+    <t>Indica a realização de serviços de terraplanagem e colocação de pedras nas estradas rurais do Bairro dos Leites e bairros vizinhos.</t>
+  </si>
+  <si>
+    <t>5836</t>
+  </si>
+  <si>
+    <t>201</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5836/indicacao_201-_26-11-2025_edvaldo.pdf</t>
+  </si>
+  <si>
+    <t>Indica a realização de serviços de terraplanagem, colocação de terras e pedras nas ruas necessitadas no Bairro dos Leites.</t>
+  </si>
+  <si>
+    <t>5837</t>
+  </si>
+  <si>
+    <t>202</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5837/indicacao_202-_26-11-2025_edvaldo.pdf</t>
+  </si>
+  <si>
+    <t>Indica a realização de serviço de limpeza e roçagem no terreno público onde será construída a escola estadual de ensino médio no Bairro dos Leites.</t>
+  </si>
+  <si>
+    <t>5848</t>
+  </si>
+  <si>
+    <t>203</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5848/indicacao_203_-_26-1-2025_lukas.pdf</t>
+  </si>
+  <si>
+    <t>Indica a limpeza e a manutenção da Praça Raul Antão Pereira, localizada na Vila Olinda.</t>
+  </si>
+  <si>
+    <t>5847</t>
+  </si>
+  <si>
+    <t>204</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5847/indicacao_204_-_1o-12-2025_isidoro.pdf</t>
+  </si>
+  <si>
+    <t>Indica a manutenção de boca de lobo a céu aberto, na Rua Pastor Raymundo Santana, no Bairro Ciriaco.</t>
+  </si>
+  <si>
+    <t>5852</t>
+  </si>
+  <si>
+    <t>205</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5852/indicacao_205_-_2-12-2025_isidoro.pdf</t>
+  </si>
+  <si>
+    <t>Indica manutenção nas proximidades da lanchonete Parada Obrigatória, localizada no bairro Alto de Piedade.</t>
+  </si>
+  <si>
+    <t>5858</t>
+  </si>
+  <si>
+    <t>206</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5858/indicacao_206_-_8-12-2025_jose.pdf</t>
+  </si>
+  <si>
+    <t>Indica a manutenção em todas as estradas do Bairro dos Buenos.</t>
   </si>
   <si>
     <t>5234</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Alex P. da Silva, Caio Cezar da S. Martori, José Anésio X. Lemes, Lucelino Prestes (Gordo do Buffet), Lukas Moraes, Paulino Florêncio Pinto</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5234/mocao_1_-_13-1-2023_alex.pdf</t>
   </si>
   <si>
     <t>Moção de congratulações aos 71 anos da Assembleia de Deus de Piedade.</t>
   </si>
   <si>
     <t>5307</t>
   </si>
   <si>
     <t>Alexandre Pereira (Xandinho), Adilsom Castanho, Caio Cezar da S. Martori, Edvaldo Vicente (Vardinho Leites), Isidoro Poly, Jeferson D. Cardoso (Tatu), José Anésio X. Lemes, Lukas Moraes</t>
   </si>
@@ -2776,75 +2884,87 @@
   <si>
     <t>Moção de congratulação ao aluno Edson Kouki Ibusuki, da Escola Estadual Professora Maria Paula Ramalho Paes, pela conquista da medalha de ouro fase nacional da Olimpíada Brasileira de Matemática das Escolas Públicas.</t>
   </si>
   <si>
     <t>5772</t>
   </si>
   <si>
     <t>Lukas Moraes, Adilsom Castanho, Caio Cezar da S. Martori, Edvaldo Vicente (Vardinho Leites), Isidoro Poly, Jeferson D. Cardoso (Tatu), José Anésio X. Lemes, Lucelino Prestes (Gordo do Buffet), Nilza M. dos S. Godinho (Chuca), Wandi A. Rodrigues</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5772/mocao_16_-_17-10-2025_lukas.pdf</t>
   </si>
   <si>
     <t>Moção de congratulações aos policiais militares que participaram da Operação Impacto.</t>
   </si>
   <si>
     <t>5797</t>
   </si>
   <si>
     <t>Alexandre Pereira (Xandinho), Adilsom Castanho, Caio Cezar da S. Martori, Edvaldo Vicente (Vardinho Leites), Isidoro Poly, Jeferson D. Cardoso (Tatu), Lukas Moraes, Nilza M. dos S. Godinho (Chuca), Paulino Florêncio Pinto</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5797/mocao_17_-_3-11-2025_alexandre.pdf</t>
   </si>
   <si>
-    <t>Moção de Aplausos aos policiais militares  e aos guardas civis municipais pelo  apoio a final do  Campeonato Varzeano.</t>
+    <t>Moção de aplausos aos policiais militares  e aos guardas civis municipais pelo  apoio a final do  Campeonato Varzeano.</t>
   </si>
   <si>
     <t>5798</t>
   </si>
   <si>
     <t>Lukas Moraes, Adilsom Castanho, Alexandre Pereira (Xandinho), Caio Cezar da S. Martori, Edvaldo Vicente (Vardinho Leites), Isidoro Poly, Jeferson D. Cardoso (Tatu), José Anésio X. Lemes, Nilza M. dos S. Godinho (Chuca), Paulino Florêncio Pinto</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5798/mocao_18_-_4-11-2025_lukas.pdf</t>
   </si>
   <si>
-    <t>Moção de Aplausos à equipe da Guarda Civil Municipal de Piedade.</t>
+    <t>Moção de aplausos à equipe da Guarda Civil Municipal de Piedade.</t>
   </si>
   <si>
     <t>5810</t>
   </si>
   <si>
     <t>Nilza M. dos S. Godinho (Chuca), Alex P. da Silva, Caio Cezar da S. Martori, Isidoro Poly, Jeferson D. Cardoso (Tatu), José Anésio X. Lemes, Lucelino Prestes (Gordo do Buffet), Lukas Moraes, Paulino Florêncio Pinto</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5810/mocao_19_-_11-11-2025_nilza.pdf</t>
   </si>
   <si>
     <t>Moção de congratulações aos 83 anos do Pereira Supermercados.</t>
+  </si>
+  <si>
+    <t>5851</t>
+  </si>
+  <si>
+    <t>Alex P. da Silva, Alexandre Pereira (Xandinho), Caio Cezar da S. Martori, Edvaldo Vicente (Vardinho Leites), Jeferson D. Cardoso (Tatu), José Anésio X. Lemes, Nilza M. dos S. Godinho (Chuca), Paulino Florêncio Pinto</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5851/mocao_20_-_4-12-2025_alex.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Repúdio à Secretaria de Estado da Saúde de São Paulo (SES-SP), pela falta de medicamentos de alto custo.</t>
   </si>
   <si>
     <t>5413</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5413/parecer_cjr_pll_8_2025.pdf</t>
   </si>
   <si>
     <t>Parecer pela inconstitucionalidade do substitutivo do projeto de lei nº 8/2025 do vereador Wandi Augusto Rodrigues.</t>
   </si>
   <si>
     <t>5446</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5446/parecer_cjr_pll_8_2025.pdf</t>
   </si>
   <si>
     <t>Parecer pela inadequação do projeto de lei nº 8/2025 do vereador Wandi Augusto Rodrigues.</t>
   </si>
@@ -3264,51 +3384,69 @@
     <t>Altera a redação do art. 1º da Lei nº 4.902, de 03 de abril de 2025.</t>
   </si>
   <si>
     <t>5802</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5802/pl_30_reestruturacao_do_conselho_dos_direitos_da_pessoa_idosa_comdipi.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do Conselho Municipal dos Direitos da Pessoa Idosa no âmbito do Município de Piedade, Estado de São Paulo, e_x000D_
 dá providências correlatas.</t>
   </si>
   <si>
     <t>5809</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5809/pl_31_suplementacao_camara.pdf</t>
   </si>
   <si>
     <t>5819</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5819/pl_32_sistema_municipal_de_cultura.pdf</t>
   </si>
   <si>
-    <t>Dispõe sobre o Sistema Municipal de Cultura do Município de Piedade, e dá outras providências.</t>
+    <t>Dispõe sobre o Sistema Municipal de Cultura do Município de Piedade e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5861</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5861/pl_33_fundo_de_turismo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a instituição do Fundo Municipal de Turismo de Piedade – FUMTUR, e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>5862</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5862/pl_gratificacao_aos_profissionais_de_odontologia.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação de gratificação por produtividade aos servidores da equipe de saúde bucal da atenção primária em saúde – APS, incluindo dentistas, técnicos e auxiliares, e das providências.</t>
   </si>
   <si>
     <t>5243</t>
   </si>
   <si>
     <t>PLLeg</t>
   </si>
   <si>
     <t>Projeto de Lei - Legislativo</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5243/pll_1_-_31-01-2025_wandi.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a entidade Associação Amigos do Turismo Rural de Piedade/SP – ASATURP.</t>
   </si>
   <si>
     <t>5264</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5264/pll_2_-_05-02-2025_mesa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reajuste da remuneração dos servidores públicos do Poder Legislativo Municipal, conforme especifica.</t>
   </si>
@@ -3560,50 +3698,77 @@
   <si>
     <t>Dá denominação de Estrada Municipal Salvatino José dos Santos a via localizada no Bairro do Funil</t>
   </si>
   <si>
     <t>5790</t>
   </si>
   <si>
     <t>Isidoro Poly, Paulino Florêncio Pinto</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5790/pll_30_-_30-10-2025_isidoro.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Estrada Municipal Gentil Francisco Torres a via localizada no Bairro Sarapuí de Cima.</t>
   </si>
   <si>
     <t>5795</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5795/pll_31_-_31-10-2025_jeferson.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua João dos Santos Maciel a via localizada no Bairro Jurupará.</t>
   </si>
   <si>
+    <t>5843</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5843/pll_32_-_28-11-2025_caio.pdf</t>
+  </si>
+  <si>
+    <t>Dá denominação de Rua José Soares de Oliveira à rua 13 localizada no Bairro dos Moreiras.</t>
+  </si>
+  <si>
+    <t>5855</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5855/pll_33_-_5-12-2025_mesa.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a reorganização, reestruturação, cria cargos, readéqua atribuições, vencimentos e gratificações no Quadro de Pessoal da Câmara Municipal de Piedade e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5854</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5854/pll_34_-_5-12-2025_caio.pdf</t>
+  </si>
+  <si>
+    <t>Dá denominação de Rua Valdeleia Aparecida Pontes Cunha a rua 12 localizada no Bairro dos Moreiras.</t>
+  </si>
+  <si>
     <t>5331</t>
   </si>
   <si>
     <t>PRes</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5331/pr__1_-_27-1-2025_alexandre.pdf</t>
   </si>
   <si>
     <t>Dá nova redação aos artigos 185, 186 e 252, caput, da Resolução nº 15, de 3 de agosto de 2020 — Regimento Interno da Câmara.</t>
   </si>
   <si>
     <t>5464</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5464/pr__2_-_16--2025_mesa.pdf</t>
   </si>
   <si>
     <t>Regulamenta a Lei Federal nº 14.129, de 29 de março de 2021, instituindo no âmbito do Poder Legislativo Municipal, o Programa Governo Digital – GDLP e dá outras providências.</t>
   </si>
   <si>
     <t>5597</t>
@@ -5404,153 +5569,126 @@
   <si>
     <t>Voto de pesar pelo falecimento do senhor Mauro Roberto Gomes de Abreu.</t>
   </si>
   <si>
     <t>5695</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5695/requerimento_196_-_16-9-2025_nilza.pdf</t>
   </si>
   <si>
     <t>Voto de pesar pelo falecimento do senhor José Aparecido de Campos.</t>
   </si>
   <si>
     <t>5685</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5685/requerimento_197_-_16-9-2025_jose.pdf</t>
   </si>
   <si>
     <t>Voto de pesar pelo falecimento da senhora Cizira Batista da Rosa.</t>
   </si>
   <si>
     <t>5692</t>
   </si>
   <si>
-    <t>198</t>
-[...1 lines deleted...]
-  <si>
     <t>COSP - Comissão de Obras e Serviços Públicos</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5692/requerimento_198-_17-9-2025_cosptsp.pdf</t>
   </si>
   <si>
     <t>Questionário de Acompanhamento e Fiscalização – Obras, Serviços Públicos, Transporte e Segurança Pública.</t>
   </si>
   <si>
     <t>5703</t>
   </si>
   <si>
-    <t>199</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5703/requerimento_199_-_18-9-2025_alex.pdf</t>
   </si>
   <si>
     <t>Questiona se a via no Bairro Miguel Russo está apta a receber denominação.</t>
   </si>
   <si>
     <t>5700</t>
   </si>
   <si>
-    <t>200</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5700/requerimento_200-_19-9-2025_lukas.pdf</t>
   </si>
   <si>
     <t>Voto de pesar pelo falecimento do senhor Valdomiro Ferreira Leite.</t>
   </si>
   <si>
     <t>5698</t>
   </si>
   <si>
-    <t>201</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5698/requerimento_201-_19-9-2025_wandi.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre as construções de creches no município.</t>
   </si>
   <si>
     <t>5704</t>
   </si>
   <si>
-    <t>202</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5704/requerimento_202-_19-9-2025_caio.pdf</t>
   </si>
   <si>
     <t>Solicita informações relacionadas à atualização do mapa da cidade de Piedade.</t>
   </si>
   <si>
     <t>5708</t>
-  </si>
-[...1 lines deleted...]
-    <t>203</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5708/requerimento_203_-_22-9-2025_nilza.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a inscrição do município de Piedade no programa Município Agro – Ranking Paulista_x000D_
 – Ciclo 2024-2025, da Secretaria de Agricultura e Abastecimento, do Governo do Estado de São Paulo.</t>
   </si>
   <si>
     <t>5706</t>
   </si>
   <si>
-    <t>204</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5706/requerimento_204-_23-9-2025_isidoro.pdf</t>
   </si>
   <si>
     <t>Questiona se a rua próxima ao Mercadex, localizado no Bairro do Funil, está apta a receber denominação.</t>
   </si>
   <si>
     <t>5711</t>
   </si>
   <si>
-    <t>205</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5711/requerimento_205-_24-9-2025_alex.pdf</t>
   </si>
   <si>
     <t>Voto de pesar pelo falecimento do jovem Gabriel Aparecido Santos da Silva.</t>
   </si>
   <si>
     <t>5710</t>
   </si>
   <si>
-    <t>206</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5710/requerimento_206-_24-9-2025_alex.pdf</t>
   </si>
   <si>
     <t>Voto de pesar pelo falecimento do Sr. Arnaldo Hofman.</t>
   </si>
   <si>
     <t>5718</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5718/requerimento_207-_25-9-2025_jeferson.pdf</t>
   </si>
   <si>
     <t>Questiona se a rua que liga a Rua Itapetininga à Rua Rodrigo Janca, no Bairro Jurupará, está apta a receber denominação.</t>
   </si>
   <si>
     <t>5717</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5717/requerimento_208-_26-9-2025_caio.pdf</t>
@@ -6117,50 +6255,206 @@
     <t>Voto de pesar pelo falecimento do senhor Walter Godinho da Silva.</t>
   </si>
   <si>
     <t>5820</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5820/requerimento_256-_17-11-2025_alex.pdf</t>
   </si>
   <si>
     <t>Voto de pesar pelo falecimento da senhora Maria Antônia Antunes.</t>
   </si>
   <si>
     <t>5825</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5825/requerimento_257-_19-11-2025_caio.pdf</t>
   </si>
   <si>
     <t>Solicita informações relacionadas sobre projeto de asfaltamento nas ruas do Bairro dos Moreiras.</t>
+  </si>
+  <si>
+    <t>5840</t>
+  </si>
+  <si>
+    <t>258</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5840/requerimento_258-_24-11-2025_adilsom.pdf</t>
+  </si>
+  <si>
+    <t>Voto de pesar pelo falecimento da Sra. Grazielle Pereira Rodrigues.</t>
+  </si>
+  <si>
+    <t>5838</t>
+  </si>
+  <si>
+    <t>259</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5838/requerimento_259-_26-11-2025_jeferson.pdf</t>
+  </si>
+  <si>
+    <t>Questiona se a travessa que fica entre a Rua Maria Sateriana e Emílio Vieira Cruz está apta a receber denominação.</t>
+  </si>
+  <si>
+    <t>5839</t>
+  </si>
+  <si>
+    <t>260</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5839/requerimento_260-25-11-2025_lukas.pdf</t>
+  </si>
+  <si>
+    <t>Voto de pesar pelo falecimento da Sra. Alexya de Camargo Queiroz</t>
+  </si>
+  <si>
+    <t>5841</t>
+  </si>
+  <si>
+    <t>261</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5841/requerimento_261-_26-11-2025_jeferson.pdf</t>
+  </si>
+  <si>
+    <t>Questiona quais ruas públicas do Bairro Jurupará estão aptas a receber denominação.</t>
+  </si>
+  <si>
+    <t>5842</t>
+  </si>
+  <si>
+    <t>262</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5842/requerimento_262_-_27-11-2025_adilsom.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações junto à Sabesp, sobre a cobrança de serviço de esgotamento sanitário pela Sabesp, da Rua Eurico Vieira Cardoso.</t>
+  </si>
+  <si>
+    <t>5844</t>
+  </si>
+  <si>
+    <t>263</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5844/requerimento_263_-_28-11-2025_caio.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações relacionadas às ruas do Bairro dos Moreiras.</t>
+  </si>
+  <si>
+    <t>5845</t>
+  </si>
+  <si>
+    <t>264</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5845/requerimento_264_-__28-11-2025_caio.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações relacionadas à taxa de lixo do Município de Piedade.</t>
+  </si>
+  <si>
+    <t>5846</t>
+  </si>
+  <si>
+    <t>265</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5846/requerimento_265_-__28-11-2025_caio.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações relacionadas à coleta de recicláveis no Município de Piedade.</t>
+  </si>
+  <si>
+    <t>5850</t>
+  </si>
+  <si>
+    <t>266</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5850/requerimento_266_-__4-12-2025_paulino.pdf</t>
+  </si>
+  <si>
+    <t>Voto de pesar pelo falecimento da senhora Brasilina de Camargo.</t>
+  </si>
+  <si>
+    <t>5849</t>
+  </si>
+  <si>
+    <t>267</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5849/requerimento_267_-_4-12-2025_jeferson.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações ao Governo de Estado sobre a falta de medicamentos de alto custo.</t>
+  </si>
+  <si>
+    <t>5853</t>
+  </si>
+  <si>
+    <t>268</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5853/requerimento_268-_5-12-2025_alex.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informação sobre instalações dos pedágios em nosso município de Piedade.</t>
+  </si>
+  <si>
+    <t>5857</t>
+  </si>
+  <si>
+    <t>269</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5857/requerimento_269_-_5-11-2025_alexandre_cpi.pdf</t>
+  </si>
+  <si>
+    <t>Requer a prorrogação, por igual período, da Comissão Parlamentar de Inquérito-CPI, constituída pelo Decreto Legislativo nº 109/2025, que tem a finalidade de apurar suposto abuso de poder, perseguições e outras eventuais ocorrências, dentro da Guarda Civil Municipal de Piedade, e em outros setores.</t>
+  </si>
+  <si>
+    <t>5856</t>
+  </si>
+  <si>
+    <t>270</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5856/requerimento_270_-_5-11-2025_caio.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações relacionadas à lista de castração de cães e gatos do canil municipal.</t>
   </si>
   <si>
     <t>5369</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5369/projeto_de_lei_rua_mercy_bueno_de_oliveira_bairro_dos_leites_subsitutitvo.pdf</t>
   </si>
   <si>
     <t>5370</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5370/spdl_2-_143-2025_caio.pdf</t>
   </si>
   <si>
     <t>Confere à Maria Flávia Mendes de Oliveira a distinção do Mérito da Causa Animal do Município de Piedade</t>
   </si>
   <si>
     <t>5398</t>
   </si>
@@ -6214,50 +6508,56 @@
     <t>5707</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5707/rf_4_-_pr_3-2025_-_23-9-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de passagens aéreas e hospedagens, bem como estabelece os respectivos procedimentos de instrução processual e de prestação de contas e dá outras providências.</t>
   </si>
   <si>
     <t>5781</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5781/rf_5_-_spll_17-2025_-_21-10-2025.pdf</t>
   </si>
   <si>
     <t>5782</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5782/rf_6_-_spll_19-2025_-_21-10-2025.pdf</t>
   </si>
   <si>
     <t>5801</t>
   </si>
   <si>
     <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5801/rf_7_-_ple_23-2025_-_10-11-2025.pdf</t>
+  </si>
+  <si>
+    <t>5860</t>
+  </si>
+  <si>
+    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5860/rf_8_-_ple_25-2025_-_10-12-2025.pdf</t>
   </si>
   <si>
     <t>5448</t>
   </si>
   <si>
     <t>PDE</t>
   </si>
   <si>
     <t>Pedido de Destaque</t>
   </si>
   <si>
     <t>Pedido de destaque no art. 3º do projeto de lei nº 8/2025 do vereador Wandi Augusto Rodrigues.</t>
   </si>
   <si>
     <t>5449</t>
   </si>
   <si>
     <t>Pedido de destaque no art. 4º do projeto de lei nº 8/2025 do vereador Wandi Augusto Rodrigues.</t>
   </si>
   <si>
     <t>5450</t>
   </si>
   <si>
     <t>Pedido de destaque no art. 6º do projeto de lei nº 8/2025 do vereador Wandi Augusto Rodrigues.</t>
   </si>
@@ -6645,56 +6945,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5362/emenda_1_-_13-03-2015_-_pr_1-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5431/emenda_2_-_25-4-2025_-_spll_8-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5481/emenda_3_-_30-5-2025__-_ple_5-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5482/emenda_4_-_30-5-2025__-_ple_5-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5660/emenda_5_-_10-9-2025__-_pr_3-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5661/emenda_6_-_10-9-2025__-_pr_3-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5777/emenda_7_-_17-10-2025_-_ple_23-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5824/emenda_8_-_19-10-2025_-_ple_25-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5829/emenda_9_-_19-11-2025_-_ple_25-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5832/emenda_10_-_19-11-2025_-_ple_25-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5828/emenda_11_-19-11-2025_-_ple_25-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5831/emenda_12_-_19-11-2025_-_ple_25-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5827/emenda_13_-19-11-2025_-_ple_25-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5830/emenda_14_-19-11-2025_-_ple_25-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5225/indicacao_1_-_08-01-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5228/indicacao_2_-_13-01-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5229/indicacao_3_-_15-01-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5235/indicacao_4_-_20-01-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5240/indicacao_5_-_30-01-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5242/indicacao_6_-_31-01-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5246/indicacao_7-_31-01-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5247/indicacao_8-_31-01-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5248/indicacao_9-_31-01-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5249/indicacao_10-_31-01-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5250/indicacao_11-_31-01-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5251/indicacao_12-_31-01-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5254/indicacao_13-_4-2-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5255/indicacao_14-_4-2-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5257/indicacao_15-_5-2-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5258/indicacao_16-_5-2-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5261/indicacao_17-_5-2-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5277/indicacao_18-_6-2-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5262/indicacao_19-_7-2-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5268/indicacao_20_-_7-2-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5265/indicacao_21_-_7-2-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5276/indicacao_22_-_7-2-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5274/indicacao_23_-_7-2-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5269/indicacao_24_-_7-2-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5270/indicacao_25_-_7-2-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5278/indicacao_27_-_10-2-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5279/indicacao_28_-_10-2-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5280/indicacao_29_-_10-2-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5283/indicacao_30_-_12-2-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5285/indicacao_31_-_13-2-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5287/indicacao_32_-_14-2-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5288/indicacao_33_-_14-2-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5289/indicacao_34_-_14-2-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5294/indicacao_35_-_14-2-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5299/indicacao_36_-_14-2-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5303/indicacao_37_-_17-2-2025_lucelino.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5306/indicacao_38_-_18-2-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5308/indicacao_39_-_18-2-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5309/indicacao_40_-_18-2-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5314/indicacao_41_-_19-2-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5312/indicacao_42_-_20-2-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5311/indicacao_43_-_20-2-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5313/indicacao_44_-_20-2-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5316/indicacao_25_-_7-2-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5319/indicacao_46_-_21-2-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5317/indicacao_47_-_21-2-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5318/indicacao_48_-_21-2-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5325/indicacao_49_-_25-2-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5326/indicacao_50_-_25-2-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5327/indicacao_51_-_25-2-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5328/indicacao52-_25-2-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5332/indicacao_53_-_27-2-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5339/indicacao_54_-_6-3-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5397/indicacao_55_-_7-3-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5342/indicacao_56_-_7-3-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5344/indicacao_57_-_7-3-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5345/indicacao_58_-_7-3-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5346/indicacao_59_-_7-3-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5349/indicacao_60_-_7-3-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5353/indicacao_61_-_7-3-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5357/indicacao_62_-_11-3-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5358/indicacao_63_-_11-3-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5359/indicacao_64_-_11-3-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5361/indicacao_65_-_13-3-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5363/indicacao_66_-_13-3-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5364/indicacao_67_-_14-3-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5365/indicacao_68_-_14-3-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5373/indicacao_69_-_18-3-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5388/indicacao_70_-_25-3-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5391/indicacao_71_-_28-3-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5400/indicacao_72_-_2-4-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5401/indicacao_73_-_2-4-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5406/indicacao_74_-__3-4-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5403/indicacao_75_-__3-4-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5405/indicacao_76_-__4-4-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5417/indicacao_77_-__15-4-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5437/indicacao_78_-__25-4-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5429/indicacao_79_-__25-4-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5430/indicacao_80_-__25-4-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5432/indicacao_81_-__28-4-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5433/indicacao_82_-__28-4-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5434/indicacao_83_-__28-4-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5438/indicacao_84_-30-04-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5440/indicacao_85_-__6-5-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5441/indicacao_86_-__8-5-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5443/indicacao_87_-_12-5-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5447/indicacao_88_-_13-5-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5465/indicacao_89_-_22-5-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5466/indicacao_90_-22-05-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5467/indicacao_91_-_23-5-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5476/indicacao_92_-_26-5-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5483/indicacao_93_-_30-5-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5485/indicacao_94-_02-5-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5486/indicacao_95-_04-5-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5490/indicacao_96-_04-5-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5491/indicacao_97-_06-6-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5496/indicacao_98-_10-6-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5495/indicacao_99-_10-6-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5499/indicacao_100_-_12-6-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5500/indicacao_101_-_12-6-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5506/indicacao_102_-_13-6-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5510/indicacao_103_-_18-6-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5512/indicacao_104_-_18-6-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5511/indicacao_105_-_18-6-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5517/indicacao_106_-_18-6-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5518/indicacao_107_-_25-6-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5522/indicacao_108_-_26-6-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5521/indicacao_109_-_26-6-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5523/indicacao_110_-_27-6-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5528/indicacao_111_-_27-6-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5532/indicacao_112_-_27-6-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5529/indicacao_113_-_27-6-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5534/indicacao_114_-_30-6-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5541/indicacao_115_-_3-7-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5542/indicacao_116_-_3-7-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5543/indicacao_117_-_4-7-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5549/indicacao_118_-_7-7-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5553/indicacao_119_-_10-7-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5557/indicacao_120_-_11-7-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5567/indicacao_121_-_29-7-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5580/indicacao_122_-_1o-8-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5579/indicacao_123_-_1o-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5582/indicacao_124_-_4-8-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5585/indicacao_125_-_8-8-2025_jucelino.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5586/indicacao_126_-_8-8-2025_jucelino.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5594/indicacao_127_-_8-8-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5603/indicacao_128_-_8-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5595/indicacao_129_-_8-8-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5596/indicacao_130_-_8-8-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5593/indicacao_131_-_8-8-2025_lucelino.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5599/indicacao_132_-_12-8-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5600/indicacao_133_-_12-8-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5601/indicacao_134_-_12-8-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5602/indicacao_135-_13-8-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5607/indicacao_136-_19-8-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5608/indicacao_137-_19-8-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5611/indicacao_138_-20-8-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5627/indicacao_139_-_21-8-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5616/indicacao_140_-_22-8-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5617/indicacao_141_-_22-8-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5618/indicacao_142_-_22-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5621/indicacao_143_-_22-8-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5620/indicacao_144_-_22-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5619/indicacao_145-_22-8-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5625/indicacao_146_-_22-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5637/indicacao_147_-_29-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5645/indicacao_148_-_4-9-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5664/indicacao_149_-9-9-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5663/indicacao_150-9-9-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5662/indicacao_151-9-9-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5671/indicacao_152-11-9-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5670/indicacao_153-11-9-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5673/indicacao_154-11-9-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5672/indicacao_155-11-9-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5676/indicacao_156_-_12-9-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5675/indicacao_157_-_12-9-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5677/indicacao_158-_12-9-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5689/indicacao_159_-_16-9-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5686/indicacao_160_-_16-9-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5687/indicacao_161-_16-9-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5690/indicacao_162-_17-9-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5693/indicacao_163-_18-9-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5696/indicacao_164-_19-9-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5701/indicacao_165-_19-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5702/indicacao_166-_19-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5705/indicacao_167-_19-9-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5713/indicacao_168-_23-9-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5709/indicacao_169-_24-9-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5712/indicacao_170-_26-9-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5716/indicacao_171-_26-9-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5746/indicacao_172-_26-9-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5749/indicacao_173-_29-9-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5729/indicacao_174-_30-9-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5728/indicacao_175-_30-9-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5727/indicacao_176-_30-9-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5731/indicacao_177-_1o-10-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5745/indicacao_178_-_2-10-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5738/indicacao_179_-_2-10-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5737/indicacao_180_-_2-10-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5752/indicacao_181_-8-10-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5753/indicacao_182_-10-10-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5755/indicacao_183_-_10-10-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5765/indicacao_184-_14-10-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5767/indicacao_185_-_15-10-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5784/indicacao_186_-_24-10-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5785/indicacao_187_-_24-10-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5799/indicacao_188_-_5-11-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5804/indicacao_189_-_10-11-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5805/indicacao_190_-_10-11-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5808/indicacao_191-_13-11-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5816/indicacao_192_-_13-11-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5817/indicacao_193_-_13-11-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5818/indicacao_194_-_14-11-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5815/indicacao_195_-_14-11-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5822/indicacao_196_-_19-11-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5823/indicacao_197_-_19-11-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5234/mocao_1_-_13-1-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5307/mocao_2_-_17-2-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5375/mocao_3_-_17-3-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5404/mocao_4_-_2-4-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5422/mocao_5_-_23-4-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5478/mocao_6_-_29-5-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5501/mocao_7_-_11-6-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5539/mocao_8_-_1-7-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5587/mocao_9_-_8-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5606/mocao_10_-__18_-8_2025_-_corrigido.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5631/mocao_11_-_28-8-2025_wandi_.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5647/mocao_12-_5-9-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5684/mocao_13_-_15-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5715/mocao_14_-_19-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5720/mocao_15_-_26-9-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5772/mocao_16_-_17-10-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5797/mocao_17_-_3-11-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5798/mocao_18_-_4-11-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5810/mocao_19_-_11-11-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5413/parecer_cjr_pll_8_2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5446/parecer_cjr_pll_8_2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5780/parecer_cjr_ple_27_2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5237/pdl_1_-_22-01-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5252/pdl_2_-_3-02-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5333/pdl_3_-_27-02-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5334/pdl_4_-_6-3-2025_mesa.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5336/pdl_5_-_6-3-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5372/pdl_6_-_17-3-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5390/pdl_7_-_25-3-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5402/pdl_8_-_1o-4-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5473/pdl_10_-_23-5-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5498/pdl_11_-11-6-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5520/pdl_12_-25-6-2025_lucelino.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5571/pdl_13_-_1o-8-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5653/pdl_16_-_5-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5236/projeto_de_lei_n_01_25_suplementacao_para_assinatura_1_.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5259/pl_revogacao_de_lei_municipal.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5245/pl_reajuste_2025_1_.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5286/pl_festa_do_milho.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5371/projeto_de_lei_05_plano_de_regularizacao_de_obras.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5383/pl_06_miss_alcachofra.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5389/projeto_de_lei_07_fundeb.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5407/pl_8_2025_doacao_amap.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5416/pl_doacao_oab_sp.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5488/pl_10_2025_autorizacao_auxilio_atletas_assinado.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5489/pl_11_2025_abertura_de_credito_assinado.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5558/projeto_de_lei_demolic_a_o_assinado.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5559/pl_13_2025_criacao_de_cargo_enfermeiro_150h.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5560/pl_14_2025_criacao_de_cargo_tratador.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5561/pl_15_2025_criacao_de_cargo_enfermeiro_esf.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5562/pl_16_2025_pro_social.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5564/pl_17_criacao_de_cargos_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5565/pl_18_ratificacao_protocolo_intencoes_ceriso.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5622/projeto_de_lei_19_2025_suplementac_a_o_ca_mara_assinado.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5623/pl_20_correcao_remuneracao_coveiro.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5624/pl_21_gratificacao_controlador_interno.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5638/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5639/ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5733/pl_24_alteracao_programa_de_combate_a_fome.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5730/projeto_de_lei_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5736/0_pl_criacao_de_cargos_acs.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5742/27_pl_feira_da_mulher_empreendedora.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5792/pl_conselho_de_seguranca_alimentar.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5800/projeto_de_lei_alteracao_etec.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5802/pl_30_reestruturacao_do_conselho_dos_direitos_da_pessoa_idosa_comdipi.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5809/pl_31_suplementacao_camara.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5819/pl_32_sistema_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5243/pll_1_-_31-01-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5264/pll_2_-_05-02-2025_mesa.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5335/pll_3_-_26-2-2025_mesa.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5386/pll_4_-_07-03-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5374/pll_5_-18-03-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5376/pll_6_-19-03-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5381/pll_7_-19-03-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5377/pll_8_-19-03-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5379/pll_9_-_20-03-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5382/pll_10-_20-03-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5396/pll_11-_28-03-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5412/pll_12-_9-4-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5461/pll_13_-_15-5-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5497/pll_14_-_11-6-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5584/pll_15_-7-8-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5628/pll_16_-_26-8-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5642/pll_17_-_3-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5643/pll_18-_3-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5644/pll_19-_3-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5668/pll_20-_9-9-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5714/pll_21_-_24-9-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5724/pll_22_-_26-9-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5726/pll_23_-_29-9-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5757/pll_24_-_10-10-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5769/pll_25_-_16-10-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5776/pll_-_26_-_20-10-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5786/pll_27_-_24-10-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5787/pll_28_-_24-10-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5789/pll_29_-_30-10-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5790/pll_30_-_30-10-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5795/pll_31_-_31-10-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5331/pr__1_-_27-1-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5464/pr__2_-_16--2025_mesa.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5597/pr__3_-_6-8-2025_mesa.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5590/pr__4_-_6-8-2025_presidente.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5589/pr_5_-_7-8-2025_presidente.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5223/requerimento_1_-_07-01-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5241/requerimento_2_-_7-1-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5226/requerimento_3_-_10-01-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5227/requerimento_4_-_13-01-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5233/requerimento_5-_16-01-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5232/requerimento_6-_16-01-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5231/requerimento_7_-_16-01-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5239/requerimento_8_-_27-01-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5238/requerimento_9_-_27-01-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5244/requerimento_10_-_31-01-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5253/requerimento_11_-_2-2-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5260/requerimento_12_-_3-2-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5256/requerimento_13_-_4-01-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5263/requerimento_14_-_7-2-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5266/requerimento_15_-_07-02-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5267/requerimento_16_-_07-02-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5272/requerimento_17_-_07-02-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5273/requerimento_18_-_07-02-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5275/requerimento_19_-_07-02-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5296/requerimento_20_-_10-02-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5281/requerimento_21_-_11-2-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5282/requerimento_22_-_11-02-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5291/requerimento_23_-_11-02-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5293/requerimento_24_-_14-02-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5292/requerimento_25_-_14-02-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5290/requerimento_26_-_14-02-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5295/requerimento_27_-_14-02-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5297/requerimento_28_-_14-02-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5298/requerimento_29_-_14-02-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5300/requerimento_30_-_14-02-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5301/requerimento_31_-_14-02-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5302/requerimento_32_-_14-02-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5304/requerimento_33_-_17-02-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5305/requerimento_34_-_17-02-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5310/requerimento_35_-_19-02-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5315/requerimento_36_-_21-02-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5320/requerimento_37_-_21-02-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5322/requerimento_38_-_21-02-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5321/requerimento_39_-_21-02-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5323/requerimento_40_-_24-02-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5324/requerimento_41_-_24-02-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5329/requerimento_42_-_25-02-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5330/requerimento_43_-_27-02-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5337/requerimento_44_-_6-03-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5341/requerimento_45_-_6-3-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5338/requerimento_46_-_6-3-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5340/requerimento_47_-_6-3-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5347/requerimento_48_-_7-3-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5348/requerimento_49_-_7-3-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5351/requerimento_50_-_7-3-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5350/requerimento_51_-_7-3-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5352/requerimento_52_-_7-3-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5354/requerimento_53_-_7-3-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5360/requerimento_54_-_10-3-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5355/requerimento_55_-_10-3-2025_lucelino.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5356/requerimento_56_-_11-3-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5366/requerimento_57_-_14-3-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5367/requerimento_58_-_14-3-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5368/requerimento_59_-_14-3-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5378/requerimento_60_-_19-3-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5380/requerimento_61__20-3-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5392/requerimento_62_-28-3-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5393/requerimento_63_-_28-3-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5394/requerimento_64_-_28-3-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5395/requerimento_65_-28-3-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5399/requerimento_66_-2-4-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5408/requerimento_67_-4-4-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5409/requerimento_68_-7-4-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5410/requerimento_69_-8-4-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5411/requerimento_70_-9-4-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5421/requerimento_71_-22-4-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5419/requerimento_72_-22-4-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5420/requerimento_73_-23-4-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5425/requerimento_74_-24-4-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5423/requerimento_75_-25-4-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5424/requerimento_76_-25-4-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5426/requerimento_77_-25-4-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5427/requerimento_78_-25-4-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5428/requerimento_79_-25-4-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5435/requerimento_80-28-4-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5436/requerimento_81-28-4-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5439/requerimento_82-5-5-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5442/requerimento_83-7-5-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5445/requerimento_84-12-5-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5444/requerimento_85-12-5-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5471/requerimento_86-13-5-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5463/requerimento_87-21-5-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5462/requerimento_88-21-5-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5468/requerimento_89-23-5-2025_iwandi.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5469/requerimento_90-23-5-2025_iwandi.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5470/requerimento_91-23-5-2025_iwandi.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5472/requerimento_92-5-2025_iwandi.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5474/requerimento_93-5-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5475/requerimento_94-5-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5479/requerimento_95-5-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5480/requerimento_96-5-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5477/requerimento_97-5-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5484/requerimento_98-_30-5-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5494/requerimento_99-_5-5-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5493/requerimento_100-_6-5-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5487/requerimento_101-_6-5-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5492/requerimento_102-_6-6-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5505/requerimento_103-_10-6-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5502/requerimento_104-_12-6-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5508/requerimento_105_-_13-6-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5507/requerimento_106_-_13-6-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5509/requerimento_107_-_17-6-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5513/requerimento_108_-_18-6-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5514/requerimento_109_-_18-6-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5515/requerimento_110_-_18-6-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5516/requerimento_111_-_18-6-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5519/requerimento_112_-_25-6-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5524/requerimento_113_-_27-6-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5533/requerimento_114_-_27-6-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5530/requerimento_115_-_27-6-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5525/requerimento_116_-_27-6-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5526/requerimento_117_-_27-6-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5527/requerimento_118_-_27-6-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5531/requerimento_119_-_27-6-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5535/requerimento_120-_27-6-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5536/requerimento_121-_27-6-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5537/requerimento_122-_1-7-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5538/requerimento_123-_1-7-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5540/requerimento_124-_2-7-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5546/requerimento_125-_4-7-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5544/requerimento_126-_4-7-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5545/requerimento_127-_4-7-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5547/requerimento_128_-_4-7-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5548/requerimento_129_-_4-7-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5550/requerimento_130_-_7-7-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5551/requerimento_131_-_8-7-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5552/requerimento_132_-_10-7-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5554/requerimento_133_-_11-7-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5555/requerimento_134_-_11-7-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5556/requerimento_135_-_11-7-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5563/requerimento_136_-_22-7-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5569/requerimento_137_-_23-7-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5570/requerimento_138_-_23-7-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5566/requerimento_139_-_31-7-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5573/requerimento_140_-_1o-8-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5568/requerimento_141_-_1o-8-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5572/requerimento_142-_1o-8-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5574/requerimento_143-_1o-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5575/requerimento_144-_1o-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5576/requerimento_145-_1o-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5577/requerimento_146-_1o-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5578/requerimento_147-_1o-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5581/requerimento_148_-_1o-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5583/requerimento_149-_6-8-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5592/requerimento_150-_6-8-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5588/requerimento_151_-_8-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5591/requerimento_152_-_8-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5598/requerimento_153_-12-8-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5604/requerimento_154_-13-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5605/requerimento_155_-13-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5610/requerimento_156-_18-8-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5609/requerimento_157-_20-8-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5626/requerimento_158_-_21-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5612/requerimento_159_-_22-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5615/requerimento_160_-_22-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5614/requerimento_161_-_22-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5629/requerimento_162_-_27-8-2025_cecsaste_.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5632/requerimento_163_-_29-8-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5633/requerimento_164_-_29-8-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5636/requerimento_165_-_29-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5634/requerimento_166_-_29-8-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5635/requerimento_167_-_29-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5641/requerimento_168_-_1o-9-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5640/requerimento_169_-_2-9-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5646/requerimento_170-_4-9-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5654/requerimento_171-5-9-2025_cfo.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5649/requerimento_172_-_5-9-2025_capma.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5648/requerimento_173_-_5-9-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5650/requerimento_174_-_5-9-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5651/requerimento_175_-_5-9-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5652/requerimento_176_-_5-9-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5656/requerimento_177_-_5-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5655/requerimento_178_-_5-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5657/requerimento_179_-_8-9-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5658/requerimento_180-_8-9-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5659/requerimento_181-_9-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5665/requerimento_182-_10-9-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5667/requerimento_183-_11-9-2025_cecsaste.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5666/requerimento_184-_11-9-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5669/requerimento_185_-_11-9-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5674/requerimento_186-_11-9-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5678/requerimento_187-_12-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5681/requerimento_188-_12-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5679/requerimento_189-_12-9-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5680/requerimento_190-_12-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5682/requerimento_191_-_12-9-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5697/requerimento_192_-_15-9-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5683/requerimento_193_-_15-9-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5691/requerimento_194-_16-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5688/requerimento_195-_16-9-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5695/requerimento_196_-_16-9-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5685/requerimento_197_-_16-9-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5692/requerimento_198-_17-9-2025_cosptsp.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5703/requerimento_199_-_18-9-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5700/requerimento_200-_19-9-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5698/requerimento_201-_19-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5704/requerimento_202-_19-9-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5708/requerimento_203_-_22-9-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5706/requerimento_204-_23-9-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5711/requerimento_205-_24-9-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5710/requerimento_206-_24-9-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5718/requerimento_207-_25-9-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5717/requerimento_208-_26-9-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5723/requerimento_209-_26-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5722/requerimento_210-_26-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5721/requerimento_211-_26-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5725/requerimento_212-_29-9-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5732/requerimento_213-_2-10-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5734/requerimento_214-_2-10-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5735/requerimento_215-_2-10-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5739/requerimento_216-_3-10-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5740/requerimento_217-_3-10-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5741/requerimento_218-_3-10-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5744/requerimento_219-_6-10-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5743/requerimento_220-6-10-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5747/requerimento_221-7-10-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5748/requerimento_222-_8-10-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5751/requerimento_223_-_8-10-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5750/requerimento_224_-_8-10-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5756/requerimento_225_-_10-10-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5758/requerimento_226_-_10-10-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5759/requerimento_227_-_10-10-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5761/requerimento_228_-_10-10-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5762/requerimento_229_-_10-10-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5763/requerimento_230_-_10-10-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5760/requerimento_231_-_10-10-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5764/requerimento_232_-_10-10-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5766/requerimento_233_-14-10-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5773/requerimento_234_-15-10-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5768/requerimento_235_-_15-10-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5770/requerimento_236_-_16-10-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5771/requerimento_237_-_16-10-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5774/requerimento_238_-_17-10-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5775/requerimento_239_-_17-10-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5778/requerimento_240_-_20-10-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5779/requerimento_241_-_21-10-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5783/requerimento_242_-_24-10-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5788/requerimento_243_-_24-10-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5793/requerimento_244-_29-10-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5791/requerimento_245-_30-10-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5794/requerimento_246-_31-10-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5796/requerimento_247-_31-10-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5803/requerimento_248_-_10-11-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5807/requerimento_249_-_10-11-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5806/requerimento_250-_12-11-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5811/requerimento_251-_14-11-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5812/requerimento_252-_14-11-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5813/requerimento_253-_14-11-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5814/requerimento_254_-_14-11-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5821/requerimento_255-_17-11-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5820/requerimento_256-_17-11-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5825/requerimento_257-_19-11-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5369/projeto_de_lei_rua_mercy_bueno_de_oliveira_bairro_dos_leites_subsitutitvo.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5370/spdl_2-_143-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5398/spll_3_-_2-4-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5694/spll_17_-_18-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5699/spll_5_-_19-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5384/rf_1_-_pr_1-2025_-_25-3-2025.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5385/rf_2_-_spll_4-2025_-_25-3-2025.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5387/rf_3_-_spdl_5-2025_-_25-3-2025.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5707/rf_4_-_pr_3-2025_-_23-9-2025.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5781/rf_5_-_spll_17-2025_-_21-10-2025.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5782/rf_6_-_spll_19-2025_-_21-10-2025.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5801/rf_7_-_ple_23-2025_-_10-11-2025.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5362/emenda_1_-_13-03-2015_-_pr_1-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5431/emenda_2_-_25-4-2025_-_spll_8-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5481/emenda_3_-_30-5-2025__-_ple_5-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5482/emenda_4_-_30-5-2025__-_ple_5-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5660/emenda_5_-_10-9-2025__-_pr_3-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5661/emenda_6_-_10-9-2025__-_pr_3-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5777/emenda_7_-_17-10-2025_-_ple_23-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5824/emenda_8_-_19-10-2025_-_ple_25-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5829/emenda_9_-_19-11-2025_-_ple_25-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5832/emenda_10_-_19-11-2025_-_ple_25-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5828/emenda_11_-19-11-2025_-_ple_25-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5831/emenda_12_-_19-11-2025_-_ple_25-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5827/emenda_13_-19-11-2025_-_ple_25-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5830/emenda_14_-19-11-2025_-_ple_25-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5826/emenda_15_-_19-11-2025_-_ple_25-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5225/indicacao_1_-_08-01-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5228/indicacao_2_-_13-01-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5229/indicacao_3_-_15-01-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5235/indicacao_4_-_20-01-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5240/indicacao_5_-_30-01-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5242/indicacao_6_-_31-01-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5246/indicacao_7-_31-01-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5247/indicacao_8-_31-01-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5248/indicacao_9-_31-01-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5249/indicacao_10-_31-01-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5250/indicacao_11-_31-01-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5251/indicacao_12-_31-01-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5254/indicacao_13-_4-2-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5255/indicacao_14-_4-2-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5257/indicacao_15-_5-2-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5258/indicacao_16-_5-2-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5261/indicacao_17-_5-2-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5277/indicacao_18-_6-2-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5262/indicacao_19-_7-2-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5268/indicacao_20_-_7-2-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5265/indicacao_21_-_7-2-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5276/indicacao_22_-_7-2-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5274/indicacao_23_-_7-2-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5269/indicacao_24_-_7-2-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5270/indicacao_25_-_7-2-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5278/indicacao_27_-_10-2-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5279/indicacao_28_-_10-2-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5280/indicacao_29_-_10-2-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5283/indicacao_30_-_12-2-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5285/indicacao_31_-_13-2-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5287/indicacao_32_-_14-2-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5288/indicacao_33_-_14-2-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5289/indicacao_34_-_14-2-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5294/indicacao_35_-_14-2-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5299/indicacao_36_-_14-2-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5303/indicacao_37_-_17-2-2025_lucelino.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5306/indicacao_38_-_18-2-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5308/indicacao_39_-_18-2-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5309/indicacao_40_-_18-2-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5314/indicacao_41_-_19-2-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5312/indicacao_42_-_20-2-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5311/indicacao_43_-_20-2-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5313/indicacao_44_-_20-2-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5316/indicacao_25_-_7-2-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5319/indicacao_46_-_21-2-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5317/indicacao_47_-_21-2-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5318/indicacao_48_-_21-2-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5325/indicacao_49_-_25-2-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5326/indicacao_50_-_25-2-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5327/indicacao_51_-_25-2-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5328/indicacao52-_25-2-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5332/indicacao_53_-_27-2-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5339/indicacao_54_-_6-3-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5397/indicacao_55_-_7-3-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5342/indicacao_56_-_7-3-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5344/indicacao_57_-_7-3-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5345/indicacao_58_-_7-3-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5346/indicacao_59_-_7-3-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5349/indicacao_60_-_7-3-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5353/indicacao_61_-_7-3-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5357/indicacao_62_-_11-3-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5358/indicacao_63_-_11-3-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5359/indicacao_64_-_11-3-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5361/indicacao_65_-_13-3-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5363/indicacao_66_-_13-3-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5364/indicacao_67_-_14-3-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5365/indicacao_68_-_14-3-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5373/indicacao_69_-_18-3-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5388/indicacao_70_-_25-3-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5391/indicacao_71_-_28-3-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5400/indicacao_72_-_2-4-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5401/indicacao_73_-_2-4-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5406/indicacao_74_-__3-4-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5403/indicacao_75_-__3-4-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5405/indicacao_76_-__4-4-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5417/indicacao_77_-__15-4-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5437/indicacao_78_-__25-4-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5429/indicacao_79_-__25-4-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5430/indicacao_80_-__25-4-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5432/indicacao_81_-__28-4-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5433/indicacao_82_-__28-4-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5434/indicacao_83_-__28-4-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5438/indicacao_84_-30-04-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5440/indicacao_85_-__6-5-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5441/indicacao_86_-__8-5-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5443/indicacao_87_-_12-5-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5447/indicacao_88_-_13-5-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5465/indicacao_89_-_22-5-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5466/indicacao_90_-22-05-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5467/indicacao_91_-_23-5-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5476/indicacao_92_-_26-5-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5483/indicacao_93_-_30-5-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5485/indicacao_94-_02-5-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5486/indicacao_95-_04-5-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5490/indicacao_96-_04-5-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5491/indicacao_97-_06-6-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5496/indicacao_98-_10-6-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5495/indicacao_99-_10-6-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5499/indicacao_100_-_12-6-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5500/indicacao_101_-_12-6-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5506/indicacao_102_-_13-6-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5510/indicacao_103_-_18-6-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5512/indicacao_104_-_18-6-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5511/indicacao_105_-_18-6-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5517/indicacao_106_-_18-6-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5518/indicacao_107_-_25-6-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5522/indicacao_108_-_26-6-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5521/indicacao_109_-_26-6-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5523/indicacao_110_-_27-6-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5528/indicacao_111_-_27-6-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5532/indicacao_112_-_27-6-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5529/indicacao_113_-_27-6-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5534/indicacao_114_-_30-6-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5541/indicacao_115_-_3-7-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5542/indicacao_116_-_3-7-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5543/indicacao_117_-_4-7-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5549/indicacao_118_-_7-7-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5553/indicacao_119_-_10-7-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5557/indicacao_120_-_11-7-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5567/indicacao_121_-_29-7-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5580/indicacao_122_-_1o-8-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5579/indicacao_123_-_1o-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5582/indicacao_124_-_4-8-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5585/indicacao_125_-_8-8-2025_jucelino.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5586/indicacao_126_-_8-8-2025_jucelino.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5594/indicacao_127_-_8-8-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5603/indicacao_128_-_8-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5595/indicacao_129_-_8-8-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5596/indicacao_130_-_8-8-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5593/indicacao_131_-_8-8-2025_lucelino.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5599/indicacao_132_-_12-8-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5600/indicacao_133_-_12-8-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5601/indicacao_134_-_12-8-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5602/indicacao_135-_13-8-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5607/indicacao_136-_19-8-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5608/indicacao_137-_19-8-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5611/indicacao_138_-20-8-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5627/indicacao_139_-_21-8-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5616/indicacao_140_-_22-8-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5617/indicacao_141_-_22-8-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5618/indicacao_142_-_22-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5621/indicacao_143_-_22-8-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5620/indicacao_144_-_22-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5619/indicacao_145-_22-8-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5625/indicacao_146_-_22-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5637/indicacao_147_-_29-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5645/indicacao_148_-_4-9-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5664/indicacao_149_-9-9-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5663/indicacao_150-9-9-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5662/indicacao_151-9-9-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5671/indicacao_152-11-9-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5670/indicacao_153-11-9-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5673/indicacao_154-11-9-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5672/indicacao_155-11-9-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5676/indicacao_156_-_12-9-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5675/indicacao_157_-_12-9-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5677/indicacao_158-_12-9-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5689/indicacao_159_-_16-9-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5686/indicacao_160_-_16-9-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5687/indicacao_161-_16-9-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5690/indicacao_162-_17-9-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5693/indicacao_163-_18-9-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5696/indicacao_164-_19-9-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5701/indicacao_165-_19-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5702/indicacao_166-_19-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5705/indicacao_167-_19-9-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5713/indicacao_168-_23-9-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5709/indicacao_169-_24-9-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5712/indicacao_170-_26-9-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5716/indicacao_171-_26-9-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5746/indicacao_172-_26-9-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5749/indicacao_173-_29-9-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5729/indicacao_174-_30-9-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5728/indicacao_175-_30-9-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5727/indicacao_176-_30-9-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5731/indicacao_177-_1o-10-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5745/indicacao_178_-_2-10-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5738/indicacao_179_-_2-10-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5737/indicacao_180_-_2-10-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5752/indicacao_181_-8-10-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5753/indicacao_182_-10-10-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5755/indicacao_183_-_10-10-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5765/indicacao_184-_14-10-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5767/indicacao_185_-_15-10-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5784/indicacao_186_-_24-10-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5785/indicacao_187_-_24-10-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5799/indicacao_188_-_5-11-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5804/indicacao_189_-_10-11-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5805/indicacao_190_-_10-11-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5808/indicacao_191-_13-11-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5816/indicacao_192_-_13-11-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5817/indicacao_193_-_13-11-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5818/indicacao_194_-_14-11-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5815/indicacao_195_-_14-11-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5822/indicacao_196_-_19-11-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5823/indicacao_197_-_19-11-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5833/indicacao_198-_19-11-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5834/indicacao_199-_24-11-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5835/indicacao_200_-_26-11-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5836/indicacao_201-_26-11-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5837/indicacao_202-_26-11-2025_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5848/indicacao_203_-_26-1-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5847/indicacao_204_-_1o-12-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5852/indicacao_205_-_2-12-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5858/indicacao_206_-_8-12-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5234/mocao_1_-_13-1-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5307/mocao_2_-_17-2-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5375/mocao_3_-_17-3-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5404/mocao_4_-_2-4-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5422/mocao_5_-_23-4-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5478/mocao_6_-_29-5-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5501/mocao_7_-_11-6-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5539/mocao_8_-_1-7-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5587/mocao_9_-_8-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5606/mocao_10_-__18_-8_2025_-_corrigido.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5631/mocao_11_-_28-8-2025_wandi_.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5647/mocao_12-_5-9-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5684/mocao_13_-_15-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5715/mocao_14_-_19-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5720/mocao_15_-_26-9-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5772/mocao_16_-_17-10-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5797/mocao_17_-_3-11-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5798/mocao_18_-_4-11-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5810/mocao_19_-_11-11-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5851/mocao_20_-_4-12-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5413/parecer_cjr_pll_8_2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5446/parecer_cjr_pll_8_2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5780/parecer_cjr_ple_27_2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5237/pdl_1_-_22-01-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5252/pdl_2_-_3-02-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5333/pdl_3_-_27-02-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5334/pdl_4_-_6-3-2025_mesa.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5336/pdl_5_-_6-3-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5372/pdl_6_-_17-3-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5390/pdl_7_-_25-3-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5402/pdl_8_-_1o-4-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5473/pdl_10_-_23-5-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5498/pdl_11_-11-6-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5520/pdl_12_-25-6-2025_lucelino.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5571/pdl_13_-_1o-8-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5653/pdl_16_-_5-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5236/projeto_de_lei_n_01_25_suplementacao_para_assinatura_1_.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5259/pl_revogacao_de_lei_municipal.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5245/pl_reajuste_2025_1_.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5286/pl_festa_do_milho.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5371/projeto_de_lei_05_plano_de_regularizacao_de_obras.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5383/pl_06_miss_alcachofra.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5389/projeto_de_lei_07_fundeb.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5407/pl_8_2025_doacao_amap.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5416/pl_doacao_oab_sp.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5488/pl_10_2025_autorizacao_auxilio_atletas_assinado.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5489/pl_11_2025_abertura_de_credito_assinado.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5558/projeto_de_lei_demolic_a_o_assinado.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5559/pl_13_2025_criacao_de_cargo_enfermeiro_150h.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5560/pl_14_2025_criacao_de_cargo_tratador.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5561/pl_15_2025_criacao_de_cargo_enfermeiro_esf.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5562/pl_16_2025_pro_social.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5564/pl_17_criacao_de_cargos_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5565/pl_18_ratificacao_protocolo_intencoes_ceriso.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5622/projeto_de_lei_19_2025_suplementac_a_o_ca_mara_assinado.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5623/pl_20_correcao_remuneracao_coveiro.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5624/pl_21_gratificacao_controlador_interno.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5638/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5639/ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5733/pl_24_alteracao_programa_de_combate_a_fome.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5730/projeto_de_lei_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5736/0_pl_criacao_de_cargos_acs.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5742/27_pl_feira_da_mulher_empreendedora.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5792/pl_conselho_de_seguranca_alimentar.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5800/projeto_de_lei_alteracao_etec.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5802/pl_30_reestruturacao_do_conselho_dos_direitos_da_pessoa_idosa_comdipi.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5809/pl_31_suplementacao_camara.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5819/pl_32_sistema_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5861/pl_33_fundo_de_turismo.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5862/pl_gratificacao_aos_profissionais_de_odontologia.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5243/pll_1_-_31-01-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5264/pll_2_-_05-02-2025_mesa.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5335/pll_3_-_26-2-2025_mesa.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5386/pll_4_-_07-03-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5374/pll_5_-18-03-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5376/pll_6_-19-03-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5381/pll_7_-19-03-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5377/pll_8_-19-03-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5379/pll_9_-_20-03-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5382/pll_10-_20-03-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5396/pll_11-_28-03-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5412/pll_12-_9-4-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5461/pll_13_-_15-5-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5497/pll_14_-_11-6-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5584/pll_15_-7-8-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5628/pll_16_-_26-8-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5642/pll_17_-_3-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5643/pll_18-_3-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5644/pll_19-_3-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5668/pll_20-_9-9-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5714/pll_21_-_24-9-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5724/pll_22_-_26-9-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5726/pll_23_-_29-9-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5757/pll_24_-_10-10-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5769/pll_25_-_16-10-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5776/pll_-_26_-_20-10-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5786/pll_27_-_24-10-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5787/pll_28_-_24-10-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5789/pll_29_-_30-10-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5790/pll_30_-_30-10-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5795/pll_31_-_31-10-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5843/pll_32_-_28-11-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5855/pll_33_-_5-12-2025_mesa.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5854/pll_34_-_5-12-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5331/pr__1_-_27-1-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5464/pr__2_-_16--2025_mesa.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5597/pr__3_-_6-8-2025_mesa.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5590/pr__4_-_6-8-2025_presidente.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5589/pr_5_-_7-8-2025_presidente.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5223/requerimento_1_-_07-01-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5241/requerimento_2_-_7-1-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5226/requerimento_3_-_10-01-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5227/requerimento_4_-_13-01-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5233/requerimento_5-_16-01-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5232/requerimento_6-_16-01-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5231/requerimento_7_-_16-01-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5239/requerimento_8_-_27-01-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5238/requerimento_9_-_27-01-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5244/requerimento_10_-_31-01-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5253/requerimento_11_-_2-2-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5260/requerimento_12_-_3-2-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5256/requerimento_13_-_4-01-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5263/requerimento_14_-_7-2-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5266/requerimento_15_-_07-02-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5267/requerimento_16_-_07-02-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5272/requerimento_17_-_07-02-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5273/requerimento_18_-_07-02-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5275/requerimento_19_-_07-02-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5296/requerimento_20_-_10-02-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5281/requerimento_21_-_11-2-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5282/requerimento_22_-_11-02-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5291/requerimento_23_-_11-02-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5293/requerimento_24_-_14-02-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5292/requerimento_25_-_14-02-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5290/requerimento_26_-_14-02-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5295/requerimento_27_-_14-02-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5297/requerimento_28_-_14-02-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5298/requerimento_29_-_14-02-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5300/requerimento_30_-_14-02-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5301/requerimento_31_-_14-02-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5302/requerimento_32_-_14-02-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5304/requerimento_33_-_17-02-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5305/requerimento_34_-_17-02-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5310/requerimento_35_-_19-02-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5315/requerimento_36_-_21-02-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5320/requerimento_37_-_21-02-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5322/requerimento_38_-_21-02-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5321/requerimento_39_-_21-02-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5323/requerimento_40_-_24-02-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5324/requerimento_41_-_24-02-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5329/requerimento_42_-_25-02-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5330/requerimento_43_-_27-02-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5337/requerimento_44_-_6-03-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5341/requerimento_45_-_6-3-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5338/requerimento_46_-_6-3-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5340/requerimento_47_-_6-3-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5347/requerimento_48_-_7-3-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5348/requerimento_49_-_7-3-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5351/requerimento_50_-_7-3-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5350/requerimento_51_-_7-3-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5352/requerimento_52_-_7-3-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5354/requerimento_53_-_7-3-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5360/requerimento_54_-_10-3-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5355/requerimento_55_-_10-3-2025_lucelino.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5356/requerimento_56_-_11-3-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5366/requerimento_57_-_14-3-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5367/requerimento_58_-_14-3-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5368/requerimento_59_-_14-3-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5378/requerimento_60_-_19-3-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5380/requerimento_61__20-3-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5392/requerimento_62_-28-3-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5393/requerimento_63_-_28-3-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5394/requerimento_64_-_28-3-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5395/requerimento_65_-28-3-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5399/requerimento_66_-2-4-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5408/requerimento_67_-4-4-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5409/requerimento_68_-7-4-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5410/requerimento_69_-8-4-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5411/requerimento_70_-9-4-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5421/requerimento_71_-22-4-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5419/requerimento_72_-22-4-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5420/requerimento_73_-23-4-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5425/requerimento_74_-24-4-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5423/requerimento_75_-25-4-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5424/requerimento_76_-25-4-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5426/requerimento_77_-25-4-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5427/requerimento_78_-25-4-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5428/requerimento_79_-25-4-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5435/requerimento_80-28-4-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5436/requerimento_81-28-4-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5439/requerimento_82-5-5-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5442/requerimento_83-7-5-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5445/requerimento_84-12-5-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5444/requerimento_85-12-5-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5471/requerimento_86-13-5-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5463/requerimento_87-21-5-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5462/requerimento_88-21-5-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5468/requerimento_89-23-5-2025_iwandi.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5469/requerimento_90-23-5-2025_iwandi.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5470/requerimento_91-23-5-2025_iwandi.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5472/requerimento_92-5-2025_iwandi.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5474/requerimento_93-5-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5475/requerimento_94-5-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5479/requerimento_95-5-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5480/requerimento_96-5-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5477/requerimento_97-5-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5484/requerimento_98-_30-5-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5494/requerimento_99-_5-5-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5493/requerimento_100-_6-5-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5487/requerimento_101-_6-5-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5492/requerimento_102-_6-6-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5505/requerimento_103-_10-6-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5502/requerimento_104-_12-6-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5508/requerimento_105_-_13-6-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5507/requerimento_106_-_13-6-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5509/requerimento_107_-_17-6-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5513/requerimento_108_-_18-6-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5514/requerimento_109_-_18-6-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5515/requerimento_110_-_18-6-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5516/requerimento_111_-_18-6-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5519/requerimento_112_-_25-6-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5524/requerimento_113_-_27-6-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5533/requerimento_114_-_27-6-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5530/requerimento_115_-_27-6-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5525/requerimento_116_-_27-6-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5526/requerimento_117_-_27-6-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5527/requerimento_118_-_27-6-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5531/requerimento_119_-_27-6-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5535/requerimento_120-_27-6-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5536/requerimento_121-_27-6-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5537/requerimento_122-_1-7-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5538/requerimento_123-_1-7-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5540/requerimento_124-_2-7-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5546/requerimento_125-_4-7-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5544/requerimento_126-_4-7-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5545/requerimento_127-_4-7-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5547/requerimento_128_-_4-7-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5548/requerimento_129_-_4-7-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5550/requerimento_130_-_7-7-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5551/requerimento_131_-_8-7-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5552/requerimento_132_-_10-7-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5554/requerimento_133_-_11-7-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5555/requerimento_134_-_11-7-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5556/requerimento_135_-_11-7-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5563/requerimento_136_-_22-7-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5569/requerimento_137_-_23-7-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5570/requerimento_138_-_23-7-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5566/requerimento_139_-_31-7-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5573/requerimento_140_-_1o-8-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5568/requerimento_141_-_1o-8-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5572/requerimento_142-_1o-8-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5574/requerimento_143-_1o-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5575/requerimento_144-_1o-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5576/requerimento_145-_1o-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5577/requerimento_146-_1o-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5578/requerimento_147-_1o-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5581/requerimento_148_-_1o-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5583/requerimento_149-_6-8-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5592/requerimento_150-_6-8-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5588/requerimento_151_-_8-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5591/requerimento_152_-_8-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5598/requerimento_153_-12-8-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5604/requerimento_154_-13-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5605/requerimento_155_-13-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5610/requerimento_156-_18-8-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5609/requerimento_157-_20-8-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5626/requerimento_158_-_21-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5612/requerimento_159_-_22-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5615/requerimento_160_-_22-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5614/requerimento_161_-_22-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5629/requerimento_162_-_27-8-2025_cecsaste_.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5632/requerimento_163_-_29-8-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5633/requerimento_164_-_29-8-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5636/requerimento_165_-_29-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5634/requerimento_166_-_29-8-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5635/requerimento_167_-_29-8-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5641/requerimento_168_-_1o-9-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5640/requerimento_169_-_2-9-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5646/requerimento_170-_4-9-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5654/requerimento_171-5-9-2025_cfo.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5649/requerimento_172_-_5-9-2025_capma.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5648/requerimento_173_-_5-9-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5650/requerimento_174_-_5-9-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5651/requerimento_175_-_5-9-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5652/requerimento_176_-_5-9-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5656/requerimento_177_-_5-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5655/requerimento_178_-_5-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5657/requerimento_179_-_8-9-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5658/requerimento_180-_8-9-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5659/requerimento_181-_9-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5665/requerimento_182-_10-9-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5667/requerimento_183-_11-9-2025_cecsaste.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5666/requerimento_184-_11-9-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5669/requerimento_185_-_11-9-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5674/requerimento_186-_11-9-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5678/requerimento_187-_12-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5681/requerimento_188-_12-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5679/requerimento_189-_12-9-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5680/requerimento_190-_12-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5682/requerimento_191_-_12-9-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5697/requerimento_192_-_15-9-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5683/requerimento_193_-_15-9-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5691/requerimento_194-_16-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5688/requerimento_195-_16-9-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5695/requerimento_196_-_16-9-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5685/requerimento_197_-_16-9-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5692/requerimento_198-_17-9-2025_cosptsp.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5703/requerimento_199_-_18-9-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5700/requerimento_200-_19-9-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5698/requerimento_201-_19-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5704/requerimento_202-_19-9-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5708/requerimento_203_-_22-9-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5706/requerimento_204-_23-9-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5711/requerimento_205-_24-9-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5710/requerimento_206-_24-9-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5718/requerimento_207-_25-9-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5717/requerimento_208-_26-9-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5723/requerimento_209-_26-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5722/requerimento_210-_26-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5721/requerimento_211-_26-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5725/requerimento_212-_29-9-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5732/requerimento_213-_2-10-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5734/requerimento_214-_2-10-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5735/requerimento_215-_2-10-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5739/requerimento_216-_3-10-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5740/requerimento_217-_3-10-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5741/requerimento_218-_3-10-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5744/requerimento_219-_6-10-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5743/requerimento_220-6-10-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5747/requerimento_221-7-10-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5748/requerimento_222-_8-10-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5751/requerimento_223_-_8-10-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5750/requerimento_224_-_8-10-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5756/requerimento_225_-_10-10-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5758/requerimento_226_-_10-10-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5759/requerimento_227_-_10-10-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5761/requerimento_228_-_10-10-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5762/requerimento_229_-_10-10-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5763/requerimento_230_-_10-10-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5760/requerimento_231_-_10-10-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5764/requerimento_232_-_10-10-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5766/requerimento_233_-14-10-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5773/requerimento_234_-15-10-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5768/requerimento_235_-_15-10-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5770/requerimento_236_-_16-10-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5771/requerimento_237_-_16-10-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5774/requerimento_238_-_17-10-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5775/requerimento_239_-_17-10-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5778/requerimento_240_-_20-10-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5779/requerimento_241_-_21-10-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5783/requerimento_242_-_24-10-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5788/requerimento_243_-_24-10-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5793/requerimento_244-_29-10-2025_nilza.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5791/requerimento_245-_30-10-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5794/requerimento_246-_31-10-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5796/requerimento_247-_31-10-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5803/requerimento_248_-_10-11-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5807/requerimento_249_-_10-11-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5806/requerimento_250-_12-11-2025_isidoro.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5811/requerimento_251-_14-11-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5812/requerimento_252-_14-11-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5813/requerimento_253-_14-11-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5814/requerimento_254_-_14-11-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5821/requerimento_255-_17-11-2025_jose.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5820/requerimento_256-_17-11-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5825/requerimento_257-_19-11-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5840/requerimento_258-_24-11-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5838/requerimento_259-_26-11-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5839/requerimento_260-25-11-2025_lukas.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5841/requerimento_261-_26-11-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5842/requerimento_262_-_27-11-2025_adilsom.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5844/requerimento_263_-_28-11-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5845/requerimento_264_-__28-11-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5846/requerimento_265_-__28-11-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5850/requerimento_266_-__4-12-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5849/requerimento_267_-_4-12-2025_jeferson.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5853/requerimento_268-_5-12-2025_alex.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5857/requerimento_269_-_5-11-2025_alexandre_cpi.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5856/requerimento_270_-_5-11-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5369/projeto_de_lei_rua_mercy_bueno_de_oliveira_bairro_dos_leites_subsitutitvo.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5370/spdl_2-_143-2025_caio.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5398/spll_3_-_2-4-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5694/spll_17_-_18-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5699/spll_5_-_19-9-2025_wandi.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5384/rf_1_-_pr_1-2025_-_25-3-2025.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5385/rf_2_-_spll_4-2025_-_25-3-2025.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5387/rf_3_-_spdl_5-2025_-_25-3-2025.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5707/rf_4_-_pr_3-2025_-_23-9-2025.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5781/rf_5_-_spll_17-2025_-_21-10-2025.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5782/rf_6_-_spll_19-2025_-_21-10-2025.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5801/rf_7_-_ple_23-2025_-_10-11-2025.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2025/5860/rf_8_-_ple_25-2025_-_10-12-2025.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H602"/>
+  <dimension ref="A1:H631"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="144.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -6948,15411 +7248,16165 @@
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>51</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>52</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
         <v>53</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H11" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>55</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12" t="s">
+        <v>57</v>
+      </c>
+      <c r="G12" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="G12" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H12" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>59</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
         <v>12</v>
       </c>
       <c r="F13" t="s">
+        <v>61</v>
+      </c>
+      <c r="G13" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="G13" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H13" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>63</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>65</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>12</v>
       </c>
       <c r="F14" t="s">
         <v>44</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="H14" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>66</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>12</v>
       </c>
       <c r="F15" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H15" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>69</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>12</v>
       </c>
       <c r="F16" t="s">
+        <v>71</v>
+      </c>
+      <c r="G16" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="G16" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H16" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
+        <v>74</v>
+      </c>
+      <c r="E17" t="s">
         <v>75</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s">
         <v>76</v>
       </c>
-      <c r="F17" t="s">
+      <c r="G17" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="G17" s="1" t="s">
+      <c r="H17" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>17</v>
       </c>
       <c r="D18" t="s">
+        <v>74</v>
+      </c>
+      <c r="E18" t="s">
         <v>75</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" t="s">
         <v>76</v>
       </c>
-      <c r="F18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G18" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="H18" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>22</v>
       </c>
       <c r="D19" t="s">
+        <v>74</v>
+      </c>
+      <c r="E19" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F19" t="s">
         <v>44</v>
       </c>
       <c r="G19" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="H19" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>27</v>
       </c>
       <c r="D20" t="s">
+        <v>74</v>
+      </c>
+      <c r="E20" t="s">
         <v>75</v>
       </c>
-      <c r="E20" t="s">
+      <c r="F20" t="s">
         <v>76</v>
       </c>
-      <c r="F20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G20" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="H20" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>31</v>
       </c>
       <c r="D21" t="s">
+        <v>74</v>
+      </c>
+      <c r="E21" t="s">
         <v>75</v>
       </c>
-      <c r="E21" t="s">
+      <c r="F21" t="s">
         <v>76</v>
       </c>
-      <c r="F21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G21" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="H21" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>35</v>
       </c>
       <c r="D22" t="s">
+        <v>74</v>
+      </c>
+      <c r="E22" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F22" t="s">
         <v>23</v>
       </c>
       <c r="G22" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="H22" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>39</v>
       </c>
       <c r="D23" t="s">
+        <v>74</v>
+      </c>
+      <c r="E23" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F23" t="s">
         <v>53</v>
       </c>
       <c r="G23" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="H23" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>43</v>
       </c>
       <c r="D24" t="s">
+        <v>74</v>
+      </c>
+      <c r="E24" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F24" t="s">
         <v>53</v>
       </c>
       <c r="G24" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H24" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>48</v>
       </c>
       <c r="D25" t="s">
+        <v>74</v>
+      </c>
+      <c r="E25" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F25" t="s">
         <v>53</v>
       </c>
       <c r="G25" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="H25" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>52</v>
       </c>
       <c r="D26" t="s">
+        <v>74</v>
+      </c>
+      <c r="E26" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F26" t="s">
         <v>53</v>
       </c>
       <c r="G26" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H26" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="D27" t="s">
+        <v>74</v>
+      </c>
+      <c r="E27" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F27" t="s">
         <v>53</v>
       </c>
       <c r="G27" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H27" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="D28" t="s">
+        <v>74</v>
+      </c>
+      <c r="E28" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F28" t="s">
         <v>53</v>
       </c>
       <c r="G28" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H28" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="D29" t="s">
+        <v>74</v>
+      </c>
+      <c r="E29" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F29" t="s">
         <v>53</v>
       </c>
       <c r="G29" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="H29" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D30" t="s">
+        <v>74</v>
+      </c>
+      <c r="E30" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F30" t="s">
         <v>53</v>
       </c>
       <c r="G30" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="H30" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>118</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>70</v>
+      </c>
+      <c r="D31" t="s">
+        <v>74</v>
+      </c>
+      <c r="E31" t="s">
+        <v>75</v>
+      </c>
+      <c r="F31" t="s">
         <v>119</v>
       </c>
-      <c r="B31" t="s">
-[...11 lines deleted...]
-      <c r="F31" t="s">
+      <c r="G31" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="G31" s="1" t="s">
+      <c r="H31" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>122</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
         <v>123</v>
       </c>
-      <c r="B32" t="s">
-[...2 lines deleted...]
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>74</v>
+      </c>
+      <c r="E32" t="s">
+        <v>75</v>
+      </c>
+      <c r="F32" t="s">
+        <v>119</v>
+      </c>
+      <c r="G32" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="D32" t="s">
-[...8 lines deleted...]
-      <c r="G32" s="1" t="s">
+      <c r="H32" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>126</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
         <v>127</v>
       </c>
-      <c r="B33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D33" t="s">
+        <v>74</v>
+      </c>
+      <c r="E33" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F33" t="s">
         <v>53</v>
       </c>
       <c r="G33" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="H33" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>130</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
         <v>131</v>
       </c>
-      <c r="B34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D34" t="s">
+        <v>74</v>
+      </c>
+      <c r="E34" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F34" t="s">
         <v>53</v>
       </c>
       <c r="G34" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="H34" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>134</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
         <v>135</v>
       </c>
-      <c r="B35" t="s">
-[...2 lines deleted...]
-      <c r="C35" t="s">
+      <c r="D35" t="s">
+        <v>74</v>
+      </c>
+      <c r="E35" t="s">
+        <v>75</v>
+      </c>
+      <c r="F35" t="s">
+        <v>76</v>
+      </c>
+      <c r="G35" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="D35" t="s">
-[...8 lines deleted...]
-      <c r="G35" s="1" t="s">
+      <c r="H35" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>138</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
         <v>139</v>
       </c>
-      <c r="B36" t="s">
-[...2 lines deleted...]
-      <c r="C36" t="s">
+      <c r="D36" t="s">
+        <v>74</v>
+      </c>
+      <c r="E36" t="s">
+        <v>75</v>
+      </c>
+      <c r="F36" t="s">
+        <v>76</v>
+      </c>
+      <c r="G36" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="D36" t="s">
-[...8 lines deleted...]
-      <c r="G36" s="1" t="s">
+      <c r="H36" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>142</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
         <v>143</v>
       </c>
-      <c r="B37" t="s">
-[...2 lines deleted...]
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>74</v>
+      </c>
+      <c r="E37" t="s">
+        <v>75</v>
+      </c>
+      <c r="F37" t="s">
         <v>144</v>
       </c>
-      <c r="D37" t="s">
-[...5 lines deleted...]
-      <c r="F37" t="s">
+      <c r="G37" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="G37" s="1" t="s">
+      <c r="H37" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>147</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
         <v>148</v>
       </c>
-      <c r="B38" t="s">
-[...2 lines deleted...]
-      <c r="C38" t="s">
+      <c r="D38" t="s">
+        <v>74</v>
+      </c>
+      <c r="E38" t="s">
+        <v>75</v>
+      </c>
+      <c r="F38" t="s">
+        <v>144</v>
+      </c>
+      <c r="G38" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="D38" t="s">
-[...8 lines deleted...]
-      <c r="G38" s="1" t="s">
+      <c r="H38" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>151</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
         <v>152</v>
       </c>
-      <c r="B39" t="s">
-[...2 lines deleted...]
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>74</v>
+      </c>
+      <c r="E39" t="s">
+        <v>75</v>
+      </c>
+      <c r="F39" t="s">
+        <v>144</v>
+      </c>
+      <c r="G39" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D39" t="s">
-[...8 lines deleted...]
-      <c r="G39" s="1" t="s">
+      <c r="H39" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>155</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
         <v>156</v>
       </c>
-      <c r="B40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D40" t="s">
+        <v>74</v>
+      </c>
+      <c r="E40" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F40" t="s">
         <v>23</v>
       </c>
       <c r="G40" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="H40" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
+        <v>159</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
         <v>160</v>
       </c>
-      <c r="B41" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D41" t="s">
+        <v>74</v>
+      </c>
+      <c r="E41" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F41" t="s">
         <v>23</v>
       </c>
       <c r="G41" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H41" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
+        <v>163</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
         <v>164</v>
       </c>
-      <c r="B42" t="s">
-[...2 lines deleted...]
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>74</v>
+      </c>
+      <c r="E42" t="s">
+        <v>75</v>
+      </c>
+      <c r="G42" s="1" t="s">
         <v>165</v>
-      </c>
-[...7 lines deleted...]
-        <v>73</v>
       </c>
       <c r="H42" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>167</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>168</v>
       </c>
       <c r="D43" t="s">
+        <v>74</v>
+      </c>
+      <c r="E43" t="s">
         <v>75</v>
       </c>
-      <c r="E43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F43" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>169</v>
       </c>
       <c r="H43" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>171</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>172</v>
       </c>
       <c r="D44" t="s">
+        <v>74</v>
+      </c>
+      <c r="E44" t="s">
         <v>75</v>
       </c>
-      <c r="E44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F44" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>173</v>
       </c>
       <c r="H44" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>175</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>176</v>
       </c>
       <c r="D45" t="s">
+        <v>74</v>
+      </c>
+      <c r="E45" t="s">
         <v>75</v>
       </c>
-      <c r="E45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F45" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>177</v>
       </c>
       <c r="H45" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>179</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>180</v>
       </c>
       <c r="D46" t="s">
+        <v>74</v>
+      </c>
+      <c r="E46" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F46" t="s">
         <v>181</v>
       </c>
       <c r="G46" s="1" t="s">
         <v>182</v>
       </c>
       <c r="H46" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>184</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>185</v>
       </c>
       <c r="D47" t="s">
+        <v>74</v>
+      </c>
+      <c r="E47" t="s">
         <v>75</v>
       </c>
-      <c r="E47" t="s">
+      <c r="F47" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>186</v>
       </c>
       <c r="H47" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>188</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>189</v>
       </c>
       <c r="D48" t="s">
+        <v>74</v>
+      </c>
+      <c r="E48" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F48" t="s">
         <v>18</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>190</v>
       </c>
       <c r="H48" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>192</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>193</v>
       </c>
       <c r="D49" t="s">
+        <v>74</v>
+      </c>
+      <c r="E49" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F49" t="s">
         <v>18</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>194</v>
       </c>
       <c r="H49" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>196</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>197</v>
       </c>
       <c r="D50" t="s">
+        <v>74</v>
+      </c>
+      <c r="E50" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F50" t="s">
         <v>18</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>198</v>
       </c>
       <c r="H50" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>200</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>201</v>
       </c>
       <c r="D51" t="s">
+        <v>74</v>
+      </c>
+      <c r="E51" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F51" t="s">
         <v>202</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H51" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>205</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>206</v>
       </c>
       <c r="D52" t="s">
+        <v>74</v>
+      </c>
+      <c r="E52" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F52" t="s">
         <v>49</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>207</v>
       </c>
       <c r="H52" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>209</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>210</v>
       </c>
       <c r="D53" t="s">
+        <v>74</v>
+      </c>
+      <c r="E53" t="s">
         <v>75</v>
       </c>
-      <c r="E53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F53" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>211</v>
       </c>
       <c r="H53" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>213</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>214</v>
       </c>
       <c r="D54" t="s">
+        <v>74</v>
+      </c>
+      <c r="E54" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F54" t="s">
         <v>18</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>215</v>
       </c>
       <c r="H54" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>217</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>218</v>
       </c>
       <c r="D55" t="s">
+        <v>74</v>
+      </c>
+      <c r="E55" t="s">
         <v>75</v>
       </c>
-      <c r="E55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F55" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>219</v>
       </c>
       <c r="H55" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>221</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>222</v>
       </c>
       <c r="D56" t="s">
+        <v>74</v>
+      </c>
+      <c r="E56" t="s">
         <v>75</v>
       </c>
-      <c r="E56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F56" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>223</v>
       </c>
       <c r="H56" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>225</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>226</v>
       </c>
       <c r="D57" t="s">
+        <v>74</v>
+      </c>
+      <c r="E57" t="s">
         <v>75</v>
       </c>
-      <c r="E57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F57" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>227</v>
       </c>
       <c r="H57" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>229</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>230</v>
       </c>
       <c r="D58" t="s">
+        <v>74</v>
+      </c>
+      <c r="E58" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F58" t="s">
         <v>53</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>231</v>
       </c>
       <c r="H58" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>233</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>234</v>
       </c>
       <c r="D59" t="s">
+        <v>74</v>
+      </c>
+      <c r="E59" t="s">
         <v>75</v>
       </c>
-      <c r="E59" t="s">
+      <c r="F59" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>235</v>
       </c>
       <c r="H59" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>237</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>238</v>
       </c>
       <c r="D60" t="s">
+        <v>74</v>
+      </c>
+      <c r="E60" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F60" t="s">
         <v>18</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>239</v>
       </c>
       <c r="H60" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>241</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>242</v>
       </c>
       <c r="D61" t="s">
+        <v>74</v>
+      </c>
+      <c r="E61" t="s">
         <v>75</v>
       </c>
-      <c r="E61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F61" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>243</v>
       </c>
       <c r="H61" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>245</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>246</v>
       </c>
       <c r="D62" t="s">
+        <v>74</v>
+      </c>
+      <c r="E62" t="s">
         <v>75</v>
       </c>
-      <c r="E62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F62" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>247</v>
       </c>
       <c r="H62" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>249</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>250</v>
       </c>
       <c r="D63" t="s">
+        <v>74</v>
+      </c>
+      <c r="E63" t="s">
         <v>75</v>
       </c>
-      <c r="E63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F63" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>251</v>
       </c>
       <c r="H63" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>253</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>254</v>
       </c>
       <c r="D64" t="s">
+        <v>74</v>
+      </c>
+      <c r="E64" t="s">
         <v>75</v>
       </c>
-      <c r="E64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F64" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>255</v>
       </c>
       <c r="H64" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>257</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>258</v>
       </c>
       <c r="D65" t="s">
+        <v>74</v>
+      </c>
+      <c r="E65" t="s">
         <v>75</v>
       </c>
-      <c r="E65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F65" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>259</v>
       </c>
       <c r="H65" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>261</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>262</v>
       </c>
       <c r="D66" t="s">
+        <v>74</v>
+      </c>
+      <c r="E66" t="s">
         <v>75</v>
       </c>
-      <c r="E66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F66" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>263</v>
       </c>
       <c r="H66" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>265</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>266</v>
       </c>
       <c r="D67" t="s">
+        <v>74</v>
+      </c>
+      <c r="E67" t="s">
         <v>75</v>
       </c>
-      <c r="E67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F67" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>267</v>
       </c>
       <c r="H67" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>269</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>270</v>
       </c>
       <c r="D68" t="s">
+        <v>74</v>
+      </c>
+      <c r="E68" t="s">
         <v>75</v>
       </c>
-      <c r="E68" t="s">
+      <c r="F68" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>271</v>
       </c>
       <c r="H68" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>273</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>274</v>
       </c>
       <c r="D69" t="s">
+        <v>74</v>
+      </c>
+      <c r="E69" t="s">
         <v>75</v>
       </c>
-      <c r="E69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F69" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>275</v>
       </c>
       <c r="H69" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>277</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>278</v>
       </c>
       <c r="D70" t="s">
+        <v>74</v>
+      </c>
+      <c r="E70" t="s">
         <v>75</v>
       </c>
-      <c r="E70" t="s">
+      <c r="F70" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>279</v>
       </c>
       <c r="H70" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>281</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>282</v>
       </c>
       <c r="D71" t="s">
+        <v>74</v>
+      </c>
+      <c r="E71" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F71" t="s">
         <v>18</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>283</v>
       </c>
       <c r="H71" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>285</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>286</v>
       </c>
       <c r="D72" t="s">
+        <v>74</v>
+      </c>
+      <c r="E72" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F72" t="s">
         <v>202</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>287</v>
       </c>
       <c r="H72" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>289</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>290</v>
       </c>
       <c r="D73" t="s">
+        <v>74</v>
+      </c>
+      <c r="E73" t="s">
         <v>75</v>
       </c>
-      <c r="E73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F73" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>291</v>
       </c>
       <c r="H73" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>293</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>294</v>
       </c>
       <c r="D74" t="s">
+        <v>74</v>
+      </c>
+      <c r="E74" t="s">
         <v>75</v>
       </c>
-      <c r="E74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F74" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>295</v>
       </c>
       <c r="H74" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>297</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>298</v>
       </c>
       <c r="D75" t="s">
+        <v>74</v>
+      </c>
+      <c r="E75" t="s">
         <v>75</v>
       </c>
-      <c r="E75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F75" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>299</v>
       </c>
       <c r="H75" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>301</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>302</v>
       </c>
       <c r="D76" t="s">
+        <v>74</v>
+      </c>
+      <c r="E76" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F76" t="s">
         <v>23</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>303</v>
       </c>
       <c r="H76" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>305</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>306</v>
       </c>
       <c r="D77" t="s">
+        <v>74</v>
+      </c>
+      <c r="E77" t="s">
         <v>75</v>
       </c>
-      <c r="E77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F77" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>307</v>
       </c>
       <c r="H77" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>309</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>310</v>
       </c>
       <c r="D78" t="s">
+        <v>74</v>
+      </c>
+      <c r="E78" t="s">
         <v>75</v>
       </c>
-      <c r="E78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F78" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>311</v>
       </c>
       <c r="H78" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>313</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>314</v>
       </c>
       <c r="D79" t="s">
+        <v>74</v>
+      </c>
+      <c r="E79" t="s">
         <v>75</v>
       </c>
-      <c r="E79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F79" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G79" s="1" t="s">
         <v>315</v>
       </c>
       <c r="H79" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>317</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>318</v>
       </c>
       <c r="D80" t="s">
+        <v>74</v>
+      </c>
+      <c r="E80" t="s">
         <v>75</v>
       </c>
-      <c r="E80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F80" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>319</v>
       </c>
       <c r="H80" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>321</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>322</v>
       </c>
       <c r="D81" t="s">
+        <v>74</v>
+      </c>
+      <c r="E81" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F81" t="s">
         <v>18</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>323</v>
       </c>
       <c r="H81" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>325</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>326</v>
       </c>
       <c r="D82" t="s">
+        <v>74</v>
+      </c>
+      <c r="E82" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F82" t="s">
         <v>18</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>327</v>
       </c>
       <c r="H82" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>329</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>330</v>
       </c>
       <c r="D83" t="s">
+        <v>74</v>
+      </c>
+      <c r="E83" t="s">
         <v>75</v>
       </c>
-      <c r="E83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F83" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>331</v>
       </c>
       <c r="H83" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>333</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>334</v>
       </c>
       <c r="D84" t="s">
+        <v>74</v>
+      </c>
+      <c r="E84" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F84" t="s">
         <v>49</v>
       </c>
       <c r="G84" s="1" t="s">
         <v>335</v>
       </c>
       <c r="H84" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>337</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>338</v>
       </c>
       <c r="D85" t="s">
+        <v>74</v>
+      </c>
+      <c r="E85" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F85" t="s">
         <v>18</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>339</v>
       </c>
       <c r="H85" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>341</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>342</v>
       </c>
       <c r="D86" t="s">
+        <v>74</v>
+      </c>
+      <c r="E86" t="s">
         <v>75</v>
       </c>
-      <c r="E86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F86" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>343</v>
       </c>
       <c r="H86" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>345</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>346</v>
       </c>
       <c r="D87" t="s">
+        <v>74</v>
+      </c>
+      <c r="E87" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F87" t="s">
         <v>202</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>347</v>
       </c>
       <c r="H87" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>349</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>350</v>
       </c>
       <c r="D88" t="s">
+        <v>74</v>
+      </c>
+      <c r="E88" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F88" t="s">
         <v>53</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>351</v>
       </c>
       <c r="H88" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>353</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>354</v>
       </c>
       <c r="D89" t="s">
+        <v>74</v>
+      </c>
+      <c r="E89" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F89" t="s">
         <v>53</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>355</v>
       </c>
       <c r="H89" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>357</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>358</v>
       </c>
       <c r="D90" t="s">
+        <v>74</v>
+      </c>
+      <c r="E90" t="s">
         <v>75</v>
       </c>
-      <c r="E90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F90" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>359</v>
       </c>
       <c r="H90" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>361</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>362</v>
       </c>
       <c r="D91" t="s">
+        <v>74</v>
+      </c>
+      <c r="E91" t="s">
         <v>75</v>
       </c>
-      <c r="E91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F91" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>363</v>
       </c>
       <c r="H91" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>365</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>366</v>
       </c>
       <c r="D92" t="s">
+        <v>74</v>
+      </c>
+      <c r="E92" t="s">
         <v>75</v>
       </c>
-      <c r="E92" t="s">
+      <c r="F92" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>367</v>
       </c>
       <c r="H92" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>369</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
         <v>370</v>
       </c>
       <c r="D93" t="s">
+        <v>74</v>
+      </c>
+      <c r="E93" t="s">
         <v>75</v>
       </c>
-      <c r="E93" t="s">
+      <c r="F93" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>371</v>
       </c>
       <c r="H93" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>373</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>374</v>
       </c>
       <c r="D94" t="s">
+        <v>74</v>
+      </c>
+      <c r="E94" t="s">
         <v>75</v>
       </c>
-      <c r="E94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F94" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>375</v>
       </c>
       <c r="H94" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>377</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>378</v>
       </c>
       <c r="D95" t="s">
+        <v>74</v>
+      </c>
+      <c r="E95" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F95" t="s">
         <v>23</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>379</v>
       </c>
       <c r="H95" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>381</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>382</v>
       </c>
       <c r="D96" t="s">
+        <v>74</v>
+      </c>
+      <c r="E96" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F96" t="s">
         <v>23</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>383</v>
       </c>
       <c r="H96" t="s">
         <v>384</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>385</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>386</v>
       </c>
       <c r="D97" t="s">
+        <v>74</v>
+      </c>
+      <c r="E97" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F97" t="s">
         <v>49</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>387</v>
       </c>
       <c r="H97" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>389</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>390</v>
       </c>
       <c r="D98" t="s">
+        <v>74</v>
+      </c>
+      <c r="E98" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F98" t="s">
         <v>49</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>391</v>
       </c>
       <c r="H98" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>393</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>394</v>
       </c>
       <c r="D99" t="s">
+        <v>74</v>
+      </c>
+      <c r="E99" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F99" t="s">
         <v>49</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>395</v>
       </c>
       <c r="H99" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>397</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>398</v>
       </c>
       <c r="D100" t="s">
+        <v>74</v>
+      </c>
+      <c r="E100" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F100" t="s">
         <v>181</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>399</v>
       </c>
       <c r="H100" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>401</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>402</v>
       </c>
       <c r="D101" t="s">
+        <v>74</v>
+      </c>
+      <c r="E101" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F101" t="s">
         <v>18</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>403</v>
       </c>
       <c r="H101" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>405</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>406</v>
       </c>
       <c r="D102" t="s">
+        <v>74</v>
+      </c>
+      <c r="E102" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F102" t="s">
         <v>18</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>407</v>
       </c>
       <c r="H102" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>409</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>410</v>
       </c>
       <c r="D103" t="s">
+        <v>74</v>
+      </c>
+      <c r="E103" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F103" t="s">
         <v>18</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>411</v>
       </c>
       <c r="H103" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>413</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>414</v>
       </c>
       <c r="D104" t="s">
+        <v>74</v>
+      </c>
+      <c r="E104" t="s">
         <v>75</v>
       </c>
-      <c r="E104" t="s">
+      <c r="F104" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>415</v>
       </c>
       <c r="H104" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>417</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
         <v>418</v>
       </c>
       <c r="D105" t="s">
+        <v>74</v>
+      </c>
+      <c r="E105" t="s">
         <v>75</v>
       </c>
-      <c r="E105" t="s">
+      <c r="F105" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>419</v>
       </c>
       <c r="H105" t="s">
         <v>420</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>421</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>422</v>
       </c>
       <c r="D106" t="s">
+        <v>74</v>
+      </c>
+      <c r="E106" t="s">
         <v>75</v>
       </c>
-      <c r="E106" t="s">
+      <c r="F106" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>423</v>
       </c>
       <c r="H106" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>425</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>426</v>
       </c>
       <c r="D107" t="s">
+        <v>74</v>
+      </c>
+      <c r="E107" t="s">
         <v>75</v>
       </c>
-      <c r="E107" t="s">
+      <c r="F107" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>427</v>
       </c>
       <c r="H107" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>429</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
         <v>430</v>
       </c>
       <c r="D108" t="s">
+        <v>74</v>
+      </c>
+      <c r="E108" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F108" t="s">
         <v>49</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>431</v>
       </c>
       <c r="H108" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>433</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>434</v>
       </c>
       <c r="D109" t="s">
+        <v>74</v>
+      </c>
+      <c r="E109" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F109" t="s">
         <v>49</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>435</v>
       </c>
       <c r="H109" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>437</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>438</v>
       </c>
       <c r="D110" t="s">
+        <v>74</v>
+      </c>
+      <c r="E110" t="s">
         <v>75</v>
       </c>
-      <c r="E110" t="s">
+      <c r="F110" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>439</v>
       </c>
       <c r="H110" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>441</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>442</v>
       </c>
       <c r="D111" t="s">
+        <v>74</v>
+      </c>
+      <c r="E111" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F111" t="s">
         <v>44</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>443</v>
       </c>
       <c r="H111" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>445</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>446</v>
       </c>
       <c r="D112" t="s">
+        <v>74</v>
+      </c>
+      <c r="E112" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F112" t="s">
         <v>44</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>447</v>
       </c>
       <c r="H112" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>449</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
         <v>450</v>
       </c>
       <c r="D113" t="s">
+        <v>74</v>
+      </c>
+      <c r="E113" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F113" t="s">
         <v>49</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>451</v>
       </c>
       <c r="H113" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>452</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
         <v>453</v>
       </c>
       <c r="D114" t="s">
+        <v>74</v>
+      </c>
+      <c r="E114" t="s">
         <v>75</v>
       </c>
-      <c r="E114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F114" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>454</v>
       </c>
       <c r="H114" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>456</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
         <v>457</v>
       </c>
       <c r="D115" t="s">
+        <v>74</v>
+      </c>
+      <c r="E115" t="s">
         <v>75</v>
       </c>
-      <c r="E115" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F115" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>458</v>
       </c>
       <c r="H115" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>460</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
         <v>461</v>
       </c>
       <c r="D116" t="s">
+        <v>74</v>
+      </c>
+      <c r="E116" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F116" t="s">
         <v>44</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>462</v>
       </c>
       <c r="H116" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>464</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>465</v>
       </c>
       <c r="D117" t="s">
+        <v>74</v>
+      </c>
+      <c r="E117" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F117" t="s">
         <v>44</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>466</v>
       </c>
       <c r="H117" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>468</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
         <v>469</v>
       </c>
       <c r="D118" t="s">
+        <v>74</v>
+      </c>
+      <c r="E118" t="s">
         <v>75</v>
       </c>
-      <c r="E118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F118" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>470</v>
       </c>
       <c r="H118" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>472</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
         <v>473</v>
       </c>
       <c r="D119" t="s">
+        <v>74</v>
+      </c>
+      <c r="E119" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F119" t="s">
         <v>202</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>474</v>
       </c>
       <c r="H119" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>476</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>477</v>
       </c>
       <c r="D120" t="s">
+        <v>74</v>
+      </c>
+      <c r="E120" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F120" t="s">
         <v>202</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>478</v>
       </c>
       <c r="H120" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>480</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
         <v>481</v>
       </c>
       <c r="D121" t="s">
+        <v>74</v>
+      </c>
+      <c r="E121" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F121" t="s">
         <v>202</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>482</v>
       </c>
       <c r="H121" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>484</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
         <v>485</v>
       </c>
       <c r="D122" t="s">
+        <v>74</v>
+      </c>
+      <c r="E122" t="s">
         <v>75</v>
       </c>
-      <c r="E122" t="s">
+      <c r="F122" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>486</v>
       </c>
       <c r="H122" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>488</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>489</v>
       </c>
       <c r="D123" t="s">
+        <v>74</v>
+      </c>
+      <c r="E123" t="s">
         <v>75</v>
       </c>
-      <c r="E123" t="s">
+      <c r="F123" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>490</v>
       </c>
       <c r="H123" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>492</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
         <v>493</v>
       </c>
       <c r="D124" t="s">
+        <v>74</v>
+      </c>
+      <c r="E124" t="s">
         <v>75</v>
       </c>
-      <c r="E124" t="s">
+      <c r="F124" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G124" s="1" t="s">
         <v>494</v>
       </c>
       <c r="H124" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>496</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>497</v>
       </c>
       <c r="D125" t="s">
+        <v>74</v>
+      </c>
+      <c r="E125" t="s">
         <v>75</v>
       </c>
-      <c r="E125" t="s">
+      <c r="F125" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>498</v>
       </c>
       <c r="H125" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>500</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>501</v>
       </c>
       <c r="D126" t="s">
+        <v>74</v>
+      </c>
+      <c r="E126" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F126" t="s">
         <v>44</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>502</v>
       </c>
       <c r="H126" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>504</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
         <v>505</v>
       </c>
       <c r="D127" t="s">
+        <v>74</v>
+      </c>
+      <c r="E127" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F127" t="s">
         <v>23</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>506</v>
       </c>
       <c r="H127" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>508</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
         <v>509</v>
       </c>
       <c r="D128" t="s">
+        <v>74</v>
+      </c>
+      <c r="E128" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F128" t="s">
         <v>53</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>510</v>
       </c>
       <c r="H128" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>512</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
         <v>513</v>
       </c>
       <c r="D129" t="s">
+        <v>74</v>
+      </c>
+      <c r="E129" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F129" t="s">
         <v>23</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>514</v>
       </c>
       <c r="H129" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>516</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
         <v>517</v>
       </c>
       <c r="D130" t="s">
+        <v>74</v>
+      </c>
+      <c r="E130" t="s">
         <v>75</v>
       </c>
-      <c r="E130" t="s">
+      <c r="F130" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>518</v>
       </c>
       <c r="H130" t="s">
         <v>519</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>520</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
         <v>521</v>
       </c>
       <c r="D131" t="s">
+        <v>74</v>
+      </c>
+      <c r="E131" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F131" t="s">
         <v>202</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>522</v>
       </c>
       <c r="H131" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>524</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
         <v>525</v>
       </c>
       <c r="D132" t="s">
+        <v>74</v>
+      </c>
+      <c r="E132" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F132" t="s">
         <v>202</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>526</v>
       </c>
       <c r="H132" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>528</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
         <v>529</v>
       </c>
       <c r="D133" t="s">
+        <v>74</v>
+      </c>
+      <c r="E133" t="s">
         <v>75</v>
       </c>
-      <c r="E133" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F133" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>530</v>
       </c>
       <c r="H133" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>532</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
         <v>533</v>
       </c>
       <c r="D134" t="s">
+        <v>74</v>
+      </c>
+      <c r="E134" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F134" t="s">
         <v>18</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>534</v>
       </c>
       <c r="H134" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>536</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
         <v>537</v>
       </c>
       <c r="D135" t="s">
+        <v>74</v>
+      </c>
+      <c r="E135" t="s">
         <v>75</v>
       </c>
-      <c r="E135" t="s">
+      <c r="F135" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G135" s="1" t="s">
         <v>538</v>
       </c>
       <c r="H135" t="s">
         <v>539</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>540</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
         <v>541</v>
       </c>
       <c r="D136" t="s">
+        <v>74</v>
+      </c>
+      <c r="E136" t="s">
         <v>75</v>
       </c>
-      <c r="E136" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F136" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G136" s="1" t="s">
         <v>542</v>
       </c>
       <c r="H136" t="s">
         <v>543</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>544</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
         <v>545</v>
       </c>
       <c r="D137" t="s">
+        <v>74</v>
+      </c>
+      <c r="E137" t="s">
         <v>75</v>
       </c>
-      <c r="E137" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F137" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="G137" s="1" t="s">
         <v>546</v>
       </c>
       <c r="H137" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>548</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
         <v>549</v>
       </c>
       <c r="D138" t="s">
+        <v>74</v>
+      </c>
+      <c r="E138" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F138" t="s">
         <v>44</v>
       </c>
       <c r="G138" s="1" t="s">
         <v>550</v>
       </c>
       <c r="H138" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>552</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
         <v>553</v>
       </c>
       <c r="D139" t="s">
+        <v>74</v>
+      </c>
+      <c r="E139" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F139" t="s">
         <v>23</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>554</v>
       </c>
       <c r="H139" t="s">
         <v>555</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>556</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
         <v>557</v>
       </c>
       <c r="D140" t="s">
+        <v>74</v>
+      </c>
+      <c r="E140" t="s">
         <v>75</v>
       </c>
-      <c r="E140" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F140" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>558</v>
       </c>
       <c r="H140" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>560</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
         <v>561</v>
       </c>
       <c r="D141" t="s">
+        <v>74</v>
+      </c>
+      <c r="E141" t="s">
         <v>75</v>
       </c>
-      <c r="E141" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F141" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>562</v>
       </c>
       <c r="H141" t="s">
         <v>563</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>564</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
         <v>565</v>
       </c>
       <c r="D142" t="s">
+        <v>74</v>
+      </c>
+      <c r="E142" t="s">
         <v>75</v>
       </c>
-      <c r="E142" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F142" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>566</v>
       </c>
       <c r="H142" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>568</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
         <v>569</v>
       </c>
       <c r="D143" t="s">
+        <v>74</v>
+      </c>
+      <c r="E143" t="s">
         <v>75</v>
       </c>
-      <c r="E143" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F143" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G143" s="1" t="s">
         <v>570</v>
       </c>
       <c r="H143" t="s">
         <v>571</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>572</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
         <v>573</v>
       </c>
       <c r="D144" t="s">
+        <v>74</v>
+      </c>
+      <c r="E144" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F144" t="s">
         <v>23</v>
       </c>
       <c r="G144" s="1" t="s">
         <v>574</v>
       </c>
       <c r="H144" t="s">
         <v>575</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>576</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
         <v>577</v>
       </c>
       <c r="D145" t="s">
+        <v>74</v>
+      </c>
+      <c r="E145" t="s">
         <v>75</v>
       </c>
-      <c r="E145" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F145" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G145" s="1" t="s">
         <v>578</v>
       </c>
       <c r="H145" t="s">
         <v>579</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>580</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
         <v>581</v>
       </c>
       <c r="D146" t="s">
+        <v>74</v>
+      </c>
+      <c r="E146" t="s">
         <v>75</v>
       </c>
-      <c r="E146" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F146" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G146" s="1" t="s">
         <v>582</v>
       </c>
       <c r="H146" t="s">
         <v>583</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>584</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
         <v>585</v>
       </c>
       <c r="D147" t="s">
+        <v>74</v>
+      </c>
+      <c r="E147" t="s">
         <v>75</v>
       </c>
-      <c r="E147" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F147" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G147" s="1" t="s">
         <v>586</v>
       </c>
       <c r="H147" t="s">
         <v>587</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>588</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
         <v>589</v>
       </c>
       <c r="D148" t="s">
+        <v>74</v>
+      </c>
+      <c r="E148" t="s">
         <v>75</v>
       </c>
-      <c r="E148" t="s">
+      <c r="F148" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>590</v>
       </c>
       <c r="H148" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>592</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
         <v>593</v>
       </c>
       <c r="D149" t="s">
+        <v>74</v>
+      </c>
+      <c r="E149" t="s">
         <v>75</v>
       </c>
-      <c r="E149" t="s">
+      <c r="F149" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G149" s="1" t="s">
         <v>594</v>
       </c>
       <c r="H149" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>596</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
         <v>597</v>
       </c>
       <c r="D150" t="s">
+        <v>74</v>
+      </c>
+      <c r="E150" t="s">
         <v>75</v>
       </c>
-      <c r="E150" t="s">
+      <c r="F150" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G150" s="1" t="s">
         <v>598</v>
       </c>
       <c r="H150" t="s">
         <v>599</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>600</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
         <v>601</v>
       </c>
       <c r="D151" t="s">
+        <v>74</v>
+      </c>
+      <c r="E151" t="s">
         <v>75</v>
       </c>
-      <c r="E151" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F151" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>602</v>
       </c>
       <c r="H151" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>604</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
         <v>605</v>
       </c>
       <c r="D152" t="s">
+        <v>74</v>
+      </c>
+      <c r="E152" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F152" t="s">
         <v>202</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>606</v>
       </c>
       <c r="H152" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>608</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
         <v>609</v>
       </c>
       <c r="D153" t="s">
+        <v>74</v>
+      </c>
+      <c r="E153" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F153" t="s">
         <v>202</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>610</v>
       </c>
       <c r="H153" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>612</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
         <v>613</v>
       </c>
       <c r="D154" t="s">
+        <v>74</v>
+      </c>
+      <c r="E154" t="s">
         <v>75</v>
       </c>
-      <c r="E154" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F154" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>614</v>
       </c>
       <c r="H154" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>616</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
         <v>617</v>
       </c>
       <c r="D155" t="s">
+        <v>74</v>
+      </c>
+      <c r="E155" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F155" t="s">
         <v>18</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>618</v>
       </c>
       <c r="H155" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>620</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
         <v>621</v>
       </c>
       <c r="D156" t="s">
+        <v>74</v>
+      </c>
+      <c r="E156" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F156" t="s">
         <v>49</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>622</v>
       </c>
       <c r="H156" t="s">
         <v>623</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>624</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
         <v>625</v>
       </c>
       <c r="D157" t="s">
+        <v>74</v>
+      </c>
+      <c r="E157" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F157" t="s">
         <v>49</v>
       </c>
       <c r="G157" s="1" t="s">
         <v>626</v>
       </c>
       <c r="H157" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>628</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
         <v>629</v>
       </c>
       <c r="D158" t="s">
+        <v>74</v>
+      </c>
+      <c r="E158" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F158" t="s">
         <v>23</v>
       </c>
       <c r="G158" s="1" t="s">
         <v>630</v>
       </c>
       <c r="H158" t="s">
         <v>631</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>632</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
         <v>633</v>
       </c>
       <c r="D159" t="s">
+        <v>74</v>
+      </c>
+      <c r="E159" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F159" t="s">
         <v>49</v>
       </c>
       <c r="G159" s="1" t="s">
         <v>634</v>
       </c>
       <c r="H159" t="s">
         <v>635</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>636</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
         <v>637</v>
       </c>
       <c r="D160" t="s">
+        <v>74</v>
+      </c>
+      <c r="E160" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F160" t="s">
         <v>23</v>
       </c>
       <c r="G160" s="1" t="s">
         <v>638</v>
       </c>
       <c r="H160" t="s">
         <v>639</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>640</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
         <v>641</v>
       </c>
       <c r="D161" t="s">
+        <v>74</v>
+      </c>
+      <c r="E161" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F161" t="s">
         <v>49</v>
       </c>
       <c r="G161" s="1" t="s">
         <v>642</v>
       </c>
       <c r="H161" t="s">
         <v>643</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>644</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
         <v>645</v>
       </c>
       <c r="D162" t="s">
+        <v>74</v>
+      </c>
+      <c r="E162" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F162" t="s">
         <v>23</v>
       </c>
       <c r="G162" s="1" t="s">
         <v>646</v>
       </c>
       <c r="H162" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>648</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
         <v>649</v>
       </c>
       <c r="D163" t="s">
+        <v>74</v>
+      </c>
+      <c r="E163" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F163" t="s">
         <v>23</v>
       </c>
       <c r="G163" s="1" t="s">
         <v>650</v>
       </c>
       <c r="H163" t="s">
         <v>651</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>652</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
         <v>653</v>
       </c>
       <c r="D164" t="s">
+        <v>74</v>
+      </c>
+      <c r="E164" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F164" t="s">
         <v>53</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>654</v>
       </c>
       <c r="H164" t="s">
         <v>655</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>656</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
         <v>657</v>
       </c>
       <c r="D165" t="s">
+        <v>74</v>
+      </c>
+      <c r="E165" t="s">
         <v>75</v>
       </c>
-      <c r="E165" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F165" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="G165" s="1" t="s">
         <v>658</v>
       </c>
       <c r="H165" t="s">
         <v>659</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>660</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
         <v>661</v>
       </c>
       <c r="D166" t="s">
+        <v>74</v>
+      </c>
+      <c r="E166" t="s">
         <v>75</v>
       </c>
-      <c r="E166" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F166" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>662</v>
       </c>
       <c r="H166" t="s">
         <v>663</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>664</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
         <v>665</v>
       </c>
       <c r="D167" t="s">
+        <v>74</v>
+      </c>
+      <c r="E167" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F167" t="s">
         <v>44</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>666</v>
       </c>
       <c r="H167" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>668</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
         <v>669</v>
       </c>
       <c r="D168" t="s">
+        <v>74</v>
+      </c>
+      <c r="E168" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F168" t="s">
         <v>670</v>
       </c>
       <c r="G168" s="1" t="s">
         <v>671</v>
       </c>
       <c r="H168" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>673</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
         <v>674</v>
       </c>
       <c r="D169" t="s">
+        <v>74</v>
+      </c>
+      <c r="E169" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F169" t="s">
         <v>44</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>675</v>
       </c>
       <c r="H169" t="s">
         <v>676</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>677</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
         <v>678</v>
       </c>
       <c r="D170" t="s">
+        <v>74</v>
+      </c>
+      <c r="E170" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F170" t="s">
         <v>44</v>
       </c>
       <c r="G170" s="1" t="s">
         <v>679</v>
       </c>
       <c r="H170" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>681</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
         <v>682</v>
       </c>
       <c r="D171" t="s">
+        <v>74</v>
+      </c>
+      <c r="E171" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F171" t="s">
         <v>44</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>683</v>
       </c>
       <c r="H171" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>685</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
         <v>686</v>
       </c>
       <c r="D172" t="s">
+        <v>74</v>
+      </c>
+      <c r="E172" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F172" t="s">
         <v>202</v>
       </c>
       <c r="G172" s="1" t="s">
         <v>687</v>
       </c>
       <c r="H172" t="s">
         <v>688</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>689</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
         <v>690</v>
       </c>
       <c r="D173" t="s">
+        <v>74</v>
+      </c>
+      <c r="E173" t="s">
         <v>75</v>
       </c>
-      <c r="E173" t="s">
+      <c r="F173" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G173" s="1" t="s">
         <v>691</v>
       </c>
       <c r="H173" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>693</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
         <v>694</v>
       </c>
       <c r="D174" t="s">
+        <v>74</v>
+      </c>
+      <c r="E174" t="s">
         <v>75</v>
       </c>
-      <c r="E174" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F174" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G174" s="1" t="s">
         <v>695</v>
       </c>
       <c r="H174" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>697</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
         <v>698</v>
       </c>
       <c r="D175" t="s">
+        <v>74</v>
+      </c>
+      <c r="E175" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F175" t="s">
         <v>202</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>699</v>
       </c>
       <c r="H175" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>701</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
         <v>702</v>
       </c>
       <c r="D176" t="s">
+        <v>74</v>
+      </c>
+      <c r="E176" t="s">
         <v>75</v>
       </c>
-      <c r="E176" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F176" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G176" s="1" t="s">
         <v>703</v>
       </c>
       <c r="H176" t="s">
         <v>704</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>705</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
         <v>706</v>
       </c>
       <c r="D177" t="s">
+        <v>74</v>
+      </c>
+      <c r="E177" t="s">
         <v>75</v>
       </c>
-      <c r="E177" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F177" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G177" s="1" t="s">
         <v>707</v>
       </c>
       <c r="H177" t="s">
         <v>708</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>709</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
         <v>710</v>
       </c>
       <c r="D178" t="s">
+        <v>74</v>
+      </c>
+      <c r="E178" t="s">
         <v>75</v>
       </c>
-      <c r="E178" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F178" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G178" s="1" t="s">
         <v>711</v>
       </c>
       <c r="H178" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>713</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
         <v>714</v>
       </c>
       <c r="D179" t="s">
+        <v>74</v>
+      </c>
+      <c r="E179" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F179" t="s">
         <v>18</v>
       </c>
       <c r="G179" s="1" t="s">
         <v>715</v>
       </c>
       <c r="H179" t="s">
         <v>716</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>717</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
         <v>718</v>
       </c>
       <c r="D180" t="s">
+        <v>74</v>
+      </c>
+      <c r="E180" t="s">
         <v>75</v>
       </c>
-      <c r="E180" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F180" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="G180" s="1" t="s">
         <v>719</v>
       </c>
       <c r="H180" t="s">
         <v>720</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>721</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
         <v>722</v>
       </c>
       <c r="D181" t="s">
+        <v>74</v>
+      </c>
+      <c r="E181" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F181" t="s">
         <v>23</v>
       </c>
       <c r="G181" s="1" t="s">
         <v>723</v>
       </c>
       <c r="H181" t="s">
         <v>724</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>725</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
         <v>726</v>
       </c>
       <c r="D182" t="s">
+        <v>74</v>
+      </c>
+      <c r="E182" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F182" t="s">
         <v>23</v>
       </c>
       <c r="G182" s="1" t="s">
         <v>727</v>
       </c>
       <c r="H182" t="s">
         <v>728</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>729</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
         <v>730</v>
       </c>
       <c r="D183" t="s">
+        <v>74</v>
+      </c>
+      <c r="E183" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F183" t="s">
         <v>53</v>
       </c>
       <c r="G183" s="1" t="s">
         <v>731</v>
       </c>
       <c r="H183" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>733</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
         <v>734</v>
       </c>
       <c r="D184" t="s">
+        <v>74</v>
+      </c>
+      <c r="E184" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F184" t="s">
         <v>44</v>
       </c>
       <c r="G184" s="1" t="s">
         <v>735</v>
       </c>
       <c r="H184" t="s">
         <v>736</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>737</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
         <v>738</v>
       </c>
       <c r="D185" t="s">
+        <v>74</v>
+      </c>
+      <c r="E185" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F185" t="s">
         <v>53</v>
       </c>
       <c r="G185" s="1" t="s">
         <v>739</v>
       </c>
       <c r="H185" t="s">
         <v>740</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>741</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
         <v>742</v>
       </c>
       <c r="D186" t="s">
+        <v>74</v>
+      </c>
+      <c r="E186" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F186" t="s">
         <v>49</v>
       </c>
       <c r="G186" s="1" t="s">
         <v>743</v>
       </c>
       <c r="H186" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>744</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
         <v>745</v>
       </c>
       <c r="D187" t="s">
+        <v>74</v>
+      </c>
+      <c r="E187" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F187" t="s">
         <v>49</v>
       </c>
       <c r="G187" s="1" t="s">
         <v>746</v>
       </c>
       <c r="H187" t="s">
         <v>747</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>748</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
         <v>749</v>
       </c>
       <c r="D188" t="s">
+        <v>74</v>
+      </c>
+      <c r="E188" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F188" t="s">
         <v>49</v>
       </c>
       <c r="G188" s="1" t="s">
         <v>750</v>
       </c>
       <c r="H188" t="s">
         <v>751</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>752</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
         <v>753</v>
       </c>
       <c r="D189" t="s">
+        <v>74</v>
+      </c>
+      <c r="E189" t="s">
         <v>75</v>
       </c>
-      <c r="E189" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F189" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="G189" s="1" t="s">
         <v>754</v>
       </c>
       <c r="H189" t="s">
         <v>755</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>756</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
         <v>757</v>
       </c>
       <c r="D190" t="s">
+        <v>74</v>
+      </c>
+      <c r="E190" t="s">
         <v>75</v>
       </c>
-      <c r="E190" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F190" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G190" s="1" t="s">
         <v>758</v>
       </c>
       <c r="H190" t="s">
         <v>759</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>760</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
         <v>761</v>
       </c>
       <c r="D191" t="s">
+        <v>74</v>
+      </c>
+      <c r="E191" t="s">
         <v>75</v>
       </c>
-      <c r="E191" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F191" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G191" s="1" t="s">
         <v>762</v>
       </c>
       <c r="H191" t="s">
         <v>763</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>764</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
         <v>765</v>
       </c>
       <c r="D192" t="s">
+        <v>74</v>
+      </c>
+      <c r="E192" t="s">
         <v>75</v>
       </c>
-      <c r="E192" t="s">
+      <c r="F192" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G192" s="1" t="s">
         <v>766</v>
       </c>
       <c r="H192" t="s">
         <v>767</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>768</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
         <v>769</v>
       </c>
       <c r="D193" t="s">
+        <v>74</v>
+      </c>
+      <c r="E193" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F193" t="s">
         <v>44</v>
       </c>
       <c r="G193" s="1" t="s">
         <v>770</v>
       </c>
       <c r="H193" t="s">
         <v>771</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>772</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
         <v>773</v>
       </c>
       <c r="D194" t="s">
+        <v>74</v>
+      </c>
+      <c r="E194" t="s">
         <v>75</v>
       </c>
-      <c r="E194" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F194" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="G194" s="1" t="s">
         <v>774</v>
       </c>
       <c r="H194" t="s">
         <v>775</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>776</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
         <v>777</v>
       </c>
       <c r="D195" t="s">
+        <v>74</v>
+      </c>
+      <c r="E195" t="s">
         <v>75</v>
       </c>
-      <c r="E195" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F195" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G195" s="1" t="s">
         <v>778</v>
       </c>
       <c r="H195" t="s">
         <v>779</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>780</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
         <v>781</v>
       </c>
       <c r="D196" t="s">
+        <v>74</v>
+      </c>
+      <c r="E196" t="s">
         <v>75</v>
       </c>
-      <c r="E196" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F196" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G196" s="1" t="s">
         <v>782</v>
       </c>
       <c r="H196" t="s">
         <v>783</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>784</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
         <v>785</v>
       </c>
       <c r="D197" t="s">
+        <v>74</v>
+      </c>
+      <c r="E197" t="s">
         <v>75</v>
       </c>
-      <c r="E197" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F197" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G197" s="1" t="s">
         <v>786</v>
       </c>
       <c r="H197" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>788</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
         <v>789</v>
       </c>
       <c r="D198" t="s">
+        <v>74</v>
+      </c>
+      <c r="E198" t="s">
         <v>75</v>
       </c>
-      <c r="E198" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F198" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G198" s="1" t="s">
         <v>790</v>
       </c>
       <c r="H198" t="s">
         <v>791</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>792</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
         <v>793</v>
       </c>
       <c r="D199" t="s">
+        <v>74</v>
+      </c>
+      <c r="E199" t="s">
         <v>75</v>
       </c>
-      <c r="E199" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F199" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G199" s="1" t="s">
         <v>794</v>
       </c>
       <c r="H199" t="s">
         <v>795</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>796</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
         <v>797</v>
       </c>
       <c r="D200" t="s">
+        <v>74</v>
+      </c>
+      <c r="E200" t="s">
         <v>75</v>
       </c>
-      <c r="E200" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F200" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="G200" s="1" t="s">
         <v>798</v>
       </c>
       <c r="H200" t="s">
         <v>799</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>800</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
         <v>801</v>
       </c>
       <c r="D201" t="s">
+        <v>74</v>
+      </c>
+      <c r="E201" t="s">
         <v>75</v>
       </c>
-      <c r="E201" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F201" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G201" s="1" t="s">
         <v>802</v>
       </c>
       <c r="H201" t="s">
         <v>803</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>804</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
         <v>805</v>
       </c>
       <c r="D202" t="s">
+        <v>74</v>
+      </c>
+      <c r="E202" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F202" t="s">
         <v>202</v>
       </c>
       <c r="G202" s="1" t="s">
         <v>806</v>
       </c>
       <c r="H202" t="s">
         <v>807</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>808</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
         <v>809</v>
       </c>
       <c r="D203" t="s">
+        <v>74</v>
+      </c>
+      <c r="E203" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F203" t="s">
         <v>202</v>
       </c>
       <c r="G203" s="1" t="s">
         <v>810</v>
       </c>
       <c r="H203" t="s">
         <v>811</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>812</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
         <v>813</v>
       </c>
       <c r="D204" t="s">
+        <v>74</v>
+      </c>
+      <c r="E204" t="s">
         <v>75</v>
       </c>
-      <c r="E204" t="s">
+      <c r="F204" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G204" s="1" t="s">
         <v>814</v>
       </c>
       <c r="H204" t="s">
         <v>815</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>816</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
         <v>817</v>
       </c>
       <c r="D205" t="s">
+        <v>74</v>
+      </c>
+      <c r="E205" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F205" t="s">
         <v>202</v>
       </c>
       <c r="G205" s="1" t="s">
         <v>818</v>
       </c>
       <c r="H205" t="s">
         <v>819</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>820</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
         <v>821</v>
       </c>
       <c r="D206" t="s">
+        <v>74</v>
+      </c>
+      <c r="E206" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F206" t="s">
         <v>202</v>
       </c>
       <c r="G206" s="1" t="s">
         <v>822</v>
       </c>
       <c r="H206" t="s">
         <v>823</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>824</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
         <v>825</v>
       </c>
       <c r="D207" t="s">
+        <v>74</v>
+      </c>
+      <c r="E207" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F207" t="s">
         <v>181</v>
       </c>
       <c r="G207" s="1" t="s">
         <v>826</v>
       </c>
       <c r="H207" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>828</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
         <v>829</v>
       </c>
       <c r="D208" t="s">
+        <v>74</v>
+      </c>
+      <c r="E208" t="s">
         <v>75</v>
       </c>
-      <c r="E208" t="s">
+      <c r="F208" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G208" s="1" t="s">
         <v>830</v>
       </c>
       <c r="H208" t="s">
         <v>831</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>832</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
         <v>833</v>
       </c>
       <c r="D209" t="s">
+        <v>74</v>
+      </c>
+      <c r="E209" t="s">
         <v>75</v>
       </c>
-      <c r="E209" t="s">
+      <c r="F209" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G209" s="1" t="s">
         <v>834</v>
       </c>
       <c r="H209" t="s">
         <v>835</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>836</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
         <v>837</v>
       </c>
       <c r="D210" t="s">
+        <v>74</v>
+      </c>
+      <c r="E210" t="s">
         <v>75</v>
       </c>
-      <c r="E210" t="s">
+      <c r="F210" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G210" s="1" t="s">
         <v>838</v>
       </c>
       <c r="H210" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>840</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
         <v>841</v>
       </c>
       <c r="D211" t="s">
+        <v>74</v>
+      </c>
+      <c r="E211" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F211" t="s">
         <v>49</v>
       </c>
       <c r="G211" s="1" t="s">
         <v>842</v>
       </c>
       <c r="H211" t="s">
         <v>843</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>844</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
         <v>845</v>
       </c>
       <c r="D212" t="s">
+        <v>74</v>
+      </c>
+      <c r="E212" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F212" t="s">
         <v>18</v>
       </c>
       <c r="G212" s="1" t="s">
         <v>846</v>
       </c>
       <c r="H212" t="s">
         <v>847</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>848</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
         <v>849</v>
       </c>
       <c r="D213" t="s">
+        <v>74</v>
+      </c>
+      <c r="E213" t="s">
         <v>75</v>
       </c>
-      <c r="E213" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F213" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G213" s="1" t="s">
         <v>850</v>
       </c>
       <c r="H213" t="s">
         <v>851</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>852</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>10</v>
+        <v>853</v>
       </c>
       <c r="D214" t="s">
-        <v>853</v>
+        <v>74</v>
       </c>
       <c r="E214" t="s">
+        <v>75</v>
+      </c>
+      <c r="F214" t="s">
+        <v>49</v>
+      </c>
+      <c r="G214" s="1" t="s">
         <v>854</v>
       </c>
-      <c r="F214" t="s">
+      <c r="H214" t="s">
         <v>855</v>
-      </c>
-[...4 lines deleted...]
-        <v>857</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
+        <v>856</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>857</v>
+      </c>
+      <c r="D215" t="s">
+        <v>74</v>
+      </c>
+      <c r="E215" t="s">
+        <v>75</v>
+      </c>
+      <c r="F215" t="s">
+        <v>76</v>
+      </c>
+      <c r="G215" s="1" t="s">
         <v>858</v>
       </c>
-      <c r="B215" t="s">
-[...11 lines deleted...]
-      <c r="F215" t="s">
+      <c r="H215" t="s">
         <v>859</v>
-      </c>
-[...4 lines deleted...]
-        <v>861</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
+        <v>860</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>861</v>
+      </c>
+      <c r="D216" t="s">
+        <v>74</v>
+      </c>
+      <c r="E216" t="s">
+        <v>75</v>
+      </c>
+      <c r="F216" t="s">
+        <v>144</v>
+      </c>
+      <c r="G216" s="1" t="s">
         <v>862</v>
       </c>
-      <c r="B216" t="s">
-[...11 lines deleted...]
-      <c r="F216" t="s">
+      <c r="H216" t="s">
         <v>863</v>
-      </c>
-[...4 lines deleted...]
-        <v>865</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
+        <v>864</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>865</v>
+      </c>
+      <c r="D217" t="s">
+        <v>74</v>
+      </c>
+      <c r="E217" t="s">
+        <v>75</v>
+      </c>
+      <c r="F217" t="s">
+        <v>144</v>
+      </c>
+      <c r="G217" s="1" t="s">
         <v>866</v>
       </c>
-      <c r="B217" t="s">
-[...11 lines deleted...]
-      <c r="F217" t="s">
+      <c r="H217" t="s">
         <v>867</v>
-      </c>
-[...4 lines deleted...]
-        <v>869</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
+        <v>868</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>869</v>
+      </c>
+      <c r="D218" t="s">
+        <v>74</v>
+      </c>
+      <c r="E218" t="s">
+        <v>75</v>
+      </c>
+      <c r="F218" t="s">
+        <v>144</v>
+      </c>
+      <c r="G218" s="1" t="s">
         <v>870</v>
       </c>
-      <c r="B218" t="s">
-[...11 lines deleted...]
-      <c r="F218" t="s">
+      <c r="H218" t="s">
         <v>871</v>
-      </c>
-[...4 lines deleted...]
-        <v>873</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
+        <v>872</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>873</v>
+      </c>
+      <c r="D219" t="s">
+        <v>74</v>
+      </c>
+      <c r="E219" t="s">
+        <v>75</v>
+      </c>
+      <c r="F219" t="s">
+        <v>202</v>
+      </c>
+      <c r="G219" s="1" t="s">
         <v>874</v>
       </c>
-      <c r="B219" t="s">
-[...11 lines deleted...]
-      <c r="F219" t="s">
+      <c r="H219" t="s">
         <v>875</v>
-      </c>
-[...4 lines deleted...]
-        <v>877</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
+        <v>876</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>877</v>
+      </c>
+      <c r="D220" t="s">
+        <v>74</v>
+      </c>
+      <c r="E220" t="s">
+        <v>75</v>
+      </c>
+      <c r="F220" t="s">
+        <v>18</v>
+      </c>
+      <c r="G220" s="1" t="s">
         <v>878</v>
       </c>
-      <c r="B220" t="s">
-[...11 lines deleted...]
-      <c r="F220" t="s">
+      <c r="H220" t="s">
         <v>879</v>
-      </c>
-[...4 lines deleted...]
-        <v>881</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
+        <v>880</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>881</v>
+      </c>
+      <c r="D221" t="s">
+        <v>74</v>
+      </c>
+      <c r="E221" t="s">
+        <v>75</v>
+      </c>
+      <c r="F221" t="s">
+        <v>18</v>
+      </c>
+      <c r="G221" s="1" t="s">
         <v>882</v>
       </c>
-      <c r="B221" t="s">
-[...11 lines deleted...]
-      <c r="F221" t="s">
+      <c r="H221" t="s">
         <v>883</v>
-      </c>
-[...4 lines deleted...]
-        <v>885</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
+        <v>884</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>885</v>
+      </c>
+      <c r="D222" t="s">
+        <v>74</v>
+      </c>
+      <c r="E222" t="s">
+        <v>75</v>
+      </c>
+      <c r="F222" t="s">
+        <v>76</v>
+      </c>
+      <c r="G222" s="1" t="s">
         <v>886</v>
       </c>
-      <c r="B222" t="s">
-[...11 lines deleted...]
-      <c r="F222" t="s">
+      <c r="H222" t="s">
         <v>887</v>
-      </c>
-[...4 lines deleted...]
-        <v>889</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
+        <v>888</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>10</v>
+      </c>
+      <c r="D223" t="s">
+        <v>889</v>
+      </c>
+      <c r="E223" t="s">
         <v>890</v>
-      </c>
-[...10 lines deleted...]
-        <v>854</v>
       </c>
       <c r="F223" t="s">
         <v>891</v>
       </c>
       <c r="G223" s="1" t="s">
         <v>892</v>
       </c>
       <c r="H223" t="s">
         <v>893</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>894</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="D224" t="s">
-        <v>853</v>
+        <v>889</v>
       </c>
       <c r="E224" t="s">
-        <v>854</v>
+        <v>890</v>
       </c>
       <c r="F224" t="s">
         <v>895</v>
       </c>
       <c r="G224" s="1" t="s">
         <v>896</v>
       </c>
       <c r="H224" t="s">
         <v>897</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>898</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="D225" t="s">
-        <v>853</v>
+        <v>889</v>
       </c>
       <c r="E225" t="s">
-        <v>854</v>
+        <v>890</v>
       </c>
       <c r="F225" t="s">
         <v>899</v>
       </c>
       <c r="G225" s="1" t="s">
         <v>900</v>
       </c>
       <c r="H225" t="s">
         <v>901</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>902</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
       <c r="D226" t="s">
-        <v>853</v>
+        <v>889</v>
       </c>
       <c r="E226" t="s">
-        <v>854</v>
+        <v>890</v>
       </c>
       <c r="F226" t="s">
         <v>903</v>
       </c>
       <c r="G226" s="1" t="s">
         <v>904</v>
       </c>
       <c r="H226" t="s">
         <v>905</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>906</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>68</v>
+        <v>31</v>
       </c>
       <c r="D227" t="s">
-        <v>853</v>
+        <v>889</v>
       </c>
       <c r="E227" t="s">
-        <v>854</v>
+        <v>890</v>
       </c>
       <c r="F227" t="s">
         <v>907</v>
       </c>
       <c r="G227" s="1" t="s">
         <v>908</v>
       </c>
       <c r="H227" t="s">
         <v>909</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>910</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>71</v>
+        <v>35</v>
       </c>
       <c r="D228" t="s">
-        <v>853</v>
+        <v>889</v>
       </c>
       <c r="E228" t="s">
-        <v>854</v>
+        <v>890</v>
       </c>
       <c r="F228" t="s">
         <v>911</v>
       </c>
       <c r="G228" s="1" t="s">
         <v>912</v>
       </c>
       <c r="H228" t="s">
         <v>913</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>914</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>124</v>
+        <v>39</v>
       </c>
       <c r="D229" t="s">
-        <v>853</v>
+        <v>889</v>
       </c>
       <c r="E229" t="s">
-        <v>854</v>
+        <v>890</v>
       </c>
       <c r="F229" t="s">
         <v>915</v>
       </c>
       <c r="G229" s="1" t="s">
         <v>916</v>
       </c>
       <c r="H229" t="s">
         <v>917</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>918</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>128</v>
+        <v>43</v>
       </c>
       <c r="D230" t="s">
-        <v>853</v>
+        <v>889</v>
       </c>
       <c r="E230" t="s">
-        <v>854</v>
+        <v>890</v>
       </c>
       <c r="F230" t="s">
         <v>919</v>
       </c>
       <c r="G230" s="1" t="s">
         <v>920</v>
       </c>
       <c r="H230" t="s">
         <v>921</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>922</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>132</v>
+        <v>48</v>
       </c>
       <c r="D231" t="s">
-        <v>853</v>
+        <v>889</v>
       </c>
       <c r="E231" t="s">
-        <v>854</v>
+        <v>890</v>
       </c>
       <c r="F231" t="s">
         <v>923</v>
       </c>
       <c r="G231" s="1" t="s">
         <v>924</v>
       </c>
       <c r="H231" t="s">
         <v>925</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>926</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>136</v>
+        <v>52</v>
       </c>
       <c r="D232" t="s">
-        <v>853</v>
+        <v>889</v>
       </c>
       <c r="E232" t="s">
-        <v>854</v>
+        <v>890</v>
       </c>
       <c r="F232" t="s">
         <v>927</v>
       </c>
       <c r="G232" s="1" t="s">
         <v>928</v>
       </c>
       <c r="H232" t="s">
         <v>929</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>930</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>10</v>
+        <v>56</v>
       </c>
       <c r="D233" t="s">
+        <v>889</v>
+      </c>
+      <c r="E233" t="s">
+        <v>890</v>
+      </c>
+      <c r="F233" t="s">
         <v>931</v>
       </c>
-      <c r="E233" t="s">
+      <c r="G233" s="1" t="s">
         <v>932</v>
       </c>
-      <c r="F233" t="s">
-[...2 lines deleted...]
-      <c r="G233" s="1" t="s">
+      <c r="H233" t="s">
         <v>933</v>
-      </c>
-[...1 lines deleted...]
-        <v>934</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
+        <v>934</v>
+      </c>
+      <c r="B234" t="s">
+        <v>9</v>
+      </c>
+      <c r="C234" t="s">
+        <v>60</v>
+      </c>
+      <c r="D234" t="s">
+        <v>889</v>
+      </c>
+      <c r="E234" t="s">
+        <v>890</v>
+      </c>
+      <c r="F234" t="s">
         <v>935</v>
-      </c>
-[...13 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G234" s="1" t="s">
         <v>936</v>
       </c>
       <c r="H234" t="s">
         <v>937</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>938</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="D235" t="s">
-        <v>931</v>
+        <v>889</v>
       </c>
       <c r="E235" t="s">
-        <v>932</v>
+        <v>890</v>
+      </c>
+      <c r="F235" t="s">
+        <v>939</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="H235" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>10</v>
+        <v>67</v>
       </c>
       <c r="D236" t="s">
-        <v>942</v>
+        <v>889</v>
       </c>
       <c r="E236" t="s">
+        <v>890</v>
+      </c>
+      <c r="F236" t="s">
         <v>943</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="G236" s="1" t="s">
         <v>944</v>
       </c>
       <c r="H236" t="s">
         <v>945</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>946</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="D237" t="s">
-        <v>942</v>
+        <v>889</v>
       </c>
       <c r="E237" t="s">
-        <v>943</v>
+        <v>890</v>
       </c>
       <c r="F237" t="s">
-        <v>49</v>
+        <v>947</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="H237" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>22</v>
+        <v>123</v>
       </c>
       <c r="D238" t="s">
-        <v>942</v>
+        <v>889</v>
       </c>
       <c r="E238" t="s">
-        <v>943</v>
+        <v>890</v>
       </c>
       <c r="F238" t="s">
-        <v>77</v>
+        <v>951</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="H238" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>27</v>
+        <v>127</v>
       </c>
       <c r="D239" t="s">
-        <v>942</v>
+        <v>889</v>
       </c>
       <c r="E239" t="s">
-        <v>943</v>
+        <v>890</v>
       </c>
       <c r="F239" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="H239" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>31</v>
+        <v>131</v>
       </c>
       <c r="D240" t="s">
-        <v>942</v>
+        <v>889</v>
       </c>
       <c r="E240" t="s">
-        <v>943</v>
+        <v>890</v>
       </c>
       <c r="F240" t="s">
-        <v>49</v>
+        <v>959</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>957</v>
+        <v>960</v>
       </c>
       <c r="H240" t="s">
-        <v>958</v>
+        <v>961</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>959</v>
+        <v>962</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>35</v>
+        <v>135</v>
       </c>
       <c r="D241" t="s">
-        <v>942</v>
+        <v>889</v>
       </c>
       <c r="E241" t="s">
-        <v>943</v>
+        <v>890</v>
       </c>
       <c r="F241" t="s">
-        <v>53</v>
+        <v>963</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>960</v>
+        <v>964</v>
       </c>
       <c r="H241" t="s">
-        <v>961</v>
+        <v>965</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>962</v>
+        <v>966</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>39</v>
+        <v>139</v>
       </c>
       <c r="D242" t="s">
-        <v>942</v>
+        <v>889</v>
       </c>
       <c r="E242" t="s">
-        <v>943</v>
+        <v>890</v>
       </c>
       <c r="F242" t="s">
-        <v>44</v>
+        <v>967</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>963</v>
+        <v>968</v>
       </c>
       <c r="H242" t="s">
-        <v>964</v>
+        <v>969</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>965</v>
+        <v>970</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="D243" t="s">
-        <v>942</v>
+        <v>971</v>
       </c>
       <c r="E243" t="s">
-        <v>943</v>
+        <v>972</v>
       </c>
       <c r="F243" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>966</v>
+        <v>973</v>
       </c>
       <c r="H243" t="s">
-        <v>967</v>
+        <v>974</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>968</v>
+        <v>975</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="D244" t="s">
-        <v>942</v>
+        <v>971</v>
       </c>
       <c r="E244" t="s">
-        <v>943</v>
+        <v>972</v>
       </c>
       <c r="F244" t="s">
-        <v>202</v>
+        <v>13</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>73</v>
+        <v>976</v>
       </c>
       <c r="H244" t="s">
-        <v>969</v>
+        <v>977</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="D245" t="s">
-        <v>942</v>
+        <v>971</v>
       </c>
       <c r="E245" t="s">
-        <v>943</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>972</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>971</v>
+        <v>979</v>
       </c>
       <c r="H245" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>973</v>
+        <v>981</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>57</v>
+        <v>10</v>
       </c>
       <c r="D246" t="s">
-        <v>942</v>
+        <v>982</v>
       </c>
       <c r="E246" t="s">
-        <v>943</v>
+        <v>983</v>
       </c>
       <c r="F246" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>974</v>
+        <v>984</v>
       </c>
       <c r="H246" t="s">
-        <v>975</v>
+        <v>985</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>976</v>
+        <v>986</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="D247" t="s">
-        <v>942</v>
+        <v>982</v>
       </c>
       <c r="E247" t="s">
-        <v>943</v>
+        <v>983</v>
       </c>
       <c r="F247" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>977</v>
+        <v>987</v>
       </c>
       <c r="H247" t="s">
-        <v>978</v>
+        <v>988</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>979</v>
+        <v>989</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="D248" t="s">
-        <v>942</v>
+        <v>982</v>
       </c>
       <c r="E248" t="s">
-        <v>943</v>
+        <v>983</v>
       </c>
       <c r="F248" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>980</v>
+        <v>990</v>
       </c>
       <c r="H248" t="s">
-        <v>981</v>
+        <v>991</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
+        <v>992</v>
+      </c>
+      <c r="B249" t="s">
+        <v>9</v>
+      </c>
+      <c r="C249" t="s">
+        <v>27</v>
+      </c>
+      <c r="D249" t="s">
         <v>982</v>
       </c>
-      <c r="B249" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E249" t="s">
-        <v>943</v>
+        <v>983</v>
       </c>
       <c r="F249" t="s">
-        <v>53</v>
+        <v>993</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>73</v>
+        <v>994</v>
       </c>
       <c r="H249" t="s">
-        <v>983</v>
+        <v>995</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>984</v>
+        <v>996</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="D250" t="s">
-        <v>942</v>
+        <v>982</v>
       </c>
       <c r="E250" t="s">
-        <v>943</v>
+        <v>983</v>
       </c>
       <c r="F250" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>73</v>
+        <v>997</v>
       </c>
       <c r="H250" t="s">
-        <v>985</v>
+        <v>998</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>986</v>
+        <v>999</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>124</v>
+        <v>35</v>
       </c>
       <c r="D251" t="s">
-        <v>942</v>
+        <v>982</v>
       </c>
       <c r="E251" t="s">
-        <v>943</v>
+        <v>983</v>
       </c>
       <c r="F251" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>987</v>
+        <v>1000</v>
       </c>
       <c r="H251" t="s">
-        <v>988</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>989</v>
+        <v>1002</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>128</v>
+        <v>39</v>
       </c>
       <c r="D252" t="s">
-        <v>942</v>
+        <v>982</v>
       </c>
       <c r="E252" t="s">
-        <v>943</v>
+        <v>983</v>
       </c>
       <c r="F252" t="s">
-        <v>77</v>
+        <v>44</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>73</v>
+        <v>1003</v>
       </c>
       <c r="H252" t="s">
-        <v>990</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>991</v>
+        <v>1005</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="D253" t="s">
-        <v>992</v>
+        <v>982</v>
       </c>
       <c r="E253" t="s">
-        <v>993</v>
+        <v>983</v>
       </c>
       <c r="F253" t="s">
-        <v>994</v>
+        <v>44</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>995</v>
+        <v>1006</v>
       </c>
       <c r="H253" t="s">
-        <v>996</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>997</v>
+        <v>1008</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="D254" t="s">
-        <v>992</v>
+        <v>982</v>
       </c>
       <c r="E254" t="s">
-        <v>993</v>
+        <v>983</v>
       </c>
       <c r="F254" t="s">
-        <v>994</v>
+        <v>202</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>998</v>
+        <v>165</v>
       </c>
       <c r="H254" t="s">
-        <v>999</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>1000</v>
+        <v>1010</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="D255" t="s">
-        <v>992</v>
+        <v>982</v>
       </c>
       <c r="E255" t="s">
-        <v>993</v>
+        <v>983</v>
       </c>
       <c r="F255" t="s">
-        <v>994</v>
+        <v>23</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>1001</v>
+        <v>1011</v>
       </c>
       <c r="H255" t="s">
-        <v>1002</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>1003</v>
+        <v>1013</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="D256" t="s">
-        <v>992</v>
+        <v>982</v>
       </c>
       <c r="E256" t="s">
-        <v>993</v>
+        <v>983</v>
       </c>
       <c r="F256" t="s">
-        <v>994</v>
+        <v>61</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>1004</v>
+        <v>1014</v>
       </c>
       <c r="H256" t="s">
-        <v>1005</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>1006</v>
+        <v>1016</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>31</v>
+        <v>60</v>
       </c>
       <c r="D257" t="s">
-        <v>992</v>
+        <v>982</v>
       </c>
       <c r="E257" t="s">
-        <v>993</v>
+        <v>983</v>
       </c>
       <c r="F257" t="s">
-        <v>994</v>
+        <v>57</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>1007</v>
+        <v>1017</v>
       </c>
       <c r="H257" t="s">
-        <v>1008</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>1009</v>
+        <v>1019</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>35</v>
+        <v>64</v>
       </c>
       <c r="D258" t="s">
-        <v>992</v>
+        <v>982</v>
       </c>
       <c r="E258" t="s">
-        <v>993</v>
+        <v>983</v>
       </c>
       <c r="F258" t="s">
-        <v>994</v>
+        <v>71</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>1010</v>
+        <v>1020</v>
       </c>
       <c r="H258" t="s">
-        <v>1011</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>1012</v>
+        <v>1022</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>39</v>
+        <v>67</v>
       </c>
       <c r="D259" t="s">
-        <v>992</v>
+        <v>982</v>
       </c>
       <c r="E259" t="s">
-        <v>993</v>
+        <v>983</v>
       </c>
       <c r="F259" t="s">
-        <v>994</v>
+        <v>53</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>1013</v>
+        <v>165</v>
       </c>
       <c r="H259" t="s">
-        <v>1014</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>1015</v>
+        <v>1024</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>43</v>
+        <v>70</v>
       </c>
       <c r="D260" t="s">
-        <v>992</v>
+        <v>982</v>
       </c>
       <c r="E260" t="s">
-        <v>993</v>
+        <v>983</v>
       </c>
       <c r="F260" t="s">
-        <v>994</v>
+        <v>61</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>1016</v>
+        <v>165</v>
       </c>
       <c r="H260" t="s">
-        <v>1017</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>1018</v>
+        <v>1026</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>48</v>
+        <v>123</v>
       </c>
       <c r="D261" t="s">
-        <v>992</v>
+        <v>982</v>
       </c>
       <c r="E261" t="s">
-        <v>993</v>
+        <v>983</v>
       </c>
       <c r="F261" t="s">
-        <v>994</v>
+        <v>23</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>1019</v>
+        <v>1027</v>
       </c>
       <c r="H261" t="s">
-        <v>1020</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>1021</v>
+        <v>1029</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>52</v>
+        <v>127</v>
       </c>
       <c r="D262" t="s">
-        <v>992</v>
+        <v>982</v>
       </c>
       <c r="E262" t="s">
-        <v>993</v>
+        <v>983</v>
       </c>
       <c r="F262" t="s">
-        <v>994</v>
+        <v>76</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>1022</v>
+        <v>165</v>
       </c>
       <c r="H262" t="s">
-        <v>1023</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>1024</v>
+        <v>1031</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>57</v>
+        <v>10</v>
       </c>
       <c r="D263" t="s">
-        <v>992</v>
+        <v>1032</v>
       </c>
       <c r="E263" t="s">
-        <v>993</v>
+        <v>1033</v>
       </c>
       <c r="F263" t="s">
-        <v>994</v>
+        <v>1034</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>1025</v>
+        <v>1035</v>
       </c>
       <c r="H263" t="s">
-        <v>1026</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>1027</v>
+        <v>1037</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="D264" t="s">
-        <v>992</v>
+        <v>1032</v>
       </c>
       <c r="E264" t="s">
-        <v>993</v>
+        <v>1033</v>
       </c>
       <c r="F264" t="s">
-        <v>994</v>
+        <v>1034</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>1028</v>
+        <v>1038</v>
       </c>
       <c r="H264" t="s">
-        <v>1029</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="D265" t="s">
-        <v>992</v>
+        <v>1032</v>
       </c>
       <c r="E265" t="s">
-        <v>993</v>
+        <v>1033</v>
       </c>
       <c r="F265" t="s">
-        <v>994</v>
+        <v>1034</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>1031</v>
+        <v>1041</v>
       </c>
       <c r="H265" t="s">
-        <v>1032</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B266" t="s">
+        <v>9</v>
+      </c>
+      <c r="C266" t="s">
+        <v>27</v>
+      </c>
+      <c r="D266" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E266" t="s">
         <v>1033</v>
       </c>
-      <c r="B266" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F266" t="s">
-        <v>994</v>
+        <v>1034</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>1034</v>
+        <v>1044</v>
       </c>
       <c r="H266" t="s">
-        <v>1032</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>1035</v>
+        <v>1046</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="D267" t="s">
-        <v>992</v>
+        <v>1032</v>
       </c>
       <c r="E267" t="s">
-        <v>993</v>
+        <v>1033</v>
       </c>
       <c r="F267" t="s">
-        <v>994</v>
+        <v>1034</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>1036</v>
+        <v>1047</v>
       </c>
       <c r="H267" t="s">
-        <v>1032</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>1037</v>
+        <v>1049</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>124</v>
+        <v>35</v>
       </c>
       <c r="D268" t="s">
-        <v>992</v>
+        <v>1032</v>
       </c>
       <c r="E268" t="s">
-        <v>993</v>
+        <v>1033</v>
       </c>
       <c r="F268" t="s">
-        <v>994</v>
+        <v>1034</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>1038</v>
+        <v>1050</v>
       </c>
       <c r="H268" t="s">
-        <v>1039</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>1040</v>
+        <v>1052</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>128</v>
+        <v>39</v>
       </c>
       <c r="D269" t="s">
-        <v>992</v>
+        <v>1032</v>
       </c>
       <c r="E269" t="s">
-        <v>993</v>
+        <v>1033</v>
       </c>
       <c r="F269" t="s">
-        <v>994</v>
+        <v>1034</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>1041</v>
+        <v>1053</v>
       </c>
       <c r="H269" t="s">
-        <v>1032</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>1042</v>
+        <v>1055</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>132</v>
+        <v>43</v>
       </c>
       <c r="D270" t="s">
-        <v>992</v>
+        <v>1032</v>
       </c>
       <c r="E270" t="s">
-        <v>993</v>
+        <v>1033</v>
       </c>
       <c r="F270" t="s">
-        <v>994</v>
+        <v>1034</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>1043</v>
+        <v>1056</v>
       </c>
       <c r="H270" t="s">
-        <v>1044</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>1045</v>
+        <v>1058</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>136</v>
+        <v>48</v>
       </c>
       <c r="D271" t="s">
-        <v>992</v>
+        <v>1032</v>
       </c>
       <c r="E271" t="s">
-        <v>993</v>
+        <v>1033</v>
       </c>
       <c r="F271" t="s">
-        <v>994</v>
+        <v>1034</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>1046</v>
+        <v>1059</v>
       </c>
       <c r="H271" t="s">
-        <v>996</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>1047</v>
+        <v>1061</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>140</v>
+        <v>52</v>
       </c>
       <c r="D272" t="s">
-        <v>992</v>
+        <v>1032</v>
       </c>
       <c r="E272" t="s">
-        <v>993</v>
+        <v>1033</v>
       </c>
       <c r="F272" t="s">
-        <v>994</v>
+        <v>1034</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>1048</v>
+        <v>1062</v>
       </c>
       <c r="H272" t="s">
-        <v>1049</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>1050</v>
+        <v>1064</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>144</v>
+        <v>56</v>
       </c>
       <c r="D273" t="s">
-        <v>992</v>
+        <v>1032</v>
       </c>
       <c r="E273" t="s">
-        <v>993</v>
+        <v>1033</v>
       </c>
       <c r="F273" t="s">
-        <v>994</v>
+        <v>1034</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>1051</v>
+        <v>1065</v>
       </c>
       <c r="H273" t="s">
-        <v>1052</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>1053</v>
+        <v>1067</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>149</v>
+        <v>60</v>
       </c>
       <c r="D274" t="s">
-        <v>992</v>
+        <v>1032</v>
       </c>
       <c r="E274" t="s">
-        <v>993</v>
+        <v>1033</v>
       </c>
       <c r="F274" t="s">
-        <v>994</v>
+        <v>1034</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>1054</v>
+        <v>1068</v>
       </c>
       <c r="H274" t="s">
-        <v>1055</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>1056</v>
+        <v>1070</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>153</v>
+        <v>64</v>
       </c>
       <c r="D275" t="s">
-        <v>992</v>
+        <v>1032</v>
       </c>
       <c r="E275" t="s">
-        <v>993</v>
+        <v>1033</v>
       </c>
       <c r="F275" t="s">
-        <v>994</v>
+        <v>1034</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>1057</v>
+        <v>1071</v>
       </c>
       <c r="H275" t="s">
-        <v>1058</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>1059</v>
+        <v>1073</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>157</v>
+        <v>67</v>
       </c>
       <c r="D276" t="s">
-        <v>992</v>
+        <v>1032</v>
       </c>
       <c r="E276" t="s">
-        <v>993</v>
+        <v>1033</v>
       </c>
       <c r="F276" t="s">
-        <v>994</v>
+        <v>1034</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>1060</v>
+        <v>1074</v>
       </c>
       <c r="H276" t="s">
-        <v>1061</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>1062</v>
+        <v>1075</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>161</v>
+        <v>70</v>
       </c>
       <c r="D277" t="s">
-        <v>992</v>
+        <v>1032</v>
       </c>
       <c r="E277" t="s">
-        <v>993</v>
+        <v>1033</v>
       </c>
       <c r="F277" t="s">
-        <v>994</v>
+        <v>1034</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>1063</v>
+        <v>1076</v>
       </c>
       <c r="H277" t="s">
-        <v>1064</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1065</v>
+        <v>1077</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>165</v>
+        <v>123</v>
       </c>
       <c r="D278" t="s">
-        <v>992</v>
+        <v>1032</v>
       </c>
       <c r="E278" t="s">
-        <v>993</v>
+        <v>1033</v>
       </c>
       <c r="F278" t="s">
-        <v>994</v>
+        <v>1034</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1066</v>
+        <v>1078</v>
       </c>
       <c r="H278" t="s">
-        <v>1032</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1067</v>
+        <v>1080</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>168</v>
+        <v>127</v>
       </c>
       <c r="D279" t="s">
-        <v>992</v>
+        <v>1032</v>
       </c>
       <c r="E279" t="s">
-        <v>993</v>
+        <v>1033</v>
       </c>
       <c r="F279" t="s">
-        <v>994</v>
+        <v>1034</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>1068</v>
+        <v>1081</v>
       </c>
       <c r="H279" t="s">
-        <v>1069</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1070</v>
+        <v>1082</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>172</v>
+        <v>131</v>
       </c>
       <c r="D280" t="s">
-        <v>992</v>
+        <v>1032</v>
       </c>
       <c r="E280" t="s">
-        <v>993</v>
+        <v>1033</v>
       </c>
       <c r="F280" t="s">
-        <v>994</v>
+        <v>1034</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>1071</v>
+        <v>1083</v>
       </c>
       <c r="H280" t="s">
-        <v>1072</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1073</v>
+        <v>1085</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>176</v>
+        <v>135</v>
       </c>
       <c r="D281" t="s">
-        <v>992</v>
+        <v>1032</v>
       </c>
       <c r="E281" t="s">
-        <v>993</v>
+        <v>1033</v>
       </c>
       <c r="F281" t="s">
-        <v>994</v>
+        <v>1034</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1074</v>
+        <v>1086</v>
       </c>
       <c r="H281" t="s">
-        <v>1075</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1076</v>
+        <v>1087</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>180</v>
+        <v>139</v>
       </c>
       <c r="D282" t="s">
-        <v>992</v>
+        <v>1032</v>
       </c>
       <c r="E282" t="s">
-        <v>993</v>
+        <v>1033</v>
       </c>
       <c r="F282" t="s">
-        <v>994</v>
+        <v>1034</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1077</v>
+        <v>1088</v>
       </c>
       <c r="H282" t="s">
-        <v>1078</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1079</v>
+        <v>1090</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>185</v>
+        <v>143</v>
       </c>
       <c r="D283" t="s">
-        <v>992</v>
+        <v>1032</v>
       </c>
       <c r="E283" t="s">
-        <v>993</v>
+        <v>1033</v>
       </c>
       <c r="F283" t="s">
-        <v>994</v>
+        <v>1034</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1080</v>
+        <v>1091</v>
       </c>
       <c r="H283" t="s">
-        <v>996</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1081</v>
+        <v>1093</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>189</v>
+        <v>148</v>
       </c>
       <c r="D284" t="s">
-        <v>992</v>
+        <v>1032</v>
       </c>
       <c r="E284" t="s">
-        <v>993</v>
+        <v>1033</v>
       </c>
       <c r="F284" t="s">
-        <v>994</v>
+        <v>1034</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1082</v>
+        <v>1094</v>
       </c>
       <c r="H284" t="s">
-        <v>1083</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1084</v>
+        <v>1096</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>10</v>
+        <v>152</v>
       </c>
       <c r="D285" t="s">
-        <v>1085</v>
+        <v>1032</v>
       </c>
       <c r="E285" t="s">
-        <v>1086</v>
+        <v>1033</v>
       </c>
       <c r="F285" t="s">
-        <v>23</v>
+        <v>1034</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1087</v>
+        <v>1097</v>
       </c>
       <c r="H285" t="s">
-        <v>1088</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1089</v>
+        <v>1099</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>17</v>
+        <v>156</v>
       </c>
       <c r="D286" t="s">
-        <v>1085</v>
+        <v>1032</v>
       </c>
       <c r="E286" t="s">
-        <v>1086</v>
+        <v>1033</v>
       </c>
       <c r="F286" t="s">
-        <v>953</v>
+        <v>1034</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1090</v>
+        <v>1100</v>
       </c>
       <c r="H286" t="s">
-        <v>1091</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1092</v>
+        <v>1102</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>22</v>
+        <v>160</v>
       </c>
       <c r="D287" t="s">
-        <v>1085</v>
+        <v>1032</v>
       </c>
       <c r="E287" t="s">
-        <v>1086</v>
+        <v>1033</v>
       </c>
       <c r="F287" t="s">
-        <v>953</v>
+        <v>1034</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1093</v>
+        <v>1103</v>
       </c>
       <c r="H287" t="s">
-        <v>1094</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1095</v>
+        <v>1105</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>27</v>
+        <v>164</v>
       </c>
       <c r="D288" t="s">
-        <v>1085</v>
+        <v>1032</v>
       </c>
       <c r="E288" t="s">
-        <v>1086</v>
+        <v>1033</v>
       </c>
       <c r="F288" t="s">
-        <v>49</v>
+        <v>1034</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1096</v>
+        <v>1106</v>
       </c>
       <c r="H288" t="s">
-        <v>1097</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1098</v>
+        <v>1107</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>31</v>
+        <v>168</v>
       </c>
       <c r="D289" t="s">
-        <v>1085</v>
+        <v>1032</v>
       </c>
       <c r="E289" t="s">
-        <v>1086</v>
+        <v>1033</v>
       </c>
       <c r="F289" t="s">
-        <v>72</v>
+        <v>1034</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1099</v>
+        <v>1108</v>
       </c>
       <c r="H289" t="s">
-        <v>1100</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1101</v>
+        <v>1110</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>35</v>
+        <v>172</v>
       </c>
       <c r="D290" t="s">
-        <v>1085</v>
+        <v>1032</v>
       </c>
       <c r="E290" t="s">
-        <v>1086</v>
+        <v>1033</v>
       </c>
       <c r="F290" t="s">
-        <v>72</v>
+        <v>1034</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1102</v>
+        <v>1111</v>
       </c>
       <c r="H290" t="s">
-        <v>1103</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1104</v>
+        <v>1113</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>39</v>
+        <v>176</v>
       </c>
       <c r="D291" t="s">
-        <v>1085</v>
+        <v>1032</v>
       </c>
       <c r="E291" t="s">
-        <v>1086</v>
+        <v>1033</v>
       </c>
       <c r="F291" t="s">
-        <v>53</v>
+        <v>1034</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1105</v>
+        <v>1114</v>
       </c>
       <c r="H291" t="s">
-        <v>1106</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1107</v>
+        <v>1116</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>43</v>
+        <v>180</v>
       </c>
       <c r="D292" t="s">
-        <v>1085</v>
+        <v>1032</v>
       </c>
       <c r="E292" t="s">
-        <v>1086</v>
+        <v>1033</v>
       </c>
       <c r="F292" t="s">
-        <v>23</v>
+        <v>1034</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1108</v>
+        <v>1117</v>
       </c>
       <c r="H292" t="s">
-        <v>1109</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1110</v>
+        <v>1119</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>48</v>
+        <v>185</v>
       </c>
       <c r="D293" t="s">
-        <v>1085</v>
+        <v>1032</v>
       </c>
       <c r="E293" t="s">
-        <v>1086</v>
+        <v>1033</v>
       </c>
       <c r="F293" t="s">
-        <v>181</v>
+        <v>1034</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1111</v>
+        <v>1120</v>
       </c>
       <c r="H293" t="s">
-        <v>1112</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1113</v>
+        <v>1121</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>52</v>
+        <v>189</v>
       </c>
       <c r="D294" t="s">
-        <v>1085</v>
+        <v>1032</v>
       </c>
       <c r="E294" t="s">
-        <v>1086</v>
+        <v>1033</v>
       </c>
       <c r="F294" t="s">
-        <v>62</v>
+        <v>1034</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1114</v>
+        <v>1122</v>
       </c>
       <c r="H294" t="s">
-        <v>1115</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1116</v>
+        <v>1124</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>57</v>
+        <v>193</v>
       </c>
       <c r="D295" t="s">
-        <v>1085</v>
+        <v>1032</v>
       </c>
       <c r="E295" t="s">
-        <v>1086</v>
+        <v>1033</v>
       </c>
       <c r="F295" t="s">
-        <v>49</v>
+        <v>1034</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1117</v>
+        <v>1125</v>
       </c>
       <c r="H295" t="s">
-        <v>1118</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1119</v>
+        <v>1127</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>61</v>
+        <v>197</v>
       </c>
       <c r="D296" t="s">
-        <v>1085</v>
+        <v>1032</v>
       </c>
       <c r="E296" t="s">
-        <v>1086</v>
+        <v>1033</v>
       </c>
       <c r="F296" t="s">
-        <v>18</v>
+        <v>1034</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1120</v>
+        <v>1128</v>
       </c>
       <c r="H296" t="s">
-        <v>1121</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1122</v>
+        <v>1130</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>65</v>
+        <v>10</v>
       </c>
       <c r="D297" t="s">
-        <v>1085</v>
+        <v>1131</v>
       </c>
       <c r="E297" t="s">
-        <v>1086</v>
+        <v>1132</v>
       </c>
       <c r="F297" t="s">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1123</v>
+        <v>1133</v>
       </c>
       <c r="H297" t="s">
-        <v>1124</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1125</v>
+        <v>1135</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>68</v>
+        <v>17</v>
       </c>
       <c r="D298" t="s">
-        <v>1085</v>
+        <v>1131</v>
       </c>
       <c r="E298" t="s">
-        <v>1086</v>
+        <v>1132</v>
       </c>
       <c r="F298" t="s">
-        <v>77</v>
+        <v>993</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1126</v>
+        <v>1136</v>
       </c>
       <c r="H298" t="s">
-        <v>1127</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1128</v>
+        <v>1138</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="D299" t="s">
-        <v>1085</v>
+        <v>1131</v>
       </c>
       <c r="E299" t="s">
-        <v>1086</v>
+        <v>1132</v>
       </c>
       <c r="F299" t="s">
-        <v>62</v>
+        <v>993</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1129</v>
+        <v>1139</v>
       </c>
       <c r="H299" t="s">
-        <v>1130</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B300" t="s">
+        <v>9</v>
+      </c>
+      <c r="C300" t="s">
+        <v>27</v>
+      </c>
+      <c r="D300" t="s">
         <v>1131</v>
       </c>
-      <c r="B300" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E300" t="s">
-        <v>1086</v>
+        <v>1132</v>
       </c>
       <c r="F300" t="s">
-        <v>181</v>
+        <v>49</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1132</v>
+        <v>1142</v>
       </c>
       <c r="H300" t="s">
-        <v>1133</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1134</v>
+        <v>1144</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>128</v>
+        <v>31</v>
       </c>
       <c r="D301" t="s">
-        <v>1085</v>
+        <v>1131</v>
       </c>
       <c r="E301" t="s">
-        <v>1086</v>
+        <v>1132</v>
       </c>
       <c r="F301" t="s">
-        <v>23</v>
+        <v>71</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1135</v>
+        <v>1145</v>
       </c>
       <c r="H301" t="s">
-        <v>1136</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1137</v>
+        <v>1147</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>132</v>
+        <v>35</v>
       </c>
       <c r="D302" t="s">
-        <v>1085</v>
+        <v>1131</v>
       </c>
       <c r="E302" t="s">
-        <v>1086</v>
+        <v>1132</v>
       </c>
       <c r="F302" t="s">
-        <v>23</v>
+        <v>71</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1138</v>
+        <v>1148</v>
       </c>
       <c r="H302" t="s">
-        <v>1139</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1140</v>
+        <v>1150</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>136</v>
+        <v>39</v>
       </c>
       <c r="D303" t="s">
-        <v>1085</v>
+        <v>1131</v>
       </c>
       <c r="E303" t="s">
-        <v>1086</v>
+        <v>1132</v>
       </c>
       <c r="F303" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1141</v>
+        <v>1151</v>
       </c>
       <c r="H303" t="s">
-        <v>1142</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1143</v>
+        <v>1153</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>140</v>
+        <v>43</v>
       </c>
       <c r="D304" t="s">
-        <v>1085</v>
+        <v>1131</v>
       </c>
       <c r="E304" t="s">
-        <v>1086</v>
+        <v>1132</v>
       </c>
       <c r="F304" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1144</v>
+        <v>1154</v>
       </c>
       <c r="H304" t="s">
-        <v>1145</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1146</v>
+        <v>1156</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>144</v>
+        <v>48</v>
       </c>
       <c r="D305" t="s">
-        <v>1085</v>
+        <v>1131</v>
       </c>
       <c r="E305" t="s">
-        <v>1086</v>
+        <v>1132</v>
       </c>
       <c r="F305" t="s">
         <v>181</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1147</v>
+        <v>1157</v>
       </c>
       <c r="H305" t="s">
-        <v>1148</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1149</v>
+        <v>1159</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>149</v>
+        <v>52</v>
       </c>
       <c r="D306" t="s">
-        <v>1085</v>
+        <v>1131</v>
       </c>
       <c r="E306" t="s">
-        <v>1086</v>
+        <v>1132</v>
       </c>
       <c r="F306" t="s">
-        <v>1150</v>
+        <v>61</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1151</v>
+        <v>1160</v>
       </c>
       <c r="H306" t="s">
-        <v>1152</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1153</v>
+        <v>1162</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>153</v>
+        <v>56</v>
       </c>
       <c r="D307" t="s">
-        <v>1085</v>
+        <v>1131</v>
       </c>
       <c r="E307" t="s">
-        <v>1086</v>
+        <v>1132</v>
       </c>
       <c r="F307" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1154</v>
+        <v>1163</v>
       </c>
       <c r="H307" t="s">
-        <v>1155</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1156</v>
+        <v>1165</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>157</v>
+        <v>60</v>
       </c>
       <c r="D308" t="s">
-        <v>1085</v>
+        <v>1131</v>
       </c>
       <c r="E308" t="s">
-        <v>1086</v>
+        <v>1132</v>
       </c>
       <c r="F308" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1157</v>
+        <v>1166</v>
       </c>
       <c r="H308" t="s">
-        <v>1158</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1159</v>
+        <v>1168</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>161</v>
+        <v>64</v>
       </c>
       <c r="D309" t="s">
-        <v>1085</v>
+        <v>1131</v>
       </c>
       <c r="E309" t="s">
-        <v>1086</v>
+        <v>1132</v>
       </c>
       <c r="F309" t="s">
-        <v>181</v>
+        <v>76</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1160</v>
+        <v>1169</v>
       </c>
       <c r="H309" t="s">
-        <v>1161</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1162</v>
+        <v>1171</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>165</v>
+        <v>67</v>
       </c>
       <c r="D310" t="s">
-        <v>1085</v>
+        <v>1131</v>
       </c>
       <c r="E310" t="s">
-        <v>1086</v>
+        <v>1132</v>
       </c>
       <c r="F310" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1163</v>
+        <v>1172</v>
       </c>
       <c r="H310" t="s">
-        <v>1164</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1165</v>
+        <v>1174</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>168</v>
+        <v>70</v>
       </c>
       <c r="D311" t="s">
-        <v>1085</v>
+        <v>1131</v>
       </c>
       <c r="E311" t="s">
-        <v>1086</v>
+        <v>1132</v>
       </c>
       <c r="F311" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1166</v>
+        <v>1175</v>
       </c>
       <c r="H311" t="s">
-        <v>1167</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1168</v>
+        <v>1177</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>172</v>
+        <v>123</v>
       </c>
       <c r="D312" t="s">
-        <v>1085</v>
+        <v>1131</v>
       </c>
       <c r="E312" t="s">
-        <v>1086</v>
+        <v>1132</v>
       </c>
       <c r="F312" t="s">
-        <v>49</v>
+        <v>181</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1169</v>
+        <v>1178</v>
       </c>
       <c r="H312" t="s">
-        <v>1170</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1171</v>
+        <v>1180</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>176</v>
+        <v>127</v>
       </c>
       <c r="D313" t="s">
-        <v>1085</v>
+        <v>1131</v>
       </c>
       <c r="E313" t="s">
-        <v>1086</v>
+        <v>1132</v>
       </c>
       <c r="F313" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1172</v>
+        <v>1181</v>
       </c>
       <c r="H313" t="s">
-        <v>1173</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1174</v>
+        <v>1183</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>180</v>
+        <v>131</v>
       </c>
       <c r="D314" t="s">
-        <v>1085</v>
+        <v>1131</v>
       </c>
       <c r="E314" t="s">
-        <v>1086</v>
+        <v>1132</v>
       </c>
       <c r="F314" t="s">
-        <v>1175</v>
+        <v>23</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1176</v>
+        <v>1184</v>
       </c>
       <c r="H314" t="s">
-        <v>1177</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1178</v>
+        <v>1186</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>185</v>
+        <v>135</v>
       </c>
       <c r="D315" t="s">
-        <v>1085</v>
+        <v>1131</v>
       </c>
       <c r="E315" t="s">
-        <v>1086</v>
+        <v>1132</v>
       </c>
       <c r="F315" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1179</v>
+        <v>1187</v>
       </c>
       <c r="H315" t="s">
-        <v>1180</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1181</v>
+        <v>1189</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>10</v>
+        <v>139</v>
       </c>
       <c r="D316" t="s">
-        <v>1182</v>
+        <v>1131</v>
       </c>
       <c r="E316" t="s">
-        <v>1183</v>
+        <v>1132</v>
       </c>
       <c r="F316" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1184</v>
+        <v>1190</v>
       </c>
       <c r="H316" t="s">
-        <v>1185</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1186</v>
+        <v>1192</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>17</v>
+        <v>143</v>
       </c>
       <c r="D317" t="s">
-        <v>1182</v>
+        <v>1131</v>
       </c>
       <c r="E317" t="s">
-        <v>1183</v>
+        <v>1132</v>
       </c>
       <c r="F317" t="s">
-        <v>953</v>
+        <v>181</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1187</v>
+        <v>1193</v>
       </c>
       <c r="H317" t="s">
-        <v>1188</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1189</v>
+        <v>1195</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>22</v>
+        <v>148</v>
       </c>
       <c r="D318" t="s">
-        <v>1182</v>
+        <v>1131</v>
       </c>
       <c r="E318" t="s">
-        <v>1183</v>
+        <v>1132</v>
       </c>
       <c r="F318" t="s">
-        <v>953</v>
+        <v>1196</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1190</v>
+        <v>1197</v>
       </c>
       <c r="H318" t="s">
-        <v>1191</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1192</v>
+        <v>1199</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>27</v>
+        <v>152</v>
       </c>
       <c r="D319" t="s">
-        <v>1182</v>
+        <v>1131</v>
       </c>
       <c r="E319" t="s">
-        <v>1183</v>
+        <v>1132</v>
       </c>
       <c r="F319" t="s">
-        <v>181</v>
+        <v>44</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1193</v>
+        <v>1200</v>
       </c>
       <c r="H319" t="s">
-        <v>1194</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1195</v>
+        <v>1202</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>31</v>
+        <v>156</v>
       </c>
       <c r="D320" t="s">
-        <v>1182</v>
+        <v>1131</v>
       </c>
       <c r="E320" t="s">
-        <v>1183</v>
+        <v>1132</v>
       </c>
       <c r="F320" t="s">
-        <v>181</v>
+        <v>49</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="H320" t="s">
-        <v>1197</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1198</v>
+        <v>1205</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>10</v>
+        <v>160</v>
       </c>
       <c r="D321" t="s">
-        <v>1199</v>
+        <v>1131</v>
       </c>
       <c r="E321" t="s">
-        <v>1200</v>
+        <v>1132</v>
       </c>
       <c r="F321" t="s">
-        <v>72</v>
+        <v>181</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1201</v>
+        <v>1206</v>
       </c>
       <c r="H321" t="s">
-        <v>1202</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1203</v>
+        <v>1208</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>17</v>
+        <v>164</v>
       </c>
       <c r="D322" t="s">
-        <v>1199</v>
+        <v>1131</v>
       </c>
       <c r="E322" t="s">
-        <v>1200</v>
+        <v>1132</v>
       </c>
       <c r="F322" t="s">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1204</v>
+        <v>1209</v>
       </c>
       <c r="H322" t="s">
-        <v>1205</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1206</v>
+        <v>1211</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>22</v>
+        <v>168</v>
       </c>
       <c r="D323" t="s">
-        <v>1199</v>
+        <v>1131</v>
       </c>
       <c r="E323" t="s">
-        <v>1200</v>
+        <v>1132</v>
       </c>
       <c r="F323" t="s">
         <v>49</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1207</v>
+        <v>1212</v>
       </c>
       <c r="H323" t="s">
-        <v>1208</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1209</v>
+        <v>1214</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>27</v>
+        <v>172</v>
       </c>
       <c r="D324" t="s">
-        <v>1199</v>
+        <v>1131</v>
       </c>
       <c r="E324" t="s">
-        <v>1200</v>
+        <v>1132</v>
       </c>
       <c r="F324" t="s">
-        <v>77</v>
+        <v>49</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1210</v>
+        <v>1215</v>
       </c>
       <c r="H324" t="s">
-        <v>1211</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1212</v>
+        <v>1217</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>31</v>
+        <v>176</v>
       </c>
       <c r="D325" t="s">
-        <v>1199</v>
+        <v>1131</v>
       </c>
       <c r="E325" t="s">
-        <v>1200</v>
+        <v>1132</v>
       </c>
       <c r="F325" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1213</v>
+        <v>1218</v>
       </c>
       <c r="H325" t="s">
-        <v>1214</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1215</v>
+        <v>1220</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>35</v>
+        <v>180</v>
       </c>
       <c r="D326" t="s">
-        <v>1199</v>
+        <v>1131</v>
       </c>
       <c r="E326" t="s">
-        <v>1200</v>
+        <v>1132</v>
       </c>
       <c r="F326" t="s">
-        <v>72</v>
+        <v>1221</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1216</v>
+        <v>1222</v>
       </c>
       <c r="H326" t="s">
-        <v>1217</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1218</v>
+        <v>1224</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>39</v>
+        <v>185</v>
       </c>
       <c r="D327" t="s">
-        <v>1199</v>
+        <v>1131</v>
       </c>
       <c r="E327" t="s">
-        <v>1200</v>
+        <v>1132</v>
       </c>
       <c r="F327" t="s">
-        <v>77</v>
+        <v>44</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1219</v>
+        <v>1225</v>
       </c>
       <c r="H327" t="s">
-        <v>1220</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1221</v>
+        <v>1227</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>43</v>
+        <v>189</v>
       </c>
       <c r="D328" t="s">
-        <v>1199</v>
+        <v>1131</v>
       </c>
       <c r="E328" t="s">
-        <v>1200</v>
+        <v>1132</v>
       </c>
       <c r="F328" t="s">
-        <v>72</v>
+        <v>49</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1222</v>
+        <v>1228</v>
       </c>
       <c r="H328" t="s">
-        <v>1223</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1224</v>
+        <v>1230</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>48</v>
+        <v>193</v>
       </c>
       <c r="D329" t="s">
-        <v>1199</v>
+        <v>1131</v>
       </c>
       <c r="E329" t="s">
-        <v>1200</v>
+        <v>1132</v>
       </c>
       <c r="F329" t="s">
-        <v>77</v>
+        <v>993</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1225</v>
+        <v>1231</v>
       </c>
       <c r="H329" t="s">
-        <v>1226</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1227</v>
+        <v>1233</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>52</v>
+        <v>197</v>
       </c>
       <c r="D330" t="s">
-        <v>1199</v>
+        <v>1131</v>
       </c>
       <c r="E330" t="s">
-        <v>1200</v>
+        <v>1132</v>
       </c>
       <c r="F330" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1228</v>
+        <v>1234</v>
       </c>
       <c r="H330" t="s">
-        <v>1229</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1230</v>
+        <v>1236</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>57</v>
+        <v>10</v>
       </c>
       <c r="D331" t="s">
-        <v>1199</v>
+        <v>1237</v>
       </c>
       <c r="E331" t="s">
-        <v>1200</v>
+        <v>1238</v>
       </c>
       <c r="F331" t="s">
-        <v>77</v>
+        <v>61</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1231</v>
+        <v>1239</v>
       </c>
       <c r="H331" t="s">
-        <v>1232</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1233</v>
+        <v>1241</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="D332" t="s">
-        <v>1199</v>
+        <v>1237</v>
       </c>
       <c r="E332" t="s">
-        <v>1200</v>
+        <v>1238</v>
       </c>
       <c r="F332" t="s">
-        <v>53</v>
+        <v>993</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1234</v>
+        <v>1242</v>
       </c>
       <c r="H332" t="s">
-        <v>1235</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1236</v>
+        <v>1244</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="D333" t="s">
-        <v>1199</v>
+        <v>1237</v>
       </c>
       <c r="E333" t="s">
-        <v>1200</v>
+        <v>1238</v>
       </c>
       <c r="F333" t="s">
-        <v>72</v>
+        <v>993</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1237</v>
+        <v>1245</v>
       </c>
       <c r="H333" t="s">
-        <v>1238</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1239</v>
+        <v>1247</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>68</v>
+        <v>27</v>
       </c>
       <c r="D334" t="s">
-        <v>1199</v>
+        <v>1237</v>
       </c>
       <c r="E334" t="s">
-        <v>1200</v>
+        <v>1238</v>
       </c>
       <c r="F334" t="s">
-        <v>77</v>
+        <v>181</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1240</v>
+        <v>1248</v>
       </c>
       <c r="H334" t="s">
-        <v>1241</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1242</v>
+        <v>1250</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="D335" t="s">
-        <v>1199</v>
+        <v>1237</v>
       </c>
       <c r="E335" t="s">
-        <v>1200</v>
+        <v>1238</v>
       </c>
       <c r="F335" t="s">
-        <v>49</v>
+        <v>181</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1243</v>
+        <v>1251</v>
       </c>
       <c r="H335" t="s">
-        <v>1244</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1245</v>
+        <v>1253</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>124</v>
+        <v>10</v>
       </c>
       <c r="D336" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E336" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F336" t="s">
-        <v>49</v>
+        <v>71</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1246</v>
+        <v>1256</v>
       </c>
       <c r="H336" t="s">
-        <v>1247</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1248</v>
+        <v>1258</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>128</v>
+        <v>17</v>
       </c>
       <c r="D337" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E337" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F337" t="s">
-        <v>49</v>
+        <v>76</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1249</v>
+        <v>1259</v>
       </c>
       <c r="H337" t="s">
-        <v>1250</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1251</v>
+        <v>1261</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>132</v>
+        <v>22</v>
       </c>
       <c r="D338" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E338" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F338" t="s">
         <v>49</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1252</v>
+        <v>1262</v>
       </c>
       <c r="H338" t="s">
-        <v>1253</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1254</v>
+        <v>1264</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>136</v>
+        <v>27</v>
       </c>
       <c r="D339" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E339" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F339" t="s">
-        <v>49</v>
+        <v>76</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1255</v>
+        <v>1265</v>
       </c>
       <c r="H339" t="s">
-        <v>1256</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1257</v>
+        <v>1267</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>140</v>
+        <v>31</v>
       </c>
       <c r="D340" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E340" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F340" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1258</v>
+        <v>1268</v>
       </c>
       <c r="H340" t="s">
-        <v>1259</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1260</v>
+        <v>1270</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>144</v>
+        <v>35</v>
       </c>
       <c r="D341" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E341" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F341" t="s">
-        <v>44</v>
+        <v>71</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1261</v>
+        <v>1271</v>
       </c>
       <c r="H341" t="s">
-        <v>1262</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1263</v>
+        <v>1273</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>149</v>
+        <v>39</v>
       </c>
       <c r="D342" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E342" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F342" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1264</v>
+        <v>1274</v>
       </c>
       <c r="H342" t="s">
-        <v>1265</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1266</v>
+        <v>1276</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>153</v>
+        <v>43</v>
       </c>
       <c r="D343" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E343" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F343" t="s">
-        <v>23</v>
+        <v>71</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1267</v>
+        <v>1277</v>
       </c>
       <c r="H343" t="s">
-        <v>1268</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1269</v>
+        <v>1279</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>157</v>
+        <v>48</v>
       </c>
       <c r="D344" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E344" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F344" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1270</v>
+        <v>1280</v>
       </c>
       <c r="H344" t="s">
-        <v>1271</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1272</v>
+        <v>1282</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>161</v>
+        <v>52</v>
       </c>
       <c r="D345" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E345" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F345" t="s">
         <v>23</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1273</v>
+        <v>1283</v>
       </c>
       <c r="H345" t="s">
-        <v>1274</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1275</v>
+        <v>1285</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>165</v>
+        <v>56</v>
       </c>
       <c r="D346" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E346" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F346" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1276</v>
+        <v>1286</v>
       </c>
       <c r="H346" t="s">
-        <v>1277</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1278</v>
+        <v>1288</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>168</v>
+        <v>60</v>
       </c>
       <c r="D347" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E347" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F347" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1279</v>
+        <v>1289</v>
       </c>
       <c r="H347" t="s">
-        <v>1280</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1281</v>
+        <v>1291</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>172</v>
+        <v>64</v>
       </c>
       <c r="D348" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E348" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F348" t="s">
-        <v>49</v>
+        <v>71</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1282</v>
+        <v>1292</v>
       </c>
       <c r="H348" t="s">
-        <v>1283</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1284</v>
+        <v>1294</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>176</v>
+        <v>67</v>
       </c>
       <c r="D349" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E349" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F349" t="s">
-        <v>49</v>
+        <v>76</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1285</v>
+        <v>1295</v>
       </c>
       <c r="H349" t="s">
-        <v>1286</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1287</v>
+        <v>1297</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>180</v>
+        <v>70</v>
       </c>
       <c r="D350" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E350" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F350" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1288</v>
+        <v>1298</v>
       </c>
       <c r="H350" t="s">
-        <v>1289</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1290</v>
+        <v>1300</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>185</v>
+        <v>123</v>
       </c>
       <c r="D351" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E351" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F351" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1291</v>
+        <v>1301</v>
       </c>
       <c r="H351" t="s">
-        <v>1292</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1293</v>
+        <v>1303</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>189</v>
+        <v>127</v>
       </c>
       <c r="D352" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E352" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F352" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1294</v>
+        <v>1304</v>
       </c>
       <c r="H352" t="s">
-        <v>1295</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1296</v>
+        <v>1306</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>193</v>
+        <v>131</v>
       </c>
       <c r="D353" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E353" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F353" t="s">
-        <v>72</v>
+        <v>49</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1297</v>
+        <v>1307</v>
       </c>
       <c r="H353" t="s">
-        <v>1298</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1299</v>
+        <v>1309</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>197</v>
+        <v>135</v>
       </c>
       <c r="D354" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E354" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F354" t="s">
-        <v>72</v>
+        <v>49</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1300</v>
+        <v>1310</v>
       </c>
       <c r="H354" t="s">
-        <v>1301</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1302</v>
+        <v>1312</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>201</v>
+        <v>139</v>
       </c>
       <c r="D355" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E355" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F355" t="s">
-        <v>53</v>
+        <v>76</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1303</v>
+        <v>1313</v>
       </c>
       <c r="H355" t="s">
-        <v>1304</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1305</v>
+        <v>1315</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>206</v>
+        <v>143</v>
       </c>
       <c r="D356" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E356" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F356" t="s">
-        <v>77</v>
+        <v>44</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1306</v>
+        <v>1316</v>
       </c>
       <c r="H356" t="s">
-        <v>1307</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1308</v>
+        <v>1318</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>210</v>
+        <v>148</v>
       </c>
       <c r="D357" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E357" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F357" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1309</v>
+        <v>1319</v>
       </c>
       <c r="H357" t="s">
-        <v>1310</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1311</v>
+        <v>1321</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>214</v>
+        <v>152</v>
       </c>
       <c r="D358" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E358" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F358" t="s">
         <v>23</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1312</v>
+        <v>1322</v>
       </c>
       <c r="H358" t="s">
-        <v>1313</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1314</v>
+        <v>1324</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>218</v>
+        <v>156</v>
       </c>
       <c r="D359" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E359" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F359" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1315</v>
+        <v>1325</v>
       </c>
       <c r="H359" t="s">
-        <v>1316</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1317</v>
+        <v>1327</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>222</v>
+        <v>160</v>
       </c>
       <c r="D360" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E360" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F360" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1318</v>
+        <v>1328</v>
       </c>
       <c r="H360" t="s">
-        <v>1319</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1320</v>
+        <v>1330</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>226</v>
+        <v>164</v>
       </c>
       <c r="D361" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E361" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F361" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1321</v>
+        <v>1331</v>
       </c>
       <c r="H361" t="s">
-        <v>1322</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1323</v>
+        <v>1333</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>230</v>
+        <v>168</v>
       </c>
       <c r="D362" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E362" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F362" t="s">
-        <v>202</v>
+        <v>49</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1324</v>
+        <v>1334</v>
       </c>
       <c r="H362" t="s">
-        <v>1325</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1326</v>
+        <v>1336</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>234</v>
+        <v>172</v>
       </c>
       <c r="D363" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E363" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F363" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1327</v>
+        <v>1337</v>
       </c>
       <c r="H363" t="s">
-        <v>1328</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1329</v>
+        <v>1339</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>238</v>
+        <v>176</v>
       </c>
       <c r="D364" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E364" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F364" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1330</v>
+        <v>1340</v>
       </c>
       <c r="H364" t="s">
-        <v>1331</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1332</v>
+        <v>1342</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>242</v>
+        <v>180</v>
       </c>
       <c r="D365" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E365" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F365" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1333</v>
+        <v>1343</v>
       </c>
       <c r="H365" t="s">
-        <v>1334</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1335</v>
+        <v>1345</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>246</v>
+        <v>185</v>
       </c>
       <c r="D366" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E366" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F366" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1336</v>
+        <v>1346</v>
       </c>
       <c r="H366" t="s">
-        <v>1337</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1338</v>
+        <v>1348</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>250</v>
+        <v>189</v>
       </c>
       <c r="D367" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E367" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F367" t="s">
-        <v>181</v>
+        <v>23</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1339</v>
+        <v>1349</v>
       </c>
       <c r="H367" t="s">
-        <v>1340</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1341</v>
+        <v>1351</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>254</v>
+        <v>193</v>
       </c>
       <c r="D368" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E368" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F368" t="s">
-        <v>49</v>
+        <v>71</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1342</v>
+        <v>1352</v>
       </c>
       <c r="H368" t="s">
-        <v>1343</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1344</v>
+        <v>1354</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>258</v>
+        <v>197</v>
       </c>
       <c r="D369" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E369" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F369" t="s">
-        <v>49</v>
+        <v>71</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1345</v>
+        <v>1355</v>
       </c>
       <c r="H369" t="s">
-        <v>1346</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1347</v>
+        <v>1357</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>262</v>
+        <v>201</v>
       </c>
       <c r="D370" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E370" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F370" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1348</v>
+        <v>1358</v>
       </c>
       <c r="H370" t="s">
-        <v>1349</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1350</v>
+        <v>1360</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>266</v>
+        <v>206</v>
       </c>
       <c r="D371" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E371" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F371" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1351</v>
+        <v>1361</v>
       </c>
       <c r="H371" t="s">
-        <v>1352</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1353</v>
+        <v>1363</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>270</v>
+        <v>210</v>
       </c>
       <c r="D372" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E372" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F372" t="s">
         <v>23</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1354</v>
+        <v>1364</v>
       </c>
       <c r="H372" t="s">
-        <v>1355</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1356</v>
+        <v>1366</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>274</v>
+        <v>214</v>
       </c>
       <c r="D373" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E373" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F373" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1357</v>
+        <v>1367</v>
       </c>
       <c r="H373" t="s">
-        <v>1358</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1359</v>
+        <v>1369</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>278</v>
+        <v>218</v>
       </c>
       <c r="D374" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E374" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F374" t="s">
-        <v>72</v>
+        <v>49</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1360</v>
+        <v>1370</v>
       </c>
       <c r="H374" t="s">
-        <v>1361</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1362</v>
+        <v>1372</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>282</v>
+        <v>222</v>
       </c>
       <c r="D375" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E375" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F375" t="s">
-        <v>58</v>
+        <v>71</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1363</v>
+        <v>1373</v>
       </c>
       <c r="H375" t="s">
-        <v>1364</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1365</v>
+        <v>1375</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>286</v>
+        <v>226</v>
       </c>
       <c r="D376" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E376" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F376" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1366</v>
+        <v>1376</v>
       </c>
       <c r="H376" t="s">
-        <v>1367</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1368</v>
+        <v>1378</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>290</v>
+        <v>230</v>
       </c>
       <c r="D377" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E377" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F377" t="s">
-        <v>49</v>
+        <v>202</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1369</v>
+        <v>1379</v>
       </c>
       <c r="H377" t="s">
-        <v>1370</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1371</v>
+        <v>1381</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>294</v>
+        <v>234</v>
       </c>
       <c r="D378" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E378" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F378" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1372</v>
+        <v>1382</v>
       </c>
       <c r="H378" t="s">
-        <v>1373</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1374</v>
+        <v>1384</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>298</v>
+        <v>238</v>
       </c>
       <c r="D379" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E379" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F379" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1375</v>
+        <v>1385</v>
       </c>
       <c r="H379" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>302</v>
+        <v>242</v>
       </c>
       <c r="D380" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E380" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F380" t="s">
-        <v>181</v>
+        <v>71</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1378</v>
+        <v>1388</v>
       </c>
       <c r="H380" t="s">
-        <v>1379</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1380</v>
+        <v>1390</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>306</v>
+        <v>246</v>
       </c>
       <c r="D381" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E381" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F381" t="s">
-        <v>77</v>
+        <v>18</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1381</v>
+        <v>1391</v>
       </c>
       <c r="H381" t="s">
-        <v>1382</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1383</v>
+        <v>1393</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>310</v>
+        <v>250</v>
       </c>
       <c r="D382" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E382" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F382" t="s">
-        <v>202</v>
+        <v>181</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1384</v>
+        <v>1394</v>
       </c>
       <c r="H382" t="s">
-        <v>1385</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1386</v>
+        <v>1396</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>314</v>
+        <v>254</v>
       </c>
       <c r="D383" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E383" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F383" t="s">
         <v>49</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1387</v>
+        <v>1397</v>
       </c>
       <c r="H383" t="s">
-        <v>1388</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1389</v>
+        <v>1399</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>318</v>
+        <v>258</v>
       </c>
       <c r="D384" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E384" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F384" t="s">
         <v>49</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1390</v>
+        <v>1400</v>
       </c>
       <c r="H384" t="s">
-        <v>1391</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1392</v>
+        <v>1402</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>322</v>
+        <v>262</v>
       </c>
       <c r="D385" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E385" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F385" t="s">
-        <v>181</v>
+        <v>49</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1393</v>
+        <v>1403</v>
       </c>
       <c r="H385" t="s">
-        <v>1394</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1395</v>
+        <v>1405</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>326</v>
+        <v>266</v>
       </c>
       <c r="D386" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E386" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F386" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1396</v>
+        <v>1406</v>
       </c>
       <c r="H386" t="s">
-        <v>1397</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1398</v>
+        <v>1408</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>330</v>
+        <v>270</v>
       </c>
       <c r="D387" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E387" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F387" t="s">
         <v>23</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1399</v>
+        <v>1409</v>
       </c>
       <c r="H387" t="s">
-        <v>1400</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1401</v>
+        <v>1411</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>334</v>
+        <v>274</v>
       </c>
       <c r="D388" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E388" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F388" t="s">
-        <v>120</v>
+        <v>49</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1402</v>
+        <v>1412</v>
       </c>
       <c r="H388" t="s">
-        <v>1403</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1404</v>
+        <v>1414</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>338</v>
+        <v>278</v>
       </c>
       <c r="D389" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E389" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F389" t="s">
-        <v>181</v>
+        <v>71</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1405</v>
+        <v>1415</v>
       </c>
       <c r="H389" t="s">
-        <v>1406</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1407</v>
+        <v>1417</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>342</v>
+        <v>282</v>
       </c>
       <c r="D390" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E390" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F390" t="s">
-        <v>120</v>
+        <v>57</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1408</v>
+        <v>1418</v>
       </c>
       <c r="H390" t="s">
-        <v>1409</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1410</v>
+        <v>1420</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>346</v>
+        <v>286</v>
       </c>
       <c r="D391" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E391" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F391" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1411</v>
+        <v>1421</v>
       </c>
       <c r="H391" t="s">
-        <v>1412</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1413</v>
+        <v>1423</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>350</v>
+        <v>290</v>
       </c>
       <c r="D392" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E392" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F392" t="s">
-        <v>72</v>
+        <v>49</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1414</v>
+        <v>1424</v>
       </c>
       <c r="H392" t="s">
-        <v>1415</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1416</v>
+        <v>1426</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>354</v>
+        <v>294</v>
       </c>
       <c r="D393" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E393" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F393" t="s">
-        <v>77</v>
+        <v>49</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1417</v>
+        <v>1427</v>
       </c>
       <c r="H393" t="s">
-        <v>1418</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1419</v>
+        <v>1429</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>358</v>
+        <v>298</v>
       </c>
       <c r="D394" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E394" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F394" t="s">
-        <v>72</v>
+        <v>49</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1420</v>
+        <v>1430</v>
       </c>
       <c r="H394" t="s">
-        <v>1421</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1422</v>
+        <v>1432</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>362</v>
+        <v>302</v>
       </c>
       <c r="D395" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E395" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F395" t="s">
-        <v>49</v>
+        <v>181</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1423</v>
+        <v>1433</v>
       </c>
       <c r="H395" t="s">
-        <v>1424</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1425</v>
+        <v>1435</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>366</v>
+        <v>306</v>
       </c>
       <c r="D396" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E396" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F396" t="s">
-        <v>49</v>
+        <v>76</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1426</v>
+        <v>1436</v>
       </c>
       <c r="H396" t="s">
-        <v>1427</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1428</v>
+        <v>1438</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>370</v>
+        <v>310</v>
       </c>
       <c r="D397" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E397" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F397" t="s">
-        <v>49</v>
+        <v>202</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1429</v>
+        <v>1439</v>
       </c>
       <c r="H397" t="s">
-        <v>1430</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1431</v>
+        <v>1441</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>374</v>
+        <v>314</v>
       </c>
       <c r="D398" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E398" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F398" t="s">
         <v>49</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1432</v>
+        <v>1442</v>
       </c>
       <c r="H398" t="s">
-        <v>1433</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1434</v>
+        <v>1444</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>378</v>
+        <v>318</v>
       </c>
       <c r="D399" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E399" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F399" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1435</v>
+        <v>1445</v>
       </c>
       <c r="H399" t="s">
-        <v>1436</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1437</v>
+        <v>1447</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>382</v>
+        <v>322</v>
       </c>
       <c r="D400" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E400" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F400" t="s">
-        <v>72</v>
+        <v>181</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1438</v>
+        <v>1448</v>
       </c>
       <c r="H400" t="s">
-        <v>1439</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1440</v>
+        <v>1450</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>386</v>
+        <v>326</v>
       </c>
       <c r="D401" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E401" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F401" t="s">
-        <v>72</v>
+        <v>53</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1441</v>
+        <v>1451</v>
       </c>
       <c r="H401" t="s">
-        <v>1442</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1443</v>
+        <v>1453</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>390</v>
+        <v>330</v>
       </c>
       <c r="D402" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E402" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F402" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1444</v>
+        <v>1454</v>
       </c>
       <c r="H402" t="s">
-        <v>1445</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1446</v>
+        <v>1456</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>394</v>
+        <v>334</v>
       </c>
       <c r="D403" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E403" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F403" t="s">
-        <v>53</v>
+        <v>119</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1447</v>
+        <v>1457</v>
       </c>
       <c r="H403" t="s">
-        <v>1448</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1449</v>
+        <v>1459</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>398</v>
+        <v>338</v>
       </c>
       <c r="D404" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E404" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F404" t="s">
-        <v>72</v>
+        <v>181</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1450</v>
+        <v>1460</v>
       </c>
       <c r="H404" t="s">
-        <v>1451</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1452</v>
+        <v>1462</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>402</v>
+        <v>342</v>
       </c>
       <c r="D405" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E405" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F405" t="s">
-        <v>53</v>
+        <v>119</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1453</v>
+        <v>1463</v>
       </c>
       <c r="H405" t="s">
-        <v>1454</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1455</v>
+        <v>1465</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>406</v>
+        <v>346</v>
       </c>
       <c r="D406" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E406" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F406" t="s">
-        <v>53</v>
+        <v>76</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1456</v>
+        <v>1466</v>
       </c>
       <c r="H406" t="s">
-        <v>1457</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1458</v>
+        <v>1468</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>410</v>
+        <v>350</v>
       </c>
       <c r="D407" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E407" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F407" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1459</v>
+        <v>1469</v>
       </c>
       <c r="H407" t="s">
-        <v>1460</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1461</v>
+        <v>1471</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>414</v>
+        <v>354</v>
       </c>
       <c r="D408" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E408" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F408" t="s">
-        <v>18</v>
+        <v>76</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1462</v>
+        <v>1472</v>
       </c>
       <c r="H408" t="s">
-        <v>1463</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1464</v>
+        <v>1474</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>418</v>
+        <v>358</v>
       </c>
       <c r="D409" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E409" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F409" t="s">
-        <v>23</v>
+        <v>71</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1465</v>
+        <v>1475</v>
       </c>
       <c r="H409" t="s">
-        <v>1466</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1467</v>
+        <v>1477</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>422</v>
+        <v>362</v>
       </c>
       <c r="D410" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E410" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F410" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1468</v>
+        <v>1478</v>
       </c>
       <c r="H410" t="s">
-        <v>1469</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1470</v>
+        <v>1480</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>426</v>
+        <v>366</v>
       </c>
       <c r="D411" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E411" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F411" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1471</v>
+        <v>1481</v>
       </c>
       <c r="H411" t="s">
-        <v>1472</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1473</v>
+        <v>1483</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>430</v>
+        <v>370</v>
       </c>
       <c r="D412" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E412" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F412" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1474</v>
+        <v>1484</v>
       </c>
       <c r="H412" t="s">
-        <v>1475</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1476</v>
+        <v>1486</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>434</v>
+        <v>374</v>
       </c>
       <c r="D413" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E413" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F413" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1477</v>
+        <v>1487</v>
       </c>
       <c r="H413" t="s">
-        <v>1262</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1478</v>
+        <v>1489</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>438</v>
+        <v>378</v>
       </c>
       <c r="D414" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E414" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F414" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1479</v>
+        <v>1490</v>
       </c>
       <c r="H414" t="s">
-        <v>1480</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1481</v>
+        <v>1492</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>442</v>
+        <v>382</v>
       </c>
       <c r="D415" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E415" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F415" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1482</v>
+        <v>1493</v>
       </c>
       <c r="H415" t="s">
-        <v>1483</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1484</v>
+        <v>1495</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>446</v>
+        <v>386</v>
       </c>
       <c r="D416" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E416" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F416" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1485</v>
+        <v>1496</v>
       </c>
       <c r="H416" t="s">
-        <v>1486</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1487</v>
+        <v>1498</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>450</v>
+        <v>390</v>
       </c>
       <c r="D417" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E417" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F417" t="s">
-        <v>120</v>
+        <v>71</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1488</v>
+        <v>1499</v>
       </c>
       <c r="H417" t="s">
-        <v>1489</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1490</v>
+        <v>1501</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>453</v>
+        <v>394</v>
       </c>
       <c r="D418" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E418" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F418" t="s">
         <v>53</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1491</v>
+        <v>1502</v>
       </c>
       <c r="H418" t="s">
-        <v>1492</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1493</v>
+        <v>1504</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>457</v>
+        <v>398</v>
       </c>
       <c r="D419" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E419" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F419" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1494</v>
+        <v>1505</v>
       </c>
       <c r="H419" t="s">
-        <v>1495</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1496</v>
+        <v>1507</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>461</v>
+        <v>402</v>
       </c>
       <c r="D420" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E420" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F420" t="s">
-        <v>72</v>
+        <v>53</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1497</v>
+        <v>1508</v>
       </c>
       <c r="H420" t="s">
-        <v>1498</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1499</v>
+        <v>1510</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>465</v>
+        <v>406</v>
       </c>
       <c r="D421" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E421" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F421" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1500</v>
+        <v>1511</v>
       </c>
       <c r="H421" t="s">
-        <v>1501</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1502</v>
+        <v>1513</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>469</v>
+        <v>410</v>
       </c>
       <c r="D422" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E422" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F422" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1503</v>
+        <v>1514</v>
       </c>
       <c r="H422" t="s">
-        <v>1504</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1505</v>
+        <v>1516</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>473</v>
+        <v>414</v>
       </c>
       <c r="D423" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E423" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F423" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1506</v>
+        <v>1517</v>
       </c>
       <c r="H423" t="s">
-        <v>1507</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1508</v>
+        <v>1519</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>477</v>
+        <v>418</v>
       </c>
       <c r="D424" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E424" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F424" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1509</v>
+        <v>1520</v>
       </c>
       <c r="H424" t="s">
-        <v>1510</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1511</v>
+        <v>1522</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>481</v>
+        <v>422</v>
       </c>
       <c r="D425" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E425" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F425" t="s">
         <v>23</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1512</v>
+        <v>1523</v>
       </c>
       <c r="H425" t="s">
-        <v>1513</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1514</v>
+        <v>1525</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>485</v>
+        <v>426</v>
       </c>
       <c r="D426" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E426" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F426" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1515</v>
+        <v>1526</v>
       </c>
       <c r="H426" t="s">
-        <v>1516</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1517</v>
+        <v>1528</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>489</v>
+        <v>430</v>
       </c>
       <c r="D427" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E427" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F427" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1518</v>
+        <v>1529</v>
       </c>
       <c r="H427" t="s">
-        <v>1519</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1520</v>
+        <v>1531</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>493</v>
+        <v>434</v>
       </c>
       <c r="D428" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E428" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F428" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1521</v>
+        <v>1532</v>
       </c>
       <c r="H428" t="s">
-        <v>1522</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1523</v>
+        <v>1533</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>497</v>
+        <v>438</v>
       </c>
       <c r="D429" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E429" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F429" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1524</v>
+        <v>1534</v>
       </c>
       <c r="H429" t="s">
-        <v>1525</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1526</v>
+        <v>1536</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>501</v>
+        <v>442</v>
       </c>
       <c r="D430" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E430" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F430" t="s">
-        <v>23</v>
+        <v>71</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1527</v>
+        <v>1537</v>
       </c>
       <c r="H430" t="s">
-        <v>1528</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1529</v>
+        <v>1539</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>505</v>
+        <v>446</v>
       </c>
       <c r="D431" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E431" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F431" t="s">
-        <v>23</v>
+        <v>71</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1530</v>
+        <v>1540</v>
       </c>
       <c r="H431" t="s">
-        <v>1531</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1532</v>
+        <v>1542</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>509</v>
+        <v>450</v>
       </c>
       <c r="D432" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E432" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F432" t="s">
-        <v>44</v>
+        <v>119</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1533</v>
+        <v>1543</v>
       </c>
       <c r="H432" t="s">
-        <v>1534</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1535</v>
+        <v>1545</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>513</v>
+        <v>453</v>
       </c>
       <c r="D433" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E433" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F433" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1536</v>
+        <v>1546</v>
       </c>
       <c r="H433" t="s">
-        <v>1537</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1538</v>
+        <v>1548</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>517</v>
+        <v>457</v>
       </c>
       <c r="D434" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E434" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F434" t="s">
-        <v>18</v>
+        <v>71</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1539</v>
+        <v>1549</v>
       </c>
       <c r="H434" t="s">
-        <v>1540</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1541</v>
+        <v>1551</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>521</v>
+        <v>461</v>
       </c>
       <c r="D435" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E435" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F435" t="s">
-        <v>53</v>
+        <v>71</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1542</v>
+        <v>1552</v>
       </c>
       <c r="H435" t="s">
-        <v>1543</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1544</v>
+        <v>1554</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>525</v>
+        <v>465</v>
       </c>
       <c r="D436" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E436" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F436" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1545</v>
+        <v>1555</v>
       </c>
       <c r="H436" t="s">
-        <v>1546</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1547</v>
+        <v>1557</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>529</v>
+        <v>469</v>
       </c>
       <c r="D437" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E437" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F437" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1548</v>
+        <v>1558</v>
       </c>
       <c r="H437" t="s">
-        <v>1549</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1550</v>
+        <v>1560</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>533</v>
+        <v>473</v>
       </c>
       <c r="D438" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E438" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F438" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1551</v>
+        <v>1561</v>
       </c>
       <c r="H438" t="s">
-        <v>1552</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1553</v>
+        <v>1563</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>537</v>
+        <v>477</v>
       </c>
       <c r="D439" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E439" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F439" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1554</v>
+        <v>1564</v>
       </c>
       <c r="H439" t="s">
-        <v>1555</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1556</v>
+        <v>1566</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>541</v>
+        <v>481</v>
       </c>
       <c r="D440" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E440" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F440" t="s">
         <v>23</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1557</v>
+        <v>1567</v>
       </c>
       <c r="H440" t="s">
-        <v>1558</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>1559</v>
+        <v>1569</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>545</v>
+        <v>485</v>
       </c>
       <c r="D441" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E441" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F441" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1560</v>
+        <v>1570</v>
       </c>
       <c r="H441" t="s">
-        <v>1561</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1562</v>
+        <v>1572</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>549</v>
+        <v>489</v>
       </c>
       <c r="D442" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E442" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F442" t="s">
         <v>18</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1563</v>
+        <v>1573</v>
       </c>
       <c r="H442" t="s">
-        <v>1564</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>1565</v>
+        <v>1575</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>553</v>
+        <v>493</v>
       </c>
       <c r="D443" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E443" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F443" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1566</v>
+        <v>1576</v>
       </c>
       <c r="H443" t="s">
-        <v>1567</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1568</v>
+        <v>1578</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>557</v>
+        <v>497</v>
       </c>
       <c r="D444" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E444" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F444" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1569</v>
+        <v>1579</v>
       </c>
       <c r="H444" t="s">
-        <v>1570</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1571</v>
+        <v>1581</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>561</v>
+        <v>501</v>
       </c>
       <c r="D445" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E445" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F445" t="s">
         <v>23</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1572</v>
+        <v>1582</v>
       </c>
       <c r="H445" t="s">
-        <v>1573</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1574</v>
+        <v>1584</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>565</v>
+        <v>505</v>
       </c>
       <c r="D446" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E446" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F446" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1575</v>
+        <v>1585</v>
       </c>
       <c r="H446" t="s">
-        <v>1576</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>1577</v>
+        <v>1587</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>569</v>
+        <v>509</v>
       </c>
       <c r="D447" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E447" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F447" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1578</v>
+        <v>1588</v>
       </c>
       <c r="H447" t="s">
-        <v>1579</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>1580</v>
+        <v>1590</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>573</v>
+        <v>513</v>
       </c>
       <c r="D448" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E448" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F448" t="s">
-        <v>1581</v>
+        <v>23</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1582</v>
+        <v>1591</v>
       </c>
       <c r="H448" t="s">
-        <v>1583</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>1584</v>
+        <v>1593</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>577</v>
+        <v>517</v>
       </c>
       <c r="D449" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E449" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F449" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1585</v>
+        <v>1594</v>
       </c>
       <c r="H449" t="s">
-        <v>1586</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>1587</v>
+        <v>1596</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>581</v>
+        <v>521</v>
       </c>
       <c r="D450" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E450" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F450" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1588</v>
+        <v>1597</v>
       </c>
       <c r="H450" t="s">
-        <v>1589</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1590</v>
+        <v>1599</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>585</v>
+        <v>525</v>
       </c>
       <c r="D451" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E451" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F451" t="s">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1591</v>
+        <v>1600</v>
       </c>
       <c r="H451" t="s">
-        <v>1592</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>1593</v>
+        <v>1602</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>589</v>
+        <v>529</v>
       </c>
       <c r="D452" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E452" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F452" t="s">
-        <v>181</v>
+        <v>23</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1594</v>
+        <v>1603</v>
       </c>
       <c r="H452" t="s">
-        <v>1595</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>1596</v>
+        <v>1605</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>593</v>
+        <v>533</v>
       </c>
       <c r="D453" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E453" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F453" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>1597</v>
+        <v>1606</v>
       </c>
       <c r="H453" t="s">
-        <v>1598</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>1599</v>
+        <v>1608</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>597</v>
+        <v>537</v>
       </c>
       <c r="D454" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E454" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F454" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>1600</v>
+        <v>1609</v>
       </c>
       <c r="H454" t="s">
-        <v>1601</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>1602</v>
+        <v>1611</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>601</v>
+        <v>541</v>
       </c>
       <c r="D455" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E455" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F455" t="s">
         <v>23</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1603</v>
+        <v>1612</v>
       </c>
       <c r="H455" t="s">
-        <v>1604</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>1605</v>
+        <v>1614</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>605</v>
+        <v>545</v>
       </c>
       <c r="D456" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E456" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F456" t="s">
-        <v>181</v>
+        <v>23</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1606</v>
+        <v>1615</v>
       </c>
       <c r="H456" t="s">
-        <v>1607</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>1608</v>
+        <v>1617</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>609</v>
+        <v>549</v>
       </c>
       <c r="D457" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E457" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F457" t="s">
-        <v>181</v>
+        <v>18</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1609</v>
+        <v>1618</v>
       </c>
       <c r="H457" t="s">
-        <v>1610</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>1611</v>
+        <v>1620</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>613</v>
+        <v>553</v>
       </c>
       <c r="D458" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E458" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F458" t="s">
-        <v>181</v>
+        <v>18</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1612</v>
+        <v>1621</v>
       </c>
       <c r="H458" t="s">
-        <v>1613</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>1614</v>
+        <v>1623</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>617</v>
+        <v>557</v>
       </c>
       <c r="D459" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E459" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F459" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1615</v>
+        <v>1624</v>
       </c>
       <c r="H459" t="s">
-        <v>1616</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>1617</v>
+        <v>1626</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>621</v>
+        <v>561</v>
       </c>
       <c r="D460" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E460" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F460" t="s">
-        <v>202</v>
+        <v>23</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1618</v>
+        <v>1627</v>
       </c>
       <c r="H460" t="s">
-        <v>1619</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>1620</v>
+        <v>1629</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>625</v>
+        <v>565</v>
       </c>
       <c r="D461" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E461" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F461" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1621</v>
+        <v>1630</v>
       </c>
       <c r="H461" t="s">
-        <v>1622</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>1623</v>
+        <v>1632</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>629</v>
+        <v>569</v>
       </c>
       <c r="D462" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E462" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F462" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1624</v>
+        <v>1633</v>
       </c>
       <c r="H462" t="s">
-        <v>1625</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>1626</v>
+        <v>1635</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>633</v>
+        <v>573</v>
       </c>
       <c r="D463" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E463" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F463" t="s">
-        <v>23</v>
+        <v>1636</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1627</v>
+        <v>1637</v>
       </c>
       <c r="H463" t="s">
-        <v>1628</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>1629</v>
+        <v>1639</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>637</v>
+        <v>577</v>
       </c>
       <c r="D464" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E464" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F464" t="s">
         <v>23</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1630</v>
+        <v>1640</v>
       </c>
       <c r="H464" t="s">
-        <v>1631</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>1632</v>
+        <v>1642</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>641</v>
+        <v>581</v>
       </c>
       <c r="D465" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E465" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F465" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1633</v>
+        <v>1643</v>
       </c>
       <c r="H465" t="s">
-        <v>1634</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>1635</v>
+        <v>1645</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>645</v>
+        <v>585</v>
       </c>
       <c r="D466" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E466" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F466" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>1636</v>
+        <v>1646</v>
       </c>
       <c r="H466" t="s">
-        <v>1637</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>1638</v>
+        <v>1648</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>649</v>
+        <v>589</v>
       </c>
       <c r="D467" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E467" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F467" t="s">
-        <v>23</v>
+        <v>181</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>1639</v>
+        <v>1649</v>
       </c>
       <c r="H467" t="s">
-        <v>1640</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>1641</v>
+        <v>1651</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>653</v>
+        <v>593</v>
       </c>
       <c r="D468" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E468" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F468" t="s">
         <v>23</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1642</v>
+        <v>1652</v>
       </c>
       <c r="H468" t="s">
-        <v>1643</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>1644</v>
+        <v>1654</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>657</v>
+        <v>597</v>
       </c>
       <c r="D469" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E469" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F469" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>1645</v>
+        <v>1655</v>
       </c>
       <c r="H469" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>1647</v>
+        <v>1657</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>661</v>
+        <v>601</v>
       </c>
       <c r="D470" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E470" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F470" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1648</v>
+        <v>1658</v>
       </c>
       <c r="H470" t="s">
-        <v>1649</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>1650</v>
+        <v>1660</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>665</v>
+        <v>605</v>
       </c>
       <c r="D471" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E471" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F471" t="s">
-        <v>23</v>
+        <v>181</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1651</v>
+        <v>1661</v>
       </c>
       <c r="H471" t="s">
-        <v>1652</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>1653</v>
+        <v>1663</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
-        <v>669</v>
+        <v>609</v>
       </c>
       <c r="D472" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E472" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F472" t="s">
-        <v>23</v>
+        <v>181</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>1654</v>
+        <v>1664</v>
       </c>
       <c r="H472" t="s">
-        <v>1655</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>1656</v>
+        <v>1666</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
-        <v>674</v>
+        <v>613</v>
       </c>
       <c r="D473" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E473" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F473" t="s">
-        <v>77</v>
+        <v>181</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>1657</v>
+        <v>1667</v>
       </c>
       <c r="H473" t="s">
-        <v>1658</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>1659</v>
+        <v>1669</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>678</v>
+        <v>617</v>
       </c>
       <c r="D474" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E474" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F474" t="s">
-        <v>23</v>
+        <v>71</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>1660</v>
+        <v>1670</v>
       </c>
       <c r="H474" t="s">
-        <v>1661</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>1662</v>
+        <v>1672</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
-        <v>682</v>
+        <v>621</v>
       </c>
       <c r="D475" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E475" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F475" t="s">
-        <v>23</v>
+        <v>202</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>1663</v>
+        <v>1673</v>
       </c>
       <c r="H475" t="s">
-        <v>1664</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>1665</v>
+        <v>1675</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>686</v>
+        <v>625</v>
       </c>
       <c r="D476" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E476" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F476" t="s">
-        <v>72</v>
+        <v>44</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1666</v>
+        <v>1676</v>
       </c>
       <c r="H476" t="s">
-        <v>1667</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>1668</v>
+        <v>1678</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
-        <v>690</v>
+        <v>629</v>
       </c>
       <c r="D477" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E477" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F477" t="s">
-        <v>72</v>
+        <v>53</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>1669</v>
+        <v>1679</v>
       </c>
       <c r="H477" t="s">
-        <v>1670</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>1671</v>
+        <v>1681</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>694</v>
+        <v>633</v>
       </c>
       <c r="D478" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E478" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F478" t="s">
-        <v>1672</v>
+        <v>23</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1673</v>
+        <v>1682</v>
       </c>
       <c r="H478" t="s">
-        <v>1674</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>1675</v>
+        <v>1684</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
-        <v>698</v>
+        <v>637</v>
       </c>
       <c r="D479" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E479" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F479" t="s">
         <v>23</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>1676</v>
+        <v>1685</v>
       </c>
       <c r="H479" t="s">
-        <v>1677</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>1678</v>
+        <v>1687</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>702</v>
+        <v>641</v>
       </c>
       <c r="D480" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E480" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F480" t="s">
         <v>23</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>1679</v>
+        <v>1688</v>
       </c>
       <c r="H480" t="s">
-        <v>1680</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>1681</v>
+        <v>1690</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>706</v>
+        <v>645</v>
       </c>
       <c r="D481" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E481" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F481" t="s">
         <v>23</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>1682</v>
+        <v>1691</v>
       </c>
       <c r="H481" t="s">
-        <v>1640</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>1683</v>
+        <v>1693</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>710</v>
+        <v>649</v>
       </c>
       <c r="D482" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E482" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F482" t="s">
-        <v>1684</v>
+        <v>23</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1685</v>
+        <v>1694</v>
       </c>
       <c r="H482" t="s">
-        <v>1686</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>1687</v>
+        <v>1696</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>714</v>
+        <v>653</v>
       </c>
       <c r="D483" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E483" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F483" t="s">
-        <v>202</v>
+        <v>23</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1688</v>
+        <v>1697</v>
       </c>
       <c r="H483" t="s">
-        <v>1689</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>1690</v>
+        <v>1699</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>718</v>
+        <v>657</v>
       </c>
       <c r="D484" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E484" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F484" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>1691</v>
+        <v>1700</v>
       </c>
       <c r="H484" t="s">
-        <v>1692</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>1693</v>
+        <v>1702</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
-        <v>722</v>
+        <v>661</v>
       </c>
       <c r="D485" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E485" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F485" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>1694</v>
+        <v>1703</v>
       </c>
       <c r="H485" t="s">
-        <v>1695</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>1696</v>
+        <v>1705</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
-        <v>726</v>
+        <v>665</v>
       </c>
       <c r="D486" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E486" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F486" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>1697</v>
+        <v>1706</v>
       </c>
       <c r="H486" t="s">
-        <v>1698</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>1699</v>
+        <v>1708</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>730</v>
+        <v>669</v>
       </c>
       <c r="D487" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E487" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F487" t="s">
         <v>23</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>1700</v>
+        <v>1709</v>
       </c>
       <c r="H487" t="s">
-        <v>1701</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>1702</v>
+        <v>1711</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
-        <v>734</v>
+        <v>674</v>
       </c>
       <c r="D488" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E488" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F488" t="s">
-        <v>1175</v>
+        <v>76</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>1703</v>
+        <v>1712</v>
       </c>
       <c r="H488" t="s">
-        <v>1704</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>1705</v>
+        <v>1714</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>738</v>
+        <v>678</v>
       </c>
       <c r="D489" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E489" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F489" t="s">
-        <v>62</v>
+        <v>23</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>1706</v>
+        <v>1715</v>
       </c>
       <c r="H489" t="s">
-        <v>1707</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>1708</v>
+        <v>1717</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
-        <v>742</v>
+        <v>682</v>
       </c>
       <c r="D490" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E490" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F490" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>1709</v>
+        <v>1718</v>
       </c>
       <c r="H490" t="s">
-        <v>1710</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>1711</v>
+        <v>1720</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>745</v>
+        <v>686</v>
       </c>
       <c r="D491" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E491" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F491" t="s">
-        <v>1712</v>
+        <v>71</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>1713</v>
+        <v>1721</v>
       </c>
       <c r="H491" t="s">
-        <v>1714</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>1715</v>
+        <v>1723</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>749</v>
+        <v>690</v>
       </c>
       <c r="D492" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E492" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F492" t="s">
-        <v>1716</v>
+        <v>71</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>1717</v>
+        <v>1724</v>
       </c>
       <c r="H492" t="s">
-        <v>1718</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>1719</v>
+        <v>1726</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>753</v>
+        <v>694</v>
       </c>
       <c r="D493" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E493" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F493" t="s">
-        <v>49</v>
+        <v>1727</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>1720</v>
+        <v>1728</v>
       </c>
       <c r="H493" t="s">
-        <v>1721</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>1722</v>
+        <v>1730</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>757</v>
+        <v>698</v>
       </c>
       <c r="D494" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E494" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F494" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1723</v>
+        <v>1731</v>
       </c>
       <c r="H494" t="s">
-        <v>1724</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>1725</v>
+        <v>1733</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>761</v>
+        <v>702</v>
       </c>
       <c r="D495" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E495" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F495" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>1726</v>
+        <v>1734</v>
       </c>
       <c r="H495" t="s">
-        <v>1727</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>1728</v>
+        <v>1736</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>765</v>
+        <v>706</v>
       </c>
       <c r="D496" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E496" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F496" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>1729</v>
+        <v>1737</v>
       </c>
       <c r="H496" t="s">
-        <v>1730</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>1731</v>
+        <v>1738</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>769</v>
+        <v>710</v>
       </c>
       <c r="D497" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E497" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F497" t="s">
-        <v>23</v>
+        <v>1739</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>1732</v>
+        <v>1740</v>
       </c>
       <c r="H497" t="s">
-        <v>1733</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>1734</v>
+        <v>1742</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>773</v>
+        <v>714</v>
       </c>
       <c r="D498" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E498" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F498" t="s">
-        <v>23</v>
+        <v>202</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>1735</v>
+        <v>1743</v>
       </c>
       <c r="H498" t="s">
-        <v>1736</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>1737</v>
+        <v>1745</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>777</v>
+        <v>718</v>
       </c>
       <c r="D499" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E499" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F499" t="s">
-        <v>72</v>
+        <v>49</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>1738</v>
+        <v>1746</v>
       </c>
       <c r="H499" t="s">
-        <v>1739</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>1740</v>
+        <v>1748</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>781</v>
+        <v>722</v>
       </c>
       <c r="D500" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E500" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F500" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>1741</v>
+        <v>1749</v>
       </c>
       <c r="H500" t="s">
-        <v>1742</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>1743</v>
+        <v>1751</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>785</v>
+        <v>726</v>
       </c>
       <c r="D501" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E501" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F501" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>1744</v>
+        <v>1752</v>
       </c>
       <c r="H501" t="s">
-        <v>1745</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>1746</v>
+        <v>1754</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>789</v>
+        <v>730</v>
       </c>
       <c r="D502" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E502" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F502" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>1747</v>
+        <v>1755</v>
       </c>
       <c r="H502" t="s">
-        <v>1748</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>1749</v>
+        <v>1757</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>793</v>
+        <v>734</v>
       </c>
       <c r="D503" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E503" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F503" t="s">
-        <v>1684</v>
+        <v>1221</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>1750</v>
+        <v>1758</v>
       </c>
       <c r="H503" t="s">
-        <v>1751</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>1752</v>
+        <v>1760</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>797</v>
+        <v>738</v>
       </c>
       <c r="D504" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E504" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F504" t="s">
-        <v>18</v>
+        <v>61</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>1753</v>
+        <v>1761</v>
       </c>
       <c r="H504" t="s">
-        <v>1754</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>1755</v>
+        <v>1763</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>801</v>
+        <v>742</v>
       </c>
       <c r="D505" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E505" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F505" t="s">
         <v>44</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>1756</v>
+        <v>1764</v>
       </c>
       <c r="H505" t="s">
-        <v>1757</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>1758</v>
+        <v>1766</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>805</v>
+        <v>745</v>
       </c>
       <c r="D506" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E506" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F506" t="s">
-        <v>202</v>
+        <v>1767</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>1759</v>
+        <v>1768</v>
       </c>
       <c r="H506" t="s">
-        <v>1760</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>1761</v>
+        <v>1770</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>809</v>
+        <v>749</v>
       </c>
       <c r="D507" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E507" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F507" t="s">
-        <v>23</v>
+        <v>1771</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>1762</v>
+        <v>1772</v>
       </c>
       <c r="H507" t="s">
-        <v>1763</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>1764</v>
+        <v>1774</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>813</v>
+        <v>753</v>
       </c>
       <c r="D508" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E508" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F508" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>1765</v>
+        <v>1775</v>
       </c>
       <c r="H508" t="s">
-        <v>1766</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>1767</v>
+        <v>1777</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>817</v>
+        <v>757</v>
       </c>
       <c r="D509" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E509" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F509" t="s">
         <v>49</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>1768</v>
+        <v>1778</v>
       </c>
       <c r="H509" t="s">
-        <v>1769</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>1770</v>
+        <v>1780</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>821</v>
+        <v>761</v>
       </c>
       <c r="D510" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E510" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F510" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>1771</v>
+        <v>1781</v>
       </c>
       <c r="H510" t="s">
-        <v>1772</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>1773</v>
+        <v>1783</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>825</v>
+        <v>765</v>
       </c>
       <c r="D511" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E511" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F511" t="s">
         <v>49</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>1774</v>
+        <v>1784</v>
       </c>
       <c r="H511" t="s">
-        <v>1775</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>1776</v>
+        <v>1786</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>829</v>
+        <v>769</v>
       </c>
       <c r="D512" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E512" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F512" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>1777</v>
+        <v>1787</v>
       </c>
       <c r="H512" t="s">
-        <v>1778</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>1779</v>
+        <v>1789</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>833</v>
+        <v>773</v>
       </c>
       <c r="D513" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E513" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F513" t="s">
-        <v>120</v>
+        <v>23</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>1780</v>
+        <v>1790</v>
       </c>
       <c r="H513" t="s">
-        <v>1781</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>1782</v>
+        <v>1792</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>837</v>
+        <v>777</v>
       </c>
       <c r="D514" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E514" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F514" t="s">
-        <v>23</v>
+        <v>71</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>1783</v>
+        <v>1793</v>
       </c>
       <c r="H514" t="s">
-        <v>1784</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>1785</v>
+        <v>1795</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>841</v>
+        <v>781</v>
       </c>
       <c r="D515" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E515" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F515" t="s">
-        <v>181</v>
+        <v>18</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>1786</v>
+        <v>1796</v>
       </c>
       <c r="H515" t="s">
-        <v>1787</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>1788</v>
+        <v>1798</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>845</v>
+        <v>785</v>
       </c>
       <c r="D516" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E516" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F516" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>1789</v>
+        <v>1799</v>
       </c>
       <c r="H516" t="s">
-        <v>1790</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>1791</v>
+        <v>1801</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>849</v>
+        <v>789</v>
       </c>
       <c r="D517" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E517" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F517" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>1792</v>
+        <v>1802</v>
       </c>
       <c r="H517" t="s">
-        <v>1793</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>1794</v>
+        <v>1804</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>1795</v>
+        <v>793</v>
       </c>
       <c r="D518" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E518" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F518" t="s">
-        <v>1796</v>
+        <v>1739</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>1797</v>
+        <v>1805</v>
       </c>
       <c r="H518" t="s">
-        <v>1798</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>1799</v>
+        <v>1807</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>1800</v>
+        <v>797</v>
       </c>
       <c r="D519" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E519" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F519" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>1801</v>
+        <v>1808</v>
       </c>
       <c r="H519" t="s">
-        <v>1802</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>1803</v>
+        <v>1810</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>1804</v>
+        <v>801</v>
       </c>
       <c r="D520" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E520" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F520" t="s">
-        <v>202</v>
+        <v>44</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>1805</v>
+        <v>1811</v>
       </c>
       <c r="H520" t="s">
-        <v>1806</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>1807</v>
+        <v>1813</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>1808</v>
+        <v>805</v>
       </c>
       <c r="D521" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E521" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F521" t="s">
-        <v>23</v>
+        <v>202</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>1809</v>
+        <v>1814</v>
       </c>
       <c r="H521" t="s">
-        <v>1810</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>1811</v>
+        <v>1816</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>1812</v>
+        <v>809</v>
       </c>
       <c r="D522" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E522" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F522" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>1813</v>
+        <v>1817</v>
       </c>
       <c r="H522" t="s">
-        <v>1814</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>1815</v>
+        <v>1819</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>1816</v>
+        <v>813</v>
       </c>
       <c r="D523" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E523" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F523" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>1817</v>
+        <v>1820</v>
       </c>
       <c r="H523" t="s">
-        <v>1818</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>1819</v>
+        <v>1822</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>1820</v>
+        <v>817</v>
       </c>
       <c r="D524" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E524" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F524" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>1821</v>
+        <v>1823</v>
       </c>
       <c r="H524" t="s">
-        <v>1822</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>1823</v>
+        <v>1825</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>1824</v>
+        <v>821</v>
       </c>
       <c r="D525" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E525" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F525" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>1825</v>
+        <v>1826</v>
       </c>
       <c r="H525" t="s">
-        <v>1826</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>1827</v>
+        <v>1828</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>1828</v>
+        <v>825</v>
       </c>
       <c r="D526" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E526" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F526" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="G526" s="1" t="s">
         <v>1829</v>
       </c>
       <c r="H526" t="s">
         <v>1830</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
         <v>1831</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
+        <v>829</v>
+      </c>
+      <c r="D527" t="s">
+        <v>1254</v>
+      </c>
+      <c r="E527" t="s">
+        <v>1255</v>
+      </c>
+      <c r="F527" t="s">
+        <v>71</v>
+      </c>
+      <c r="G527" s="1" t="s">
         <v>1832</v>
       </c>
-      <c r="D527" t="s">
-[...8 lines deleted...]
-      <c r="G527" s="1" t="s">
+      <c r="H527" t="s">
         <v>1833</v>
-      </c>
-[...1 lines deleted...]
-        <v>1834</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
+        <v>1834</v>
+      </c>
+      <c r="B528" t="s">
+        <v>9</v>
+      </c>
+      <c r="C528" t="s">
+        <v>833</v>
+      </c>
+      <c r="D528" t="s">
+        <v>1254</v>
+      </c>
+      <c r="E528" t="s">
+        <v>1255</v>
+      </c>
+      <c r="F528" t="s">
+        <v>119</v>
+      </c>
+      <c r="G528" s="1" t="s">
         <v>1835</v>
       </c>
-      <c r="B528" t="s">
-[...2 lines deleted...]
-      <c r="C528" t="s">
+      <c r="H528" t="s">
         <v>1836</v>
-      </c>
-[...13 lines deleted...]
-        <v>1838</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>1839</v>
+        <v>1837</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>1840</v>
+        <v>837</v>
       </c>
       <c r="D529" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E529" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F529" t="s">
         <v>23</v>
       </c>
       <c r="G529" s="1" t="s">
-        <v>1841</v>
+        <v>1838</v>
       </c>
       <c r="H529" t="s">
-        <v>1842</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>1843</v>
+        <v>1840</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
-        <v>1844</v>
+        <v>841</v>
       </c>
       <c r="D530" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E530" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F530" t="s">
-        <v>23</v>
+        <v>181</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>1845</v>
+        <v>1841</v>
       </c>
       <c r="H530" t="s">
-        <v>1846</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>1847</v>
+        <v>1843</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
-        <v>1848</v>
+        <v>845</v>
       </c>
       <c r="D531" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E531" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F531" t="s">
-        <v>23</v>
+        <v>71</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>1849</v>
+        <v>1844</v>
       </c>
       <c r="H531" t="s">
-        <v>1850</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>1851</v>
+        <v>1846</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
-        <v>1852</v>
+        <v>849</v>
       </c>
       <c r="D532" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E532" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F532" t="s">
-        <v>53</v>
+        <v>76</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>1853</v>
+        <v>1847</v>
       </c>
       <c r="H532" t="s">
-        <v>1854</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>1855</v>
+        <v>1849</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>1856</v>
+        <v>853</v>
       </c>
       <c r="D533" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E533" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F533" t="s">
-        <v>62</v>
+        <v>1850</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>1857</v>
+        <v>1851</v>
       </c>
       <c r="H533" t="s">
-        <v>1858</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>1859</v>
+        <v>1853</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>1860</v>
+        <v>857</v>
       </c>
       <c r="D534" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E534" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F534" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>1861</v>
+        <v>1854</v>
       </c>
       <c r="H534" t="s">
-        <v>1862</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>1863</v>
+        <v>1856</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
-        <v>1864</v>
+        <v>861</v>
       </c>
       <c r="D535" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E535" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F535" t="s">
-        <v>77</v>
+        <v>202</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>1865</v>
+        <v>1857</v>
       </c>
       <c r="H535" t="s">
-        <v>1866</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>1867</v>
+        <v>1859</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
-        <v>1868</v>
+        <v>865</v>
       </c>
       <c r="D536" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E536" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F536" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>1869</v>
+        <v>1860</v>
       </c>
       <c r="H536" t="s">
-        <v>1870</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>1871</v>
+        <v>1862</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>1872</v>
+        <v>869</v>
       </c>
       <c r="D537" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E537" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F537" t="s">
         <v>49</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>1873</v>
+        <v>1863</v>
       </c>
       <c r="H537" t="s">
-        <v>1874</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>1875</v>
+        <v>1865</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
-        <v>1876</v>
+        <v>873</v>
       </c>
       <c r="D538" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E538" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F538" t="s">
-        <v>49</v>
+        <v>71</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>1877</v>
+        <v>1866</v>
       </c>
       <c r="H538" t="s">
-        <v>1247</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>1878</v>
+        <v>1868</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
-        <v>1879</v>
+        <v>877</v>
       </c>
       <c r="D539" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E539" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F539" t="s">
-        <v>77</v>
+        <v>18</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>1880</v>
+        <v>1869</v>
       </c>
       <c r="H539" t="s">
-        <v>1881</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>1882</v>
+        <v>1871</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>1883</v>
+        <v>881</v>
       </c>
       <c r="D540" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E540" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F540" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>1884</v>
+        <v>1872</v>
       </c>
       <c r="H540" t="s">
-        <v>1885</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>1886</v>
+        <v>1874</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>1887</v>
+        <v>885</v>
       </c>
       <c r="D541" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E541" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F541" t="s">
-        <v>202</v>
+        <v>53</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>1888</v>
+        <v>1875</v>
       </c>
       <c r="H541" t="s">
-        <v>1889</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>1890</v>
+        <v>1877</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>1891</v>
+        <v>1878</v>
       </c>
       <c r="D542" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E542" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F542" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>1892</v>
+        <v>1879</v>
       </c>
       <c r="H542" t="s">
-        <v>1893</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>1894</v>
+        <v>1881</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>1895</v>
+        <v>1882</v>
       </c>
       <c r="D543" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E543" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F543" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>1896</v>
+        <v>1883</v>
       </c>
       <c r="H543" t="s">
-        <v>1897</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>1898</v>
+        <v>1885</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
-        <v>1899</v>
+        <v>1886</v>
       </c>
       <c r="D544" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E544" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F544" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>1900</v>
+        <v>1887</v>
       </c>
       <c r="H544" t="s">
-        <v>1901</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
-        <v>1902</v>
+        <v>1889</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
-        <v>1903</v>
+        <v>1890</v>
       </c>
       <c r="D545" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E545" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F545" t="s">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>1904</v>
+        <v>1891</v>
       </c>
       <c r="H545" t="s">
-        <v>1905</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
-        <v>1906</v>
+        <v>1893</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
-        <v>1907</v>
+        <v>1894</v>
       </c>
       <c r="D546" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E546" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F546" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>1908</v>
+        <v>1895</v>
       </c>
       <c r="H546" t="s">
-        <v>1909</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
-        <v>1910</v>
+        <v>1897</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
-        <v>1911</v>
+        <v>1898</v>
       </c>
       <c r="D547" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E547" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F547" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G547" s="1" t="s">
-        <v>1912</v>
+        <v>1899</v>
       </c>
       <c r="H547" t="s">
-        <v>1913</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>1914</v>
+        <v>1901</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>1915</v>
+        <v>1902</v>
       </c>
       <c r="D548" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E548" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F548" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>1916</v>
+        <v>1903</v>
       </c>
       <c r="H548" t="s">
-        <v>1917</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>1918</v>
+        <v>1905</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>1919</v>
+        <v>1906</v>
       </c>
       <c r="D549" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E549" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F549" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>1920</v>
+        <v>1907</v>
       </c>
       <c r="H549" t="s">
-        <v>1921</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>1922</v>
+        <v>1909</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>1923</v>
+        <v>1910</v>
       </c>
       <c r="D550" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E550" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F550" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>1924</v>
+        <v>1911</v>
       </c>
       <c r="H550" t="s">
-        <v>1925</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>1926</v>
+        <v>1913</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>1927</v>
+        <v>1914</v>
       </c>
       <c r="D551" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E551" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F551" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>1928</v>
+        <v>1915</v>
       </c>
       <c r="H551" t="s">
-        <v>1929</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
-        <v>1930</v>
+        <v>1917</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>1931</v>
+        <v>1918</v>
       </c>
       <c r="D552" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E552" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F552" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>1932</v>
+        <v>1919</v>
       </c>
       <c r="H552" t="s">
-        <v>1933</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
-        <v>1934</v>
+        <v>1921</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>1935</v>
+        <v>1922</v>
       </c>
       <c r="D553" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E553" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F553" t="s">
-        <v>202</v>
+        <v>49</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>1936</v>
+        <v>1923</v>
       </c>
       <c r="H553" t="s">
-        <v>1937</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
-        <v>1938</v>
+        <v>1924</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
-        <v>1939</v>
+        <v>1925</v>
       </c>
       <c r="D554" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E554" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F554" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>1940</v>
+        <v>1926</v>
       </c>
       <c r="H554" t="s">
-        <v>1941</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>1942</v>
+        <v>1928</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
-        <v>1943</v>
+        <v>1929</v>
       </c>
       <c r="D555" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E555" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F555" t="s">
-        <v>77</v>
+        <v>119</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>1944</v>
+        <v>1930</v>
       </c>
       <c r="H555" t="s">
-        <v>1945</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>1946</v>
+        <v>1932</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
-        <v>1947</v>
+        <v>1933</v>
       </c>
       <c r="D556" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E556" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F556" t="s">
         <v>202</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>1948</v>
+        <v>1934</v>
       </c>
       <c r="H556" t="s">
-        <v>1949</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
-        <v>1950</v>
+        <v>1936</v>
       </c>
       <c r="B557" t="s">
         <v>9</v>
       </c>
       <c r="C557" t="s">
-        <v>1951</v>
+        <v>1937</v>
       </c>
       <c r="D557" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E557" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F557" t="s">
-        <v>62</v>
+        <v>18</v>
       </c>
       <c r="G557" s="1" t="s">
-        <v>1952</v>
+        <v>1938</v>
       </c>
       <c r="H557" t="s">
-        <v>1953</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
-        <v>1954</v>
+        <v>1940</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
-        <v>1955</v>
+        <v>1941</v>
       </c>
       <c r="D558" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E558" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F558" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>1956</v>
+        <v>1942</v>
       </c>
       <c r="H558" t="s">
-        <v>1957</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
-        <v>1958</v>
+        <v>1944</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
-        <v>1959</v>
+        <v>1945</v>
       </c>
       <c r="D559" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E559" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F559" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="G559" s="1" t="s">
-        <v>1960</v>
+        <v>1946</v>
       </c>
       <c r="H559" t="s">
-        <v>1961</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
-        <v>1962</v>
+        <v>1948</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
-        <v>1963</v>
+        <v>1949</v>
       </c>
       <c r="D560" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E560" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F560" t="s">
-        <v>44</v>
+        <v>76</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>1964</v>
+        <v>1950</v>
       </c>
       <c r="H560" t="s">
-        <v>1965</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
-        <v>1966</v>
+        <v>1952</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
-        <v>1967</v>
+        <v>1953</v>
       </c>
       <c r="D561" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E561" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F561" t="s">
-        <v>181</v>
+        <v>49</v>
       </c>
       <c r="G561" s="1" t="s">
-        <v>1968</v>
+        <v>1954</v>
       </c>
       <c r="H561" t="s">
-        <v>1969</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
-        <v>1970</v>
+        <v>1956</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
-        <v>1971</v>
+        <v>1957</v>
       </c>
       <c r="D562" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E562" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F562" t="s">
-        <v>72</v>
+        <v>49</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>1972</v>
+        <v>1958</v>
       </c>
       <c r="H562" t="s">
-        <v>1973</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
-        <v>1974</v>
+        <v>1960</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
-        <v>1975</v>
+        <v>1961</v>
       </c>
       <c r="D563" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E563" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F563" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="G563" s="1" t="s">
-        <v>1976</v>
+        <v>1962</v>
       </c>
       <c r="H563" t="s">
-        <v>1977</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
-        <v>1978</v>
+        <v>1964</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
-        <v>1979</v>
+        <v>1965</v>
       </c>
       <c r="D564" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E564" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F564" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="G564" s="1" t="s">
-        <v>1980</v>
+        <v>1966</v>
       </c>
       <c r="H564" t="s">
-        <v>1981</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
-        <v>1982</v>
+        <v>1968</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
-        <v>1983</v>
+        <v>1969</v>
       </c>
       <c r="D565" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E565" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F565" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>1984</v>
+        <v>1970</v>
       </c>
       <c r="H565" t="s">
-        <v>1985</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
-        <v>1986</v>
+        <v>1972</v>
       </c>
       <c r="B566" t="s">
         <v>9</v>
       </c>
       <c r="C566" t="s">
-        <v>1987</v>
+        <v>1973</v>
       </c>
       <c r="D566" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E566" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F566" t="s">
         <v>23</v>
       </c>
       <c r="G566" s="1" t="s">
-        <v>1988</v>
+        <v>1974</v>
       </c>
       <c r="H566" t="s">
-        <v>1989</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
-        <v>1990</v>
+        <v>1976</v>
       </c>
       <c r="B567" t="s">
         <v>9</v>
       </c>
       <c r="C567" t="s">
-        <v>1991</v>
+        <v>1977</v>
       </c>
       <c r="D567" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E567" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F567" t="s">
         <v>23</v>
       </c>
       <c r="G567" s="1" t="s">
-        <v>1992</v>
+        <v>1978</v>
       </c>
       <c r="H567" t="s">
-        <v>1993</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
-        <v>1994</v>
+        <v>1980</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
-        <v>1995</v>
+        <v>1981</v>
       </c>
       <c r="D568" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E568" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F568" t="s">
-        <v>181</v>
+        <v>202</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>1996</v>
+        <v>1982</v>
       </c>
       <c r="H568" t="s">
-        <v>1997</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
-        <v>1998</v>
+        <v>1984</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
-        <v>1999</v>
+        <v>1985</v>
       </c>
       <c r="D569" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E569" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F569" t="s">
-        <v>202</v>
+        <v>71</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>2000</v>
+        <v>1986</v>
       </c>
       <c r="H569" t="s">
-        <v>2001</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
-        <v>2002</v>
+        <v>1988</v>
       </c>
       <c r="B570" t="s">
         <v>9</v>
       </c>
       <c r="C570" t="s">
-        <v>2003</v>
+        <v>1989</v>
       </c>
       <c r="D570" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E570" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F570" t="s">
-        <v>18</v>
+        <v>76</v>
       </c>
       <c r="G570" s="1" t="s">
-        <v>2004</v>
+        <v>1990</v>
       </c>
       <c r="H570" t="s">
-        <v>2005</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
-        <v>2006</v>
+        <v>1992</v>
       </c>
       <c r="B571" t="s">
         <v>9</v>
       </c>
       <c r="C571" t="s">
-        <v>2007</v>
+        <v>1993</v>
       </c>
       <c r="D571" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E571" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F571" t="s">
-        <v>49</v>
+        <v>202</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>2008</v>
+        <v>1994</v>
       </c>
       <c r="H571" t="s">
-        <v>2009</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
-        <v>2010</v>
+        <v>1996</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
-        <v>2011</v>
+        <v>1997</v>
       </c>
       <c r="D572" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E572" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F572" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>2012</v>
+        <v>1998</v>
       </c>
       <c r="H572" t="s">
-        <v>1388</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
-        <v>2013</v>
+        <v>2000</v>
       </c>
       <c r="B573" t="s">
         <v>9</v>
       </c>
       <c r="C573" t="s">
-        <v>2014</v>
+        <v>2001</v>
       </c>
       <c r="D573" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E573" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F573" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>2015</v>
+        <v>2002</v>
       </c>
       <c r="H573" t="s">
-        <v>2016</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
-        <v>2017</v>
+        <v>2004</v>
       </c>
       <c r="B574" t="s">
         <v>9</v>
       </c>
       <c r="C574" t="s">
-        <v>2018</v>
+        <v>2005</v>
       </c>
       <c r="D574" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E574" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F574" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="G574" s="1" t="s">
-        <v>2019</v>
+        <v>2006</v>
       </c>
       <c r="H574" t="s">
-        <v>2020</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
-        <v>2021</v>
+        <v>2008</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
-        <v>2022</v>
+        <v>2009</v>
       </c>
       <c r="D575" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E575" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F575" t="s">
-        <v>77</v>
+        <v>44</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>2023</v>
+        <v>2010</v>
       </c>
       <c r="H575" t="s">
-        <v>2024</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
-        <v>2025</v>
+        <v>2012</v>
       </c>
       <c r="B576" t="s">
         <v>9</v>
       </c>
       <c r="C576" t="s">
-        <v>2026</v>
+        <v>2013</v>
       </c>
       <c r="D576" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E576" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F576" t="s">
-        <v>53</v>
+        <v>181</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>2027</v>
+        <v>2014</v>
       </c>
       <c r="H576" t="s">
-        <v>2028</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
-        <v>2029</v>
+        <v>2016</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
-        <v>2030</v>
+        <v>2017</v>
       </c>
       <c r="D577" t="s">
-        <v>1199</v>
+        <v>1254</v>
       </c>
       <c r="E577" t="s">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="F577" t="s">
-        <v>49</v>
+        <v>71</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>2031</v>
+        <v>2018</v>
       </c>
       <c r="H577" t="s">
-        <v>2032</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
-        <v>2033</v>
+        <v>2020</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
-        <v>10</v>
+        <v>2021</v>
       </c>
       <c r="D578" t="s">
-        <v>2034</v>
+        <v>1254</v>
       </c>
       <c r="E578" t="s">
-        <v>2035</v>
+        <v>1255</v>
       </c>
       <c r="F578" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="G578" s="1" t="s">
-        <v>2036</v>
+        <v>2022</v>
       </c>
       <c r="H578" t="s">
-        <v>1097</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
-        <v>2037</v>
+        <v>2024</v>
       </c>
       <c r="B579" t="s">
         <v>9</v>
       </c>
       <c r="C579" t="s">
-        <v>17</v>
+        <v>2025</v>
       </c>
       <c r="D579" t="s">
-        <v>2034</v>
+        <v>1254</v>
       </c>
       <c r="E579" t="s">
-        <v>2035</v>
+        <v>1255</v>
       </c>
       <c r="F579" t="s">
-        <v>49</v>
+        <v>71</v>
       </c>
       <c r="G579" s="1" t="s">
-        <v>2038</v>
+        <v>2026</v>
       </c>
       <c r="H579" t="s">
-        <v>2039</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
-        <v>2040</v>
+        <v>2028</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
-        <v>22</v>
+        <v>2029</v>
       </c>
       <c r="D580" t="s">
-        <v>2034</v>
+        <v>1254</v>
       </c>
       <c r="E580" t="s">
-        <v>2035</v>
+        <v>1255</v>
       </c>
       <c r="F580" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G580" s="1" t="s">
-        <v>2041</v>
+        <v>2030</v>
       </c>
       <c r="H580" t="s">
-        <v>1109</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
-        <v>2042</v>
+        <v>2032</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
-        <v>27</v>
+        <v>2033</v>
       </c>
       <c r="D581" t="s">
-        <v>2034</v>
+        <v>1254</v>
       </c>
       <c r="E581" t="s">
-        <v>2035</v>
+        <v>1255</v>
       </c>
       <c r="F581" t="s">
         <v>23</v>
       </c>
       <c r="G581" s="1" t="s">
-        <v>2043</v>
+        <v>2034</v>
       </c>
       <c r="H581" t="s">
-        <v>2044</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
-        <v>2045</v>
+        <v>2036</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
-        <v>31</v>
+        <v>2037</v>
       </c>
       <c r="D582" t="s">
-        <v>2034</v>
+        <v>1254</v>
       </c>
       <c r="E582" t="s">
-        <v>2035</v>
+        <v>1255</v>
       </c>
       <c r="F582" t="s">
         <v>23</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>2046</v>
+        <v>2038</v>
       </c>
       <c r="H582" t="s">
-        <v>2047</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
-        <v>2048</v>
+        <v>2040</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
-        <v>10</v>
+        <v>2041</v>
       </c>
       <c r="D583" t="s">
-        <v>2049</v>
+        <v>1254</v>
       </c>
       <c r="E583" t="s">
-        <v>2050</v>
+        <v>1255</v>
       </c>
       <c r="F583" t="s">
-        <v>13</v>
+        <v>181</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>2051</v>
+        <v>2042</v>
       </c>
       <c r="H583" t="s">
-        <v>1185</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
-        <v>2052</v>
+        <v>2044</v>
       </c>
       <c r="B584" t="s">
         <v>9</v>
       </c>
       <c r="C584" t="s">
-        <v>17</v>
+        <v>2045</v>
       </c>
       <c r="D584" t="s">
-        <v>2049</v>
+        <v>1254</v>
       </c>
       <c r="E584" t="s">
-        <v>2050</v>
+        <v>1255</v>
       </c>
       <c r="F584" t="s">
-        <v>13</v>
+        <v>202</v>
       </c>
       <c r="G584" s="1" t="s">
-        <v>2053</v>
+        <v>2046</v>
       </c>
       <c r="H584" t="s">
-        <v>1097</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
-        <v>2054</v>
+        <v>2048</v>
       </c>
       <c r="B585" t="s">
         <v>9</v>
       </c>
       <c r="C585" t="s">
-        <v>22</v>
+        <v>2049</v>
       </c>
       <c r="D585" t="s">
-        <v>2049</v>
+        <v>1254</v>
       </c>
       <c r="E585" t="s">
+        <v>1255</v>
+      </c>
+      <c r="F585" t="s">
+        <v>18</v>
+      </c>
+      <c r="G585" s="1" t="s">
         <v>2050</v>
       </c>
-      <c r="F585" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H585" t="s">
-        <v>958</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
-        <v>2056</v>
+        <v>2052</v>
       </c>
       <c r="B586" t="s">
         <v>9</v>
       </c>
       <c r="C586" t="s">
-        <v>27</v>
+        <v>2053</v>
       </c>
       <c r="D586" t="s">
-        <v>2049</v>
+        <v>1254</v>
       </c>
       <c r="E586" t="s">
-        <v>2050</v>
+        <v>1255</v>
       </c>
       <c r="F586" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="G586" s="1" t="s">
-        <v>2057</v>
+        <v>2054</v>
       </c>
       <c r="H586" t="s">
-        <v>2058</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
-        <v>2059</v>
+        <v>2056</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
-        <v>31</v>
+        <v>2057</v>
       </c>
       <c r="D587" t="s">
-        <v>2049</v>
+        <v>1254</v>
       </c>
       <c r="E587" t="s">
-        <v>2050</v>
+        <v>1255</v>
       </c>
       <c r="F587" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>2060</v>
+        <v>2058</v>
       </c>
       <c r="H587" t="s">
-        <v>2044</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
+        <v>2059</v>
+      </c>
+      <c r="B588" t="s">
+        <v>9</v>
+      </c>
+      <c r="C588" t="s">
+        <v>2060</v>
+      </c>
+      <c r="D588" t="s">
+        <v>1254</v>
+      </c>
+      <c r="E588" t="s">
+        <v>1255</v>
+      </c>
+      <c r="F588" t="s">
+        <v>23</v>
+      </c>
+      <c r="G588" s="1" t="s">
         <v>2061</v>
       </c>
-      <c r="B588" t="s">
-[...14 lines deleted...]
-      <c r="G588" s="1" t="s">
+      <c r="H588" t="s">
         <v>2062</v>
-      </c>
-[...1 lines deleted...]
-        <v>1142</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
         <v>2063</v>
       </c>
       <c r="B589" t="s">
         <v>9</v>
       </c>
       <c r="C589" t="s">
-        <v>39</v>
+        <v>2064</v>
       </c>
       <c r="D589" t="s">
-        <v>2049</v>
+        <v>1254</v>
       </c>
       <c r="E589" t="s">
-        <v>2050</v>
+        <v>1255</v>
       </c>
       <c r="F589" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>2064</v>
+        <v>2065</v>
       </c>
       <c r="H589" t="s">
-        <v>1058</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
-        <v>2065</v>
+        <v>2067</v>
       </c>
       <c r="B590" t="s">
         <v>9</v>
       </c>
       <c r="C590" t="s">
-        <v>10</v>
+        <v>2068</v>
       </c>
       <c r="D590" t="s">
-        <v>2066</v>
+        <v>1254</v>
       </c>
       <c r="E590" t="s">
-        <v>2067</v>
+        <v>1255</v>
       </c>
       <c r="F590" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>73</v>
+        <v>2069</v>
       </c>
       <c r="H590" t="s">
-        <v>2068</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
-        <v>2069</v>
+        <v>2071</v>
       </c>
       <c r="B591" t="s">
         <v>9</v>
       </c>
       <c r="C591" t="s">
-        <v>17</v>
+        <v>2072</v>
       </c>
       <c r="D591" t="s">
-        <v>2066</v>
+        <v>1254</v>
       </c>
       <c r="E591" t="s">
-        <v>2067</v>
+        <v>1255</v>
       </c>
       <c r="F591" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>73</v>
+        <v>2073</v>
       </c>
       <c r="H591" t="s">
-        <v>2070</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
-        <v>2071</v>
+        <v>2075</v>
       </c>
       <c r="B592" t="s">
         <v>9</v>
       </c>
       <c r="C592" t="s">
-        <v>22</v>
+        <v>2076</v>
       </c>
       <c r="D592" t="s">
-        <v>2066</v>
+        <v>1254</v>
       </c>
       <c r="E592" t="s">
-        <v>2067</v>
+        <v>1255</v>
       </c>
       <c r="F592" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>73</v>
+        <v>2077</v>
       </c>
       <c r="H592" t="s">
-        <v>2072</v>
+        <v>2078</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
-        <v>2073</v>
+        <v>2079</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
-        <v>27</v>
+        <v>2080</v>
       </c>
       <c r="D593" t="s">
-        <v>2066</v>
+        <v>1254</v>
       </c>
       <c r="E593" t="s">
-        <v>2067</v>
+        <v>1255</v>
       </c>
       <c r="F593" t="s">
-        <v>23</v>
+        <v>181</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>73</v>
+        <v>2081</v>
       </c>
       <c r="H593" t="s">
-        <v>2074</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
-        <v>2075</v>
+        <v>2083</v>
       </c>
       <c r="B594" t="s">
         <v>9</v>
       </c>
       <c r="C594" t="s">
-        <v>31</v>
+        <v>2084</v>
       </c>
       <c r="D594" t="s">
-        <v>2066</v>
+        <v>1254</v>
       </c>
       <c r="E594" t="s">
-        <v>2067</v>
+        <v>1255</v>
       </c>
       <c r="F594" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>73</v>
+        <v>2085</v>
       </c>
       <c r="H594" t="s">
-        <v>2076</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
-        <v>2077</v>
+        <v>2087</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
       <c r="C595" t="s">
-        <v>35</v>
+        <v>2088</v>
       </c>
       <c r="D595" t="s">
-        <v>2066</v>
+        <v>1254</v>
       </c>
       <c r="E595" t="s">
-        <v>2067</v>
+        <v>1255</v>
       </c>
       <c r="F595" t="s">
-        <v>23</v>
+        <v>202</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>73</v>
+        <v>2089</v>
       </c>
       <c r="H595" t="s">
-        <v>2078</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
-        <v>2079</v>
+        <v>2091</v>
       </c>
       <c r="B596" t="s">
         <v>9</v>
       </c>
       <c r="C596" t="s">
-        <v>39</v>
+        <v>2092</v>
       </c>
       <c r="D596" t="s">
-        <v>2066</v>
+        <v>1254</v>
       </c>
       <c r="E596" t="s">
-        <v>2067</v>
+        <v>1255</v>
       </c>
       <c r="F596" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>73</v>
+        <v>2093</v>
       </c>
       <c r="H596" t="s">
-        <v>2080</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
-        <v>2081</v>
+        <v>2095</v>
       </c>
       <c r="B597" t="s">
         <v>9</v>
       </c>
       <c r="C597" t="s">
-        <v>43</v>
+        <v>2096</v>
       </c>
       <c r="D597" t="s">
-        <v>2066</v>
+        <v>1254</v>
       </c>
       <c r="E597" t="s">
-        <v>2067</v>
+        <v>1255</v>
       </c>
       <c r="F597" t="s">
-        <v>23</v>
+        <v>181</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>73</v>
+        <v>2097</v>
       </c>
       <c r="H597" t="s">
-        <v>2082</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
-        <v>2083</v>
+        <v>2099</v>
       </c>
       <c r="B598" t="s">
         <v>9</v>
       </c>
       <c r="C598" t="s">
-        <v>48</v>
+        <v>2100</v>
       </c>
       <c r="D598" t="s">
-        <v>2066</v>
+        <v>1254</v>
       </c>
       <c r="E598" t="s">
-        <v>2067</v>
+        <v>1255</v>
       </c>
       <c r="F598" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>73</v>
+        <v>2101</v>
       </c>
       <c r="H598" t="s">
-        <v>2084</v>
+        <v>2102</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
-        <v>2085</v>
+        <v>2103</v>
       </c>
       <c r="B599" t="s">
         <v>9</v>
       </c>
       <c r="C599" t="s">
-        <v>52</v>
+        <v>2104</v>
       </c>
       <c r="D599" t="s">
-        <v>2066</v>
+        <v>1254</v>
       </c>
       <c r="E599" t="s">
-        <v>2067</v>
+        <v>1255</v>
       </c>
       <c r="F599" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>73</v>
+        <v>2105</v>
       </c>
       <c r="H599" t="s">
-        <v>2086</v>
+        <v>2106</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
-        <v>2087</v>
+        <v>2107</v>
       </c>
       <c r="B600" t="s">
         <v>9</v>
       </c>
       <c r="C600" t="s">
-        <v>57</v>
+        <v>2108</v>
       </c>
       <c r="D600" t="s">
-        <v>2066</v>
+        <v>1254</v>
       </c>
       <c r="E600" t="s">
-        <v>2067</v>
+        <v>1255</v>
       </c>
       <c r="F600" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="G600" s="1" t="s">
-        <v>73</v>
+        <v>2109</v>
       </c>
       <c r="H600" t="s">
-        <v>2088</v>
+        <v>2110</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
-        <v>2089</v>
+        <v>2111</v>
       </c>
       <c r="B601" t="s">
         <v>9</v>
       </c>
       <c r="C601" t="s">
-        <v>61</v>
+        <v>2112</v>
       </c>
       <c r="D601" t="s">
-        <v>2066</v>
+        <v>1254</v>
       </c>
       <c r="E601" t="s">
-        <v>2067</v>
+        <v>1255</v>
       </c>
       <c r="F601" t="s">
-        <v>23</v>
+        <v>119</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>73</v>
+        <v>2113</v>
       </c>
       <c r="H601" t="s">
-        <v>2090</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
-        <v>2091</v>
+        <v>2115</v>
       </c>
       <c r="B602" t="s">
         <v>9</v>
       </c>
       <c r="C602" t="s">
-        <v>65</v>
+        <v>2116</v>
       </c>
       <c r="D602" t="s">
-        <v>2066</v>
+        <v>1254</v>
       </c>
       <c r="E602" t="s">
-        <v>2067</v>
+        <v>1255</v>
       </c>
       <c r="F602" t="s">
+        <v>44</v>
+      </c>
+      <c r="G602" s="1" t="s">
+        <v>2117</v>
+      </c>
+      <c r="H602" t="s">
+        <v>2118</v>
+      </c>
+    </row>
+    <row r="603" spans="1:8">
+      <c r="A603" t="s">
+        <v>2119</v>
+      </c>
+      <c r="B603" t="s">
+        <v>9</v>
+      </c>
+      <c r="C603" t="s">
+        <v>2120</v>
+      </c>
+      <c r="D603" t="s">
+        <v>1254</v>
+      </c>
+      <c r="E603" t="s">
+        <v>1255</v>
+      </c>
+      <c r="F603" t="s">
+        <v>53</v>
+      </c>
+      <c r="G603" s="1" t="s">
+        <v>2121</v>
+      </c>
+      <c r="H603" t="s">
+        <v>2122</v>
+      </c>
+    </row>
+    <row r="604" spans="1:8">
+      <c r="A604" t="s">
+        <v>2123</v>
+      </c>
+      <c r="B604" t="s">
+        <v>9</v>
+      </c>
+      <c r="C604" t="s">
+        <v>2124</v>
+      </c>
+      <c r="D604" t="s">
+        <v>1254</v>
+      </c>
+      <c r="E604" t="s">
+        <v>1255</v>
+      </c>
+      <c r="F604" t="s">
+        <v>61</v>
+      </c>
+      <c r="G604" s="1" t="s">
+        <v>2125</v>
+      </c>
+      <c r="H604" t="s">
+        <v>2126</v>
+      </c>
+    </row>
+    <row r="605" spans="1:8">
+      <c r="A605" t="s">
+        <v>2127</v>
+      </c>
+      <c r="B605" t="s">
+        <v>9</v>
+      </c>
+      <c r="C605" t="s">
+        <v>2128</v>
+      </c>
+      <c r="D605" t="s">
+        <v>1254</v>
+      </c>
+      <c r="E605" t="s">
+        <v>1255</v>
+      </c>
+      <c r="F605" t="s">
+        <v>49</v>
+      </c>
+      <c r="G605" s="1" t="s">
+        <v>2129</v>
+      </c>
+      <c r="H605" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="606" spans="1:8">
+      <c r="A606" t="s">
+        <v>2131</v>
+      </c>
+      <c r="B606" t="s">
+        <v>9</v>
+      </c>
+      <c r="C606" t="s">
+        <v>10</v>
+      </c>
+      <c r="D606" t="s">
+        <v>2132</v>
+      </c>
+      <c r="E606" t="s">
+        <v>2133</v>
+      </c>
+      <c r="F606" t="s">
+        <v>49</v>
+      </c>
+      <c r="G606" s="1" t="s">
+        <v>2134</v>
+      </c>
+      <c r="H606" t="s">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="607" spans="1:8">
+      <c r="A607" t="s">
+        <v>2135</v>
+      </c>
+      <c r="B607" t="s">
+        <v>9</v>
+      </c>
+      <c r="C607" t="s">
+        <v>17</v>
+      </c>
+      <c r="D607" t="s">
+        <v>2132</v>
+      </c>
+      <c r="E607" t="s">
+        <v>2133</v>
+      </c>
+      <c r="F607" t="s">
+        <v>49</v>
+      </c>
+      <c r="G607" s="1" t="s">
+        <v>2136</v>
+      </c>
+      <c r="H607" t="s">
+        <v>2137</v>
+      </c>
+    </row>
+    <row r="608" spans="1:8">
+      <c r="A608" t="s">
+        <v>2138</v>
+      </c>
+      <c r="B608" t="s">
+        <v>9</v>
+      </c>
+      <c r="C608" t="s">
+        <v>22</v>
+      </c>
+      <c r="D608" t="s">
+        <v>2132</v>
+      </c>
+      <c r="E608" t="s">
+        <v>2133</v>
+      </c>
+      <c r="F608" t="s">
         <v>23</v>
       </c>
-      <c r="G602" s="1" t="s">
-[...3 lines deleted...]
-        <v>2092</v>
+      <c r="G608" s="1" t="s">
+        <v>2139</v>
+      </c>
+      <c r="H608" t="s">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="609" spans="1:8">
+      <c r="A609" t="s">
+        <v>2140</v>
+      </c>
+      <c r="B609" t="s">
+        <v>9</v>
+      </c>
+      <c r="C609" t="s">
+        <v>27</v>
+      </c>
+      <c r="D609" t="s">
+        <v>2132</v>
+      </c>
+      <c r="E609" t="s">
+        <v>2133</v>
+      </c>
+      <c r="F609" t="s">
+        <v>23</v>
+      </c>
+      <c r="G609" s="1" t="s">
+        <v>2141</v>
+      </c>
+      <c r="H609" t="s">
+        <v>2142</v>
+      </c>
+    </row>
+    <row r="610" spans="1:8">
+      <c r="A610" t="s">
+        <v>2143</v>
+      </c>
+      <c r="B610" t="s">
+        <v>9</v>
+      </c>
+      <c r="C610" t="s">
+        <v>31</v>
+      </c>
+      <c r="D610" t="s">
+        <v>2132</v>
+      </c>
+      <c r="E610" t="s">
+        <v>2133</v>
+      </c>
+      <c r="F610" t="s">
+        <v>23</v>
+      </c>
+      <c r="G610" s="1" t="s">
+        <v>2144</v>
+      </c>
+      <c r="H610" t="s">
+        <v>2145</v>
+      </c>
+    </row>
+    <row r="611" spans="1:8">
+      <c r="A611" t="s">
+        <v>2146</v>
+      </c>
+      <c r="B611" t="s">
+        <v>9</v>
+      </c>
+      <c r="C611" t="s">
+        <v>10</v>
+      </c>
+      <c r="D611" t="s">
+        <v>2147</v>
+      </c>
+      <c r="E611" t="s">
+        <v>2148</v>
+      </c>
+      <c r="F611" t="s">
+        <v>13</v>
+      </c>
+      <c r="G611" s="1" t="s">
+        <v>2149</v>
+      </c>
+      <c r="H611" t="s">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="612" spans="1:8">
+      <c r="A612" t="s">
+        <v>2150</v>
+      </c>
+      <c r="B612" t="s">
+        <v>9</v>
+      </c>
+      <c r="C612" t="s">
+        <v>17</v>
+      </c>
+      <c r="D612" t="s">
+        <v>2147</v>
+      </c>
+      <c r="E612" t="s">
+        <v>2148</v>
+      </c>
+      <c r="F612" t="s">
+        <v>13</v>
+      </c>
+      <c r="G612" s="1" t="s">
+        <v>2151</v>
+      </c>
+      <c r="H612" t="s">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="613" spans="1:8">
+      <c r="A613" t="s">
+        <v>2152</v>
+      </c>
+      <c r="B613" t="s">
+        <v>9</v>
+      </c>
+      <c r="C613" t="s">
+        <v>22</v>
+      </c>
+      <c r="D613" t="s">
+        <v>2147</v>
+      </c>
+      <c r="E613" t="s">
+        <v>2148</v>
+      </c>
+      <c r="F613" t="s">
+        <v>13</v>
+      </c>
+      <c r="G613" s="1" t="s">
+        <v>2153</v>
+      </c>
+      <c r="H613" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="614" spans="1:8">
+      <c r="A614" t="s">
+        <v>2154</v>
+      </c>
+      <c r="B614" t="s">
+        <v>9</v>
+      </c>
+      <c r="C614" t="s">
+        <v>27</v>
+      </c>
+      <c r="D614" t="s">
+        <v>2147</v>
+      </c>
+      <c r="E614" t="s">
+        <v>2148</v>
+      </c>
+      <c r="F614" t="s">
+        <v>13</v>
+      </c>
+      <c r="G614" s="1" t="s">
+        <v>2155</v>
+      </c>
+      <c r="H614" t="s">
+        <v>2156</v>
+      </c>
+    </row>
+    <row r="615" spans="1:8">
+      <c r="A615" t="s">
+        <v>2157</v>
+      </c>
+      <c r="B615" t="s">
+        <v>9</v>
+      </c>
+      <c r="C615" t="s">
+        <v>31</v>
+      </c>
+      <c r="D615" t="s">
+        <v>2147</v>
+      </c>
+      <c r="E615" t="s">
+        <v>2148</v>
+      </c>
+      <c r="F615" t="s">
+        <v>13</v>
+      </c>
+      <c r="G615" s="1" t="s">
+        <v>2158</v>
+      </c>
+      <c r="H615" t="s">
+        <v>2142</v>
+      </c>
+    </row>
+    <row r="616" spans="1:8">
+      <c r="A616" t="s">
+        <v>2159</v>
+      </c>
+      <c r="B616" t="s">
+        <v>9</v>
+      </c>
+      <c r="C616" t="s">
+        <v>35</v>
+      </c>
+      <c r="D616" t="s">
+        <v>2147</v>
+      </c>
+      <c r="E616" t="s">
+        <v>2148</v>
+      </c>
+      <c r="F616" t="s">
+        <v>13</v>
+      </c>
+      <c r="G616" s="1" t="s">
+        <v>2160</v>
+      </c>
+      <c r="H616" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="617" spans="1:8">
+      <c r="A617" t="s">
+        <v>2161</v>
+      </c>
+      <c r="B617" t="s">
+        <v>9</v>
+      </c>
+      <c r="C617" t="s">
+        <v>39</v>
+      </c>
+      <c r="D617" t="s">
+        <v>2147</v>
+      </c>
+      <c r="E617" t="s">
+        <v>2148</v>
+      </c>
+      <c r="F617" t="s">
+        <v>13</v>
+      </c>
+      <c r="G617" s="1" t="s">
+        <v>2162</v>
+      </c>
+      <c r="H617" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="618" spans="1:8">
+      <c r="A618" t="s">
+        <v>2163</v>
+      </c>
+      <c r="B618" t="s">
+        <v>9</v>
+      </c>
+      <c r="C618" t="s">
+        <v>43</v>
+      </c>
+      <c r="D618" t="s">
+        <v>2147</v>
+      </c>
+      <c r="E618" t="s">
+        <v>2148</v>
+      </c>
+      <c r="F618" t="s">
+        <v>13</v>
+      </c>
+      <c r="G618" s="1" t="s">
+        <v>2164</v>
+      </c>
+      <c r="H618" t="s">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="619" spans="1:8">
+      <c r="A619" t="s">
+        <v>2165</v>
+      </c>
+      <c r="B619" t="s">
+        <v>9</v>
+      </c>
+      <c r="C619" t="s">
+        <v>10</v>
+      </c>
+      <c r="D619" t="s">
+        <v>2166</v>
+      </c>
+      <c r="E619" t="s">
+        <v>2167</v>
+      </c>
+      <c r="F619" t="s">
+        <v>23</v>
+      </c>
+      <c r="G619" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H619" t="s">
+        <v>2168</v>
+      </c>
+    </row>
+    <row r="620" spans="1:8">
+      <c r="A620" t="s">
+        <v>2169</v>
+      </c>
+      <c r="B620" t="s">
+        <v>9</v>
+      </c>
+      <c r="C620" t="s">
+        <v>17</v>
+      </c>
+      <c r="D620" t="s">
+        <v>2166</v>
+      </c>
+      <c r="E620" t="s">
+        <v>2167</v>
+      </c>
+      <c r="F620" t="s">
+        <v>23</v>
+      </c>
+      <c r="G620" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H620" t="s">
+        <v>2170</v>
+      </c>
+    </row>
+    <row r="621" spans="1:8">
+      <c r="A621" t="s">
+        <v>2171</v>
+      </c>
+      <c r="B621" t="s">
+        <v>9</v>
+      </c>
+      <c r="C621" t="s">
+        <v>22</v>
+      </c>
+      <c r="D621" t="s">
+        <v>2166</v>
+      </c>
+      <c r="E621" t="s">
+        <v>2167</v>
+      </c>
+      <c r="F621" t="s">
+        <v>23</v>
+      </c>
+      <c r="G621" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H621" t="s">
+        <v>2172</v>
+      </c>
+    </row>
+    <row r="622" spans="1:8">
+      <c r="A622" t="s">
+        <v>2173</v>
+      </c>
+      <c r="B622" t="s">
+        <v>9</v>
+      </c>
+      <c r="C622" t="s">
+        <v>27</v>
+      </c>
+      <c r="D622" t="s">
+        <v>2166</v>
+      </c>
+      <c r="E622" t="s">
+        <v>2167</v>
+      </c>
+      <c r="F622" t="s">
+        <v>23</v>
+      </c>
+      <c r="G622" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H622" t="s">
+        <v>2174</v>
+      </c>
+    </row>
+    <row r="623" spans="1:8">
+      <c r="A623" t="s">
+        <v>2175</v>
+      </c>
+      <c r="B623" t="s">
+        <v>9</v>
+      </c>
+      <c r="C623" t="s">
+        <v>31</v>
+      </c>
+      <c r="D623" t="s">
+        <v>2166</v>
+      </c>
+      <c r="E623" t="s">
+        <v>2167</v>
+      </c>
+      <c r="F623" t="s">
+        <v>23</v>
+      </c>
+      <c r="G623" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H623" t="s">
+        <v>2176</v>
+      </c>
+    </row>
+    <row r="624" spans="1:8">
+      <c r="A624" t="s">
+        <v>2177</v>
+      </c>
+      <c r="B624" t="s">
+        <v>9</v>
+      </c>
+      <c r="C624" t="s">
+        <v>35</v>
+      </c>
+      <c r="D624" t="s">
+        <v>2166</v>
+      </c>
+      <c r="E624" t="s">
+        <v>2167</v>
+      </c>
+      <c r="F624" t="s">
+        <v>23</v>
+      </c>
+      <c r="G624" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H624" t="s">
+        <v>2178</v>
+      </c>
+    </row>
+    <row r="625" spans="1:8">
+      <c r="A625" t="s">
+        <v>2179</v>
+      </c>
+      <c r="B625" t="s">
+        <v>9</v>
+      </c>
+      <c r="C625" t="s">
+        <v>39</v>
+      </c>
+      <c r="D625" t="s">
+        <v>2166</v>
+      </c>
+      <c r="E625" t="s">
+        <v>2167</v>
+      </c>
+      <c r="F625" t="s">
+        <v>23</v>
+      </c>
+      <c r="G625" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H625" t="s">
+        <v>2180</v>
+      </c>
+    </row>
+    <row r="626" spans="1:8">
+      <c r="A626" t="s">
+        <v>2181</v>
+      </c>
+      <c r="B626" t="s">
+        <v>9</v>
+      </c>
+      <c r="C626" t="s">
+        <v>43</v>
+      </c>
+      <c r="D626" t="s">
+        <v>2166</v>
+      </c>
+      <c r="E626" t="s">
+        <v>2167</v>
+      </c>
+      <c r="F626" t="s">
+        <v>23</v>
+      </c>
+      <c r="G626" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H626" t="s">
+        <v>2182</v>
+      </c>
+    </row>
+    <row r="627" spans="1:8">
+      <c r="A627" t="s">
+        <v>2183</v>
+      </c>
+      <c r="B627" t="s">
+        <v>9</v>
+      </c>
+      <c r="C627" t="s">
+        <v>48</v>
+      </c>
+      <c r="D627" t="s">
+        <v>2166</v>
+      </c>
+      <c r="E627" t="s">
+        <v>2167</v>
+      </c>
+      <c r="F627" t="s">
+        <v>23</v>
+      </c>
+      <c r="G627" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H627" t="s">
+        <v>2184</v>
+      </c>
+    </row>
+    <row r="628" spans="1:8">
+      <c r="A628" t="s">
+        <v>2185</v>
+      </c>
+      <c r="B628" t="s">
+        <v>9</v>
+      </c>
+      <c r="C628" t="s">
+        <v>52</v>
+      </c>
+      <c r="D628" t="s">
+        <v>2166</v>
+      </c>
+      <c r="E628" t="s">
+        <v>2167</v>
+      </c>
+      <c r="F628" t="s">
+        <v>23</v>
+      </c>
+      <c r="G628" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H628" t="s">
+        <v>2186</v>
+      </c>
+    </row>
+    <row r="629" spans="1:8">
+      <c r="A629" t="s">
+        <v>2187</v>
+      </c>
+      <c r="B629" t="s">
+        <v>9</v>
+      </c>
+      <c r="C629" t="s">
+        <v>56</v>
+      </c>
+      <c r="D629" t="s">
+        <v>2166</v>
+      </c>
+      <c r="E629" t="s">
+        <v>2167</v>
+      </c>
+      <c r="F629" t="s">
+        <v>23</v>
+      </c>
+      <c r="G629" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H629" t="s">
+        <v>2188</v>
+      </c>
+    </row>
+    <row r="630" spans="1:8">
+      <c r="A630" t="s">
+        <v>2189</v>
+      </c>
+      <c r="B630" t="s">
+        <v>9</v>
+      </c>
+      <c r="C630" t="s">
+        <v>60</v>
+      </c>
+      <c r="D630" t="s">
+        <v>2166</v>
+      </c>
+      <c r="E630" t="s">
+        <v>2167</v>
+      </c>
+      <c r="F630" t="s">
+        <v>23</v>
+      </c>
+      <c r="G630" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H630" t="s">
+        <v>2190</v>
+      </c>
+    </row>
+    <row r="631" spans="1:8">
+      <c r="A631" t="s">
+        <v>2191</v>
+      </c>
+      <c r="B631" t="s">
+        <v>9</v>
+      </c>
+      <c r="C631" t="s">
+        <v>64</v>
+      </c>
+      <c r="D631" t="s">
+        <v>2166</v>
+      </c>
+      <c r="E631" t="s">
+        <v>2167</v>
+      </c>
+      <c r="F631" t="s">
+        <v>23</v>
+      </c>
+      <c r="G631" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H631" t="s">
+        <v>2192</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -22914,50 +23968,79 @@
     <hyperlink ref="G578" r:id="rId577"/>
     <hyperlink ref="G579" r:id="rId578"/>
     <hyperlink ref="G580" r:id="rId579"/>
     <hyperlink ref="G581" r:id="rId580"/>
     <hyperlink ref="G582" r:id="rId581"/>
     <hyperlink ref="G583" r:id="rId582"/>
     <hyperlink ref="G584" r:id="rId583"/>
     <hyperlink ref="G585" r:id="rId584"/>
     <hyperlink ref="G586" r:id="rId585"/>
     <hyperlink ref="G587" r:id="rId586"/>
     <hyperlink ref="G588" r:id="rId587"/>
     <hyperlink ref="G589" r:id="rId588"/>
     <hyperlink ref="G590" r:id="rId589"/>
     <hyperlink ref="G591" r:id="rId590"/>
     <hyperlink ref="G592" r:id="rId591"/>
     <hyperlink ref="G593" r:id="rId592"/>
     <hyperlink ref="G594" r:id="rId593"/>
     <hyperlink ref="G595" r:id="rId594"/>
     <hyperlink ref="G596" r:id="rId595"/>
     <hyperlink ref="G597" r:id="rId596"/>
     <hyperlink ref="G598" r:id="rId597"/>
     <hyperlink ref="G599" r:id="rId598"/>
     <hyperlink ref="G600" r:id="rId599"/>
     <hyperlink ref="G601" r:id="rId600"/>
     <hyperlink ref="G602" r:id="rId601"/>
+    <hyperlink ref="G603" r:id="rId602"/>
+    <hyperlink ref="G604" r:id="rId603"/>
+    <hyperlink ref="G605" r:id="rId604"/>
+    <hyperlink ref="G606" r:id="rId605"/>
+    <hyperlink ref="G607" r:id="rId606"/>
+    <hyperlink ref="G608" r:id="rId607"/>
+    <hyperlink ref="G609" r:id="rId608"/>
+    <hyperlink ref="G610" r:id="rId609"/>
+    <hyperlink ref="G611" r:id="rId610"/>
+    <hyperlink ref="G612" r:id="rId611"/>
+    <hyperlink ref="G613" r:id="rId612"/>
+    <hyperlink ref="G614" r:id="rId613"/>
+    <hyperlink ref="G615" r:id="rId614"/>
+    <hyperlink ref="G616" r:id="rId615"/>
+    <hyperlink ref="G617" r:id="rId616"/>
+    <hyperlink ref="G618" r:id="rId617"/>
+    <hyperlink ref="G619" r:id="rId618"/>
+    <hyperlink ref="G620" r:id="rId619"/>
+    <hyperlink ref="G621" r:id="rId620"/>
+    <hyperlink ref="G622" r:id="rId621"/>
+    <hyperlink ref="G623" r:id="rId622"/>
+    <hyperlink ref="G624" r:id="rId623"/>
+    <hyperlink ref="G625" r:id="rId624"/>
+    <hyperlink ref="G626" r:id="rId625"/>
+    <hyperlink ref="G627" r:id="rId626"/>
+    <hyperlink ref="G628" r:id="rId627"/>
+    <hyperlink ref="G629" r:id="rId628"/>
+    <hyperlink ref="G630" r:id="rId629"/>
+    <hyperlink ref="G631" r:id="rId630"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>