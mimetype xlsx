--- v0 (2026-01-13)
+++ v1 (2026-03-18)
@@ -54,2507 +54,2507 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3896</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Samuel de Oliveira Guimarães</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3896/indicacao_007_-_03-02-2014_samuel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3896/indicacao_007_-_03-02-2014_samuel.pdf</t>
   </si>
   <si>
     <t>Sem ementa.</t>
   </si>
   <si>
     <t>3897</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3897/indicacao_008_-_03-02-2014_samuel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3897/indicacao_008_-_03-02-2014_samuel.pdf</t>
   </si>
   <si>
     <t>3898</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/</t>
+    <t>http://sapl.piedade.sp.leg.br/media/</t>
   </si>
   <si>
     <t>3899</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3899/indicacao_010_-_03-02-2014_samuel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3899/indicacao_010_-_03-02-2014_samuel.pdf</t>
   </si>
   <si>
     <t>3900</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3900/indicacao_011_-_03-02-2014_samuel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3900/indicacao_011_-_03-02-2014_samuel.pdf</t>
   </si>
   <si>
     <t>Sem ementa</t>
   </si>
   <si>
     <t>3901</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3901/indicacao_012_-_03-02-2014_samuel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3901/indicacao_012_-_03-02-2014_samuel.pdf</t>
   </si>
   <si>
     <t>3902</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3902/indicacao_013_-_03-02-2014_samuel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3902/indicacao_013_-_03-02-2014_samuel.pdf</t>
   </si>
   <si>
     <t>3903</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3903/indicacao_014_-_03-02-2014_samuel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3903/indicacao_014_-_03-02-2014_samuel.pdf</t>
   </si>
   <si>
     <t>3904</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Nelson P. de Oliveira (Camarão)</t>
   </si>
   <si>
     <t>3905</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Adilsom Castanho</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3905/indicacao_013_-_03-02-2014_samuel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3905/indicacao_013_-_03-02-2014_samuel.pdf</t>
   </si>
   <si>
     <t>3906</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3906/indicacao_017_-_03-02-2014_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3906/indicacao_017_-_03-02-2014_adilson.pdf</t>
   </si>
   <si>
     <t>3907</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3907/indicacao_025_-_24-02-2014_nelson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3907/indicacao_025_-_24-02-2014_nelson.pdf</t>
   </si>
   <si>
     <t>3908</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3908/indicacao_026_-_24-02-2014_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3908/indicacao_026_-_24-02-2014_adilson.pdf</t>
   </si>
   <si>
     <t>Reparo da pavimentação na Rua Alan Kardec, bairro Vila Olinda.</t>
   </si>
   <si>
     <t>3909</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3909/indicacao_027_-_24-02-2014_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3909/indicacao_027_-_24-02-2014_adilson.pdf</t>
   </si>
   <si>
     <t>Passar máquina e cascalhar a Travessa da rua Maria Sateriana na Vila Maria.</t>
   </si>
   <si>
     <t>3910</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3910/indicacao_039_-_17-03-2014_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3910/indicacao_039_-_17-03-2014_adilson.pdf</t>
   </si>
   <si>
     <t>Disponibilizar iluminação pública na Rua Maria das Dores Leite Alves, Bairro do Butuca.</t>
   </si>
   <si>
     <t>3925</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3925/indicacao_040_-_17-03-2014_nelson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3925/indicacao_040_-_17-03-2014_nelson.pdf</t>
   </si>
   <si>
     <t>Instalação de um ponto ônibus nas proximidades do PFC.</t>
   </si>
   <si>
     <t>3926</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3926/indicacao_044_-_24-03-2014_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3926/indicacao_044_-_24-03-2014_adilson.pdf</t>
   </si>
   <si>
     <t>Passar máquina e cascalhar a estrada do Bairro Ribeirão Grande, nas proximidades da propriedade do Sr. Laércio Hopper.</t>
   </si>
   <si>
     <t>3927</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3927/indicacao_062_-_07-04-2014_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3927/indicacao_062_-_07-04-2014_adilson.pdf</t>
   </si>
   <si>
     <t>Construção de uma faixa em elevação nas proximidades do nº 46 da Rua Capitão Moraes.</t>
   </si>
   <si>
     <t>3928</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3928/indicacao_063_-_07-04-2014_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3928/indicacao_063_-_07-04-2014_adilson.pdf</t>
   </si>
   <si>
     <t>Realizar reformas na creche Hilda Nogueira Gimenez.</t>
   </si>
   <si>
     <t>3929</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3929/indicacao_064_-_07-04-2014_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3929/indicacao_064_-_07-04-2014_adilson.pdf</t>
   </si>
   <si>
     <t>Instalação de duas lombadas no Bairro dos Leites.</t>
   </si>
   <si>
     <t>3930</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3930/indicacao_069_-_14-04-2014_nelson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3930/indicacao_069_-_14-04-2014_nelson.pdf</t>
   </si>
   <si>
     <t>Disponibilizar um contêiner na estrada da Minabella.</t>
   </si>
   <si>
     <t>3931</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3931/indicacao_070_-_14-04-2014_nelson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3931/indicacao_070_-_14-04-2014_nelson.pdf</t>
   </si>
   <si>
     <t>Instalação de uma linha de tubos ao lado da Igreja Cristã do Brasil, bairro do Ciriaco.</t>
   </si>
   <si>
     <t>3932</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>Geraldo Pinto de Camargo Filho</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3932/indicacao_073_-_28-04-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3932/indicacao_073_-_28-04-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Providenciar melhorias nas estradas do Caetezal.</t>
   </si>
   <si>
     <t>3933</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3933/indicacao_074_-_28-04-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3933/indicacao_074_-_28-04-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Realizar manutenção nas estradas do Bairro do Douradinho.</t>
   </si>
   <si>
     <t>3934</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Heldo Sertori</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3934/indicacao_082_-_05-05-2014_heldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3934/indicacao_082_-_05-05-2014_heldo.pdf</t>
   </si>
   <si>
     <t>Fazer uma “boca de lobo” na Rua Benedito Amâncio Vieira.</t>
   </si>
   <si>
     <t>3935</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3935/indicacao_083_-_05-05-2014_heldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3935/indicacao_083_-_05-05-2014_heldo.pdf</t>
   </si>
   <si>
     <t>Realizar manutenção na estrada do Servidão, Bairro dos Ortizes.</t>
   </si>
   <si>
     <t>3936</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3936/indicacao_091_-_26-05-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3936/indicacao_091_-_26-05-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Providenciar manutenção nas ruas de terra das estradas do Bairro dos Garcias.</t>
   </si>
   <si>
     <t>3937</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3937/indicacao_092_-_26-05-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3937/indicacao_092_-_26-05-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Readequação de contêineres e coleta de lixo no Bairro dos Garcias.</t>
   </si>
   <si>
     <t>3938</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3938/indicacao_093_-_26-05-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3938/indicacao_093_-_26-05-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita manutenção nas estradas no Bairro do Juruparazinho.</t>
   </si>
   <si>
     <t>3939</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3939/indicacao_094_-_26-05-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3939/indicacao_094_-_26-05-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita readequação da sinalização viária e instalação de lombada, nos locais que especifica.</t>
   </si>
   <si>
     <t>3940</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>Cláudio Eduardo Silva Nadaleto</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3940/indicacao_097_-_26-05-2014_claudio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3940/indicacao_097_-_26-05-2014_claudio.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de sete tubos de 50” no Bairro dos Ortizes.</t>
   </si>
   <si>
     <t>3941</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>Paulino Florêncio Pinto</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3941/indicacao_098_-_02-06-2014_paulino.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3941/indicacao_098_-_02-06-2014_paulino.pdf</t>
   </si>
   <si>
     <t>Disponibilizar um semáforo na bifurcação da Rua Capitão Moraes.</t>
   </si>
   <si>
     <t>3942</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3942/indicacao_100_-_09-06-2014_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3942/indicacao_100_-_09-06-2014_adilson.pdf</t>
   </si>
   <si>
     <t>Manutenção da linha de tubos existente na estrada de acesso ao bar do Sr. José Fernandes de Matos, Bairro do Piratuba.</t>
   </si>
   <si>
     <t>3943</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3943/indicacao_102_-_09-06-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3943/indicacao_102_-_09-06-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Realizar limpeza na calçada da Rua Francisco A. Soares.</t>
   </si>
   <si>
     <t>3944</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3944/indicacao_103_-_09-06-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3944/indicacao_103_-_09-06-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Realizar limpeza de vegetação e poda de árvores nas calçadas da Rua João Gonçalves, Bairro dos Moreiras.</t>
   </si>
   <si>
     <t>3946</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3946/indicacao_107_-_16-06-2014_nelson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3946/indicacao_107_-_16-06-2014_nelson.pdf</t>
   </si>
   <si>
     <t>Solicita providências ao Ditracopi sobre a rotatória existente nas proximidades da Praça da Bandeira.</t>
   </si>
   <si>
     <t>3948</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3948/indicacao_110_-_23-06-2014_claudio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3948/indicacao_110_-_23-06-2014_claudio.pdf</t>
   </si>
   <si>
     <t>3949</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3949/indicacao_119_-_07-07-2014_nelson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3949/indicacao_119_-_07-07-2014_nelson.pdf</t>
   </si>
   <si>
     <t>Solicita a retirada, com urgência, de poste em frente a Casa de Carnes RM, na Rua Araújo Leite.</t>
   </si>
   <si>
     <t>3950</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3950/indicacao_120_-_07-07-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3950/indicacao_120_-_07-07-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Instalação de uma lombada na Rua Roldão Pinto de Moraes, Vila Maria.</t>
   </si>
   <si>
     <t>3951</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3951/indicacao_121_-_07-07-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3951/indicacao_121_-_07-07-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Realizar limpeza em área pública, próxima ao mercado da “Cema” e no prédio desativado da antiga escola municipal.</t>
   </si>
   <si>
     <t>3952</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>Realizar limpeza em dois bueiros no Bairro dos Leites.</t>
   </si>
   <si>
     <t>3953</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3953/indicacao_125_-_04-08-2014_nelson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3953/indicacao_125_-_04-08-2014_nelson.pdf</t>
   </si>
   <si>
     <t>Realizar elevação dos muros que cercam o Cemitério Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>3954</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3954/indicacao_126_-_04-08-2014_samuel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3954/indicacao_126_-_04-08-2014_samuel.pdf</t>
   </si>
   <si>
     <t>Reparo na estrada que dá acesso do Bairro dos Buenos ao Bairro do Funil.</t>
   </si>
   <si>
     <t>3955</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3955/indicacao_127_-_04-08-2014_samuel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3955/indicacao_127_-_04-08-2014_samuel.pdf</t>
   </si>
   <si>
     <t>Disponibilizar um contêiner nas proximidades das residências dos Srs. Mauro Bueno e “Zé Baiano".</t>
   </si>
   <si>
     <t>3956</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3956/indicacao_128_-_04-08-2014_samuel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3956/indicacao_128_-_04-08-2014_samuel.pdf</t>
   </si>
   <si>
     <t>Rebaixar a entrada das residências do Sr. Ezequiel e filhos, no Bairro dos Oliveiras.</t>
   </si>
   <si>
     <t>3957</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3957/indicacao_129_-_04-08-2014_samuel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3957/indicacao_129_-_04-08-2014_samuel.pdf</t>
   </si>
   <si>
     <t>Colocar uma luminária na altura do nº 449, da Avenida Jacob Hess.</t>
   </si>
   <si>
     <t>3958</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3958/indicacao_130_-_04-08-2014_samuel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3958/indicacao_130_-_04-08-2014_samuel.pdf</t>
   </si>
   <si>
     <t>Colocação de tubos e luminária em frente ao mercado Pão de Mel.</t>
   </si>
   <si>
     <t>3959</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3959/indicacao_131_-_04-08-2014_samuel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3959/indicacao_131_-_04-08-2014_samuel.pdf</t>
   </si>
   <si>
     <t>Realizar melhorias nas estradas de acesso ao loteamento “Alpes de Piedade”.</t>
   </si>
   <si>
     <t>3960</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3960/indicacao_132_-_04-08-2014_samuel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3960/indicacao_132_-_04-08-2014_samuel.pdf</t>
   </si>
   <si>
     <t>Manutenção na estrada de acesso ao Bairro do Ribeirão Bonito.</t>
   </si>
   <si>
     <t>3961</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>Vagner Satoru Momoshima</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3961/indicacao_133_-_04-08-2014_vagner.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3961/indicacao_133_-_04-08-2014_vagner.pdf</t>
   </si>
   <si>
     <t>Construir uma lombada entre as Ruas Francisco Xavier Gimenez (Vila Xavier) e Rua das Margaridas (Bairro dos Cotianos).</t>
   </si>
   <si>
     <t>3962</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3962/indicacao_134_-_04-08-2014_claudio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3962/indicacao_134_-_04-08-2014_claudio.pdf</t>
   </si>
   <si>
     <t>3963</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>Alexandre Mauro Freire Gomes</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3963/indicacao_136_-_11-08-2014_alexandre.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3963/indicacao_136_-_11-08-2014_alexandre.pdf</t>
   </si>
   <si>
     <t>3964</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3964/indicacao_137_-_11-08-2014_alexandre.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3964/indicacao_137_-_11-08-2014_alexandre.pdf</t>
   </si>
   <si>
     <t>Disponibilizar lombada, sinalização e recuo para parada de ônibus na estrada dos Garcias.</t>
   </si>
   <si>
     <t>3965</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3965/indicacao_138_-_18-08-2014_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3965/indicacao_138_-_18-08-2014_adilson.pdf</t>
   </si>
   <si>
     <t>Instalação de um redutor de velocidade na Estrada Vicinal Carolina Paes Granjeiro.</t>
   </si>
   <si>
     <t>3966</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3966/indicacao_139_-_18-08-2014_claudio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3966/indicacao_139_-_18-08-2014_claudio.pdf</t>
   </si>
   <si>
     <t>Indica o reparo da estrada PDD 070 no Bairro do Funil.</t>
   </si>
   <si>
     <t>3967</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3967/indicacao_140_-_18-08-2014_claudio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3967/indicacao_140_-_18-08-2014_claudio.pdf</t>
   </si>
   <si>
     <t>Indica o cascalhamento de estradas no Bairro dos Ortizes.</t>
   </si>
   <si>
     <t>3968</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>Adilsom Castanho, Paulino Florêncio Pinto</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3968/indicacao_143_-_25-08-2014_adilson-paulino.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3968/indicacao_143_-_25-08-2014_adilson-paulino.pdf</t>
   </si>
   <si>
     <t>Construir uma lombada na estrada “Ex-Municipal”, nas proximidades da residência do Sr. Pedro Sebastião Ferreira, Bairro Jurupará.</t>
   </si>
   <si>
     <t>3969</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3969/indicacao_144_-_25-08-2014_adilson-paulino.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3969/indicacao_144_-_25-08-2014_adilson-paulino.pdf</t>
   </si>
   <si>
     <t>Realizar a limpeza de guias e abertura de bueiros na Estrada “Ex-Municipal”, Bairro Jurupará.</t>
   </si>
   <si>
     <t>3970</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3970/indicacao_145_-_25-08-2014_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3970/indicacao_145_-_25-08-2014_adilson.pdf</t>
   </si>
   <si>
     <t>Cascalhar a estrada nas proximidades da roça do Sr. Amarildo, Bairro do Paruru.</t>
   </si>
   <si>
     <t>3971</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3971/indicacao_147_-_25-08-2014_nelson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3971/indicacao_147_-_25-08-2014_nelson.pdf</t>
   </si>
   <si>
     <t>Notificar proprietário de terreno localizado na Rua Petrolândia, Parque da Torre, no sentido de realizar manutenção de calçada.</t>
   </si>
   <si>
     <t>3972</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3972/indicacao_148_-_25-08-2014_samuel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3972/indicacao_148_-_25-08-2014_samuel.pdf</t>
   </si>
   <si>
     <t>Passar máquina e cascalhar a estrada que liga o Bairro dos Buenos até a divisa da Fazendinha.</t>
   </si>
   <si>
     <t>3973</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3973/indicacao_151_-_01-09-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3973/indicacao_151_-_01-09-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Instalação de iluminação pública no final da Rua Francisco Antonio Leite, no Jardim Secol.</t>
   </si>
   <si>
     <t>3974</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3974/indicacao_153_-_01-09-2014_claudio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3974/indicacao_153_-_01-09-2014_claudio.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de tubos de 0,80m e cascalhamento de estrada no Bairro do Vargedo.</t>
   </si>
   <si>
     <t>3975</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3975/indicacao_154_-_01-09-2014_claudio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3975/indicacao_154_-_01-09-2014_claudio.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de tubos de 0,30m em alguns pontos críticos da estrada PDD 266.</t>
   </si>
   <si>
     <t>3976</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>Ovídio José da Silva</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3976/indicacao_155_-_01-09-2014_ovidio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3976/indicacao_155_-_01-09-2014_ovidio.pdf</t>
   </si>
   <si>
     <t>Colocar seis tubos médios em frente a residência da Sra. Regina, Bairro Sarapuí dos Luz.</t>
   </si>
   <si>
     <t>3977</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3977/indicacao_156_-_01-09-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3977/indicacao_156_-_01-09-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita melhorias na Rua Boleslavas Juskevicius, Bairro Paulas e Mendes.</t>
   </si>
   <si>
     <t>3978</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3978/indicacao_157_-_01-09-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3978/indicacao_157_-_01-09-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita manutenção em ruas do Bairro dos Garcias.</t>
   </si>
   <si>
     <t>3979</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3979/indicacao_158_-_01-09-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3979/indicacao_158_-_01-09-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Realizar a recuperação da Rua 12, Bairro dos Moreiras.</t>
   </si>
   <si>
     <t>3980</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3980/indicacao_159_-_08-09-2014_ovidio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3980/indicacao_159_-_08-09-2014_ovidio.pdf</t>
   </si>
   <si>
     <t>Disponibilizar nove tubos médios para trecho próximo ao Bar do Ovídio, Bairro Sarapuí dos Torres.</t>
   </si>
   <si>
     <t>3981</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3981/indicacao_160_-_08-09-2014_claudio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3981/indicacao_160_-_08-09-2014_claudio.pdf</t>
   </si>
   <si>
     <t>3982</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3982/indicacao_163_-_22-09-2014_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3982/indicacao_163_-_22-09-2014_adilson.pdf</t>
   </si>
   <si>
     <t>Realizar manutenção no asfalto da Rua Abílio Américo, Vila Olinda.</t>
   </si>
   <si>
     <t>3983</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3983/indicacao_164_-_22-09-2014_paulino.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3983/indicacao_164_-_22-09-2014_paulino.pdf</t>
   </si>
   <si>
     <t>Passar máquina e cascalhar as ruas da Vila Moraes.</t>
   </si>
   <si>
     <t>3984</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>3985</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>Gilberto José de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3985/indicacao_169_-_13-10-2014_gilberto.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3985/indicacao_169_-_13-10-2014_gilberto.pdf</t>
   </si>
   <si>
     <t>Instalação de lombada na Rua Benjamin da Silveira Baldy, nas proximidades da Ecil.</t>
   </si>
   <si>
     <t>3986</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3986/indicacao_170_-_13-10-2014_vagner.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3986/indicacao_170_-_13-10-2014_vagner.pdf</t>
   </si>
   <si>
     <t>Instalação de lombada na Avenida Eunice Rosa Godinho, Jardim São Bartolomeu.</t>
   </si>
   <si>
     <t>3987</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3987/indicacao_171_-_13-10-2014_vagner.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3987/indicacao_171_-_13-10-2014_vagner.pdf</t>
   </si>
   <si>
     <t>Elaboração de Projeto de Lei propondo incentivos à prática de exercício físicos e ao entretenimento.</t>
   </si>
   <si>
     <t>3988</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3988/indicacao_172_-_20-10-2014_alexandre.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3988/indicacao_172_-_20-10-2014_alexandre.pdf</t>
   </si>
   <si>
     <t>3989</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3989/indicacao_173_-_03-11-2014_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3989/indicacao_173_-_03-11-2014_adilson.pdf</t>
   </si>
   <si>
     <t>Realizar limpeza na rede de águas fluviais da Rua Adauto Tardelli, CDHU Ayrton Senna.</t>
   </si>
   <si>
     <t>3990</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3990/indicacao_174_-_03-11-2014_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3990/indicacao_174_-_03-11-2014_adilson.pdf</t>
   </si>
   <si>
     <t>Realizar manutenção de ponte no Bairro do Poço.</t>
   </si>
   <si>
     <t>3991</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3991/indicacao_175_-_03-11-2014_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3991/indicacao_175_-_03-11-2014_adilson.pdf</t>
   </si>
   <si>
     <t>Disponibilizar um contêiner de lixo nas proximidades de uma travessa da estrada de acesso ao Bairro Capela de São Roque.</t>
   </si>
   <si>
     <t>3992</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3992/indicacao_178_-_03-11-2014_gilberto.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3992/indicacao_178_-_03-11-2014_gilberto.pdf</t>
   </si>
   <si>
     <t>Construção de “playground” na escola EMEIEF “Etelvino Joaquim Rodrigues”.</t>
   </si>
   <si>
     <t>3993</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>Gilberto José de Oliveira, Alexandre Mauro Freire Gomes</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3993/indicacao_179_-_03-11-2014_gilberto-alexandre.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3993/indicacao_179_-_03-11-2014_gilberto-alexandre.pdf</t>
   </si>
   <si>
     <t>Indica a elaboração de projeto de lei referente aos veículos ciclomotores existentes no município, propondo seu cadastro e outras providências.</t>
   </si>
   <si>
     <t>3994</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3994/indicacao_180_-_10-11-2014_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3994/indicacao_180_-_10-11-2014_adilson.pdf</t>
   </si>
   <si>
     <t>Indica a realização de evento esportivo no município.</t>
   </si>
   <si>
     <t>3995</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3995/indicacao_185_-_17-11-2014_nelson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3995/indicacao_185_-_17-11-2014_nelson.pdf</t>
   </si>
   <si>
     <t>Instalação de lombada na Rua Simão Vieira de Moraes no Bairro da Liberdade.</t>
   </si>
   <si>
     <t>3996</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3996/indicacao_187_-_17-11-2014_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3996/indicacao_187_-_17-11-2014_adilson.pdf</t>
   </si>
   <si>
     <t>Instalação de um contêiner para lixo na Rua Projetada 5, no Bairro dos Ortizes.</t>
   </si>
   <si>
     <t>3997</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3997/indicacao_188_-_01-12-2014_gilberto.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3997/indicacao_188_-_01-12-2014_gilberto.pdf</t>
   </si>
   <si>
     <t>Indica a delimitação de área para o estacionamento de motos nas proximidades da rodoviária.</t>
   </si>
   <si>
     <t>3998</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>Norton Yoshio Nakayama</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3998/indicacao_189_-_01-12-2014_norton.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3998/indicacao_189_-_01-12-2014_norton.pdf</t>
   </si>
   <si>
     <t>Indica a denominação de ruas que fazem parte do Condomínio Altos da Liberdade.</t>
   </si>
   <si>
     <t>3999</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3999/indicacao_190_-_01-12-2014_norton.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3999/indicacao_190_-_01-12-2014_norton.pdf</t>
   </si>
   <si>
     <t>Indica a denominação de via do município como Rua Bento Gomes de Abreu.</t>
   </si>
   <si>
     <t>4000</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>Nilza M. dos S. Godinho (Chuca)</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4000/indicacao_191_-_01-12-2014_nilza.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4000/indicacao_191_-_01-12-2014_nilza.pdf</t>
   </si>
   <si>
     <t>Indica valor de subvenção social ao “Lar São Vicente de Paulo”.</t>
   </si>
   <si>
     <t>4001</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4001/indicacao_192_-_01-12-2014_samuel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4001/indicacao_192_-_01-12-2014_samuel.pdf</t>
   </si>
   <si>
     <t>Indica a realização de manutenção em estrada do Bairro Limal.</t>
   </si>
   <si>
     <t>4002</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4002/indicacao_193_-_08-12-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4002/indicacao_193_-_08-12-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de lombada na Rua Antônio Passarelli, no Bairro Bom Pastor.</t>
   </si>
   <si>
     <t>4003</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4003/indicacao_194_-_08-12-2014_samuel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4003/indicacao_194_-_08-12-2014_samuel.pdf</t>
   </si>
   <si>
     <t>Indica a realização de melhorias no campo de futebol do Bairro Piraporinha.</t>
   </si>
   <si>
     <t>4004</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4004/indicacao_195_-_08-12-2014_samuel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4004/indicacao_195_-_08-12-2014_samuel.pdf</t>
   </si>
   <si>
     <t>Indica a manutenção de trecho de estrada que tem início no Bairro Bento Ruivo e segue até a Igreja Congregação.</t>
   </si>
   <si>
     <t>4005</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4005/indicacao_196_-_08-12-2014_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4005/indicacao_196_-_08-12-2014_adilson.pdf</t>
   </si>
   <si>
     <t>Indica a realização de recadastramento para os interessados em moradias populares.</t>
   </si>
   <si>
     <t>4006</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4006/indicacao_197_-_08-12-2014_alexandre.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4006/indicacao_197_-_08-12-2014_alexandre.pdf</t>
   </si>
   <si>
     <t>Indica a realização de melhorias nas calçadas de via do município, da Escola EMEIEF “Maria José Marciano de Abreu” até a entrada do Bairro dos Moreiras.</t>
   </si>
   <si>
     <t>4007</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4007/indicacao_198_-_08-12-2014_samuel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4007/indicacao_198_-_08-12-2014_samuel.pdf</t>
   </si>
   <si>
     <t>Indica a manutenção da estrada de acesso ao Bairro Juruparazinho.</t>
   </si>
   <si>
     <t>4008</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4008/indicacao_199_-_08-12-2014_samuel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4008/indicacao_199_-_08-12-2014_samuel.pdf</t>
   </si>
   <si>
     <t>Indica a manutenção na estrada da Cachoeira da Fumaça.</t>
   </si>
   <si>
     <t>4009</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4009/indicacao_200_-_15-12-2014_ovidio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4009/indicacao_200_-_15-12-2014_ovidio.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de tubos nas proximidades da Igreja Internacional da Graça de Deus, no Bairro Sarapuí dos Luz.</t>
   </si>
   <si>
     <t>4010</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4010/indicacao_201_-_15-12-2014_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4010/indicacao_201_-_15-12-2014_adilson.pdf</t>
   </si>
   <si>
     <t>Indica melhorias a serem realizadas na estrada do Bairro das Furninhas.</t>
   </si>
   <si>
     <t>4011</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4011/indicacao_202_-_15-12-2014_nelson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4011/indicacao_202_-_15-12-2014_nelson.pdf</t>
   </si>
   <si>
     <t>Indica a realização de vistoria na residência de morador do Bairro Butuca, para autorização de corte de árvore.</t>
   </si>
   <si>
     <t>4012</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4012/indicacao_203_-_15-12-2014_samuel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4012/indicacao_203_-_15-12-2014_samuel.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de pedras na estrada do Bairro dos Leites.</t>
   </si>
   <si>
     <t>4013</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4013/indicacao_204_-_15-12-2014_samuel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4013/indicacao_204_-_15-12-2014_samuel.pdf</t>
   </si>
   <si>
     <t>Indica o reparo de bueiro na estrada que dá acesso ao Bairro Piraporão.</t>
   </si>
   <si>
     <t>4014</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4014/indicacao_205_-_15-12-2014_samuel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4014/indicacao_205_-_15-12-2014_samuel.pdf</t>
   </si>
   <si>
     <t>Indica a disponibilização de contêiner de lixo no local que especifica do Bairro Caetezal.</t>
   </si>
   <si>
     <t>4015</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4015/indicacao_206_-_15-12-2014_samuel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4015/indicacao_206_-_15-12-2014_samuel.pdf</t>
   </si>
   <si>
     <t>Indica a manutenção da estrada do Bairro Douradinho.</t>
   </si>
   <si>
     <t>4016</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4016/indicacao_207_-_15-12-2014_samuel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4016/indicacao_207_-_15-12-2014_samuel.pdf</t>
   </si>
   <si>
     <t>Indica a realização de limpeza no rio que corta o Bairro Limal.</t>
   </si>
   <si>
     <t>4017</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4017/indicacao_208_-_15-12-2014_samuel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4017/indicacao_208_-_15-12-2014_samuel.pdf</t>
   </si>
   <si>
     <t>Indica a realização de manutenção na ponte do Bairro Piratuba.</t>
   </si>
   <si>
     <t>4018</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4018/indicacao_209_-_15-12-2014_samuel.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4018/indicacao_209_-_15-12-2014_samuel.pdf</t>
   </si>
   <si>
     <t>Indica a manutenção de tubos localizados na estrada que liga os bairros do Piratuba ao Paruru.</t>
   </si>
   <si>
     <t>4019</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4019/indicacao_210_-_15-12-2014_nelson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4019/indicacao_210_-_15-12-2014_nelson.pdf</t>
   </si>
   <si>
     <t>Indica a denominação de via pública municipal como “Orlando Bianchini”.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1118/mocao_1_2014.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1118/mocao_1_2014.pdf</t>
   </si>
   <si>
     <t>Moção de apoio à greve dos funcionários e professores das ETECs e FATECs</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1119/mocao_2_2014.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1119/mocao_2_2014.pdf</t>
   </si>
   <si>
     <t>Congratulações com os caratecas piedadenses</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1123/mocao_3_2014.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1123/mocao_3_2014.pdf</t>
   </si>
   <si>
     <t>Congratulando com a Academia Sheila´s Ballet</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1124/mocao_4_2014.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1124/mocao_4_2014.pdf</t>
   </si>
   <si>
     <t>Congratula o Sr. Humberto Jantim Filho por sua conquista na “6ª Corrida de Rua - Gazeta de Piracicaba e Onda Livre FM”</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1125/mocao_5_2014.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1125/mocao_5_2014.pdf</t>
   </si>
   <si>
     <t>Congratulações a equipe de Taekwondo de Piedade</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>PDecL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1005/projeto_dec_leg_1_2014.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1005/projeto_dec_leg_1_2014.pdf</t>
   </si>
   <si>
     <t>Aprova as contas da Prefeitura Municipal de Piedade, relativas ao exercício financeiro de 2012</t>
   </si>
   <si>
     <t>4640</t>
   </si>
   <si>
     <t>PLExe</t>
   </si>
   <si>
     <t>Projeto de Lei - Executivo</t>
   </si>
   <si>
     <t>Prefeito</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4640/pl_01_-_13-01-2014_executivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4640/pl_01_-_13-01-2014_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação de bem público, conforme especifica.</t>
   </si>
   <si>
     <t>4641</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4641/pl_02_-_22-01-2014_executivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4641/pl_02_-_22-01-2014_executivo.pdf</t>
   </si>
   <si>
     <t>Suplementa dotação do orçamento vigente, para o fim que especifica.</t>
   </si>
   <si>
     <t>4642</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4642/pl_03_-_23-01-2014_executivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4642/pl_03_-_23-01-2014_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Fundo de Apoio ao Desporto Amador de Piedade (FADAP) e dá outras providências.</t>
   </si>
   <si>
     <t>4643</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4643/pl_04_-_23-01-2014_executivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4643/pl_04_-_23-01-2014_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre concessão de reajuste de vencimentos aos servidores públicos municipais.</t>
   </si>
   <si>
     <t>4644</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4644/pl_05_-_31-01-2014_executivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4644/pl_05_-_31-01-2014_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargos permanentes, de provimento efetivo, no Quadro dos servidores públicos municipais, conforme especifica.</t>
   </si>
   <si>
     <t>4645</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4645/pl_06_-_31-01-2014_executivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4645/pl_06_-_31-01-2014_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargo permanente, de provimento efetivo, no Quadro dos Servidores Públicos Municipais, conforme especifica.</t>
   </si>
   <si>
     <t>4646</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4646/pl_07_-_31-01-2014_executivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4646/pl_07_-_31-01-2014_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargos permanentes, de provimento efetivo, no Quadro dos Servidores Públicos Municipais, conforme especifica.</t>
   </si>
   <si>
     <t>4647</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4647/pl_08_-_31-01-2014_executivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4647/pl_08_-_31-01-2014_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargos permanentes, de provimento efetivo, no Quadro dos Servidores Púbicos Municipais, conforme especifica.</t>
   </si>
   <si>
     <t>4648</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4648/pl_09_-_31-01-2014_executivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4648/pl_09_-_31-01-2014_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da jornada semanal de trabalho dos cargos de provimento efetivo que menciona.</t>
   </si>
   <si>
     <t>4649</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4649/pl_10_-_17-02-2014_executivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4649/pl_10_-_17-02-2014_executivo.pdf</t>
   </si>
   <si>
     <t>4650</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4650/pl_11_-_17-02-2014_executivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4650/pl_11_-_17-02-2014_executivo.pdf</t>
   </si>
   <si>
     <t>4651</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4651/pl_12_-_13-03-2014_executivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4651/pl_12_-_13-03-2014_executivo.pdf</t>
   </si>
   <si>
     <t>4653</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4653/pl_14_-_28-03-2014_executivo_substitutivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4653/pl_14_-_28-03-2014_executivo_substitutivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar convênio com a Associação Comercial e Industrial de Piedade – ACIP| e Serviço de Apoio às Micro e Pequenas Empresas de São Paulo – SEBRAE, conforme especifica.</t>
   </si>
   <si>
     <t>4654</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4654/pl_16_-_10-04-2014_executivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4654/pl_16_-_10-04-2014_executivo.pdf</t>
   </si>
   <si>
     <t>4655</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4655/pl_17_-_10-04-2014_executivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4655/pl_17_-_10-04-2014_executivo.pdf</t>
   </si>
   <si>
     <t>4656</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4656/pl_18_-_23-04-2014_executivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4656/pl_18_-_23-04-2014_executivo.pdf</t>
   </si>
   <si>
     <t>4657</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4657/pl_19_-_23-04-2014_executivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4657/pl_19_-_23-04-2014_executivo.pdf</t>
   </si>
   <si>
     <t>4658</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4658/pl_20_-_23-04-2014_executivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4658/pl_20_-_23-04-2014_executivo.pdf</t>
   </si>
   <si>
     <t>4659</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4659/pl_21_-_23-04-2014_executivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4659/pl_21_-_23-04-2014_executivo.pdf</t>
   </si>
   <si>
     <t>4660</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4660/pl_22_-_24-04-2014_executivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4660/pl_22_-_24-04-2014_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a conversão em pecúnia da Licença Prêmio aos profissionais do Quadro do Magistério Municipal, conforme especifica.</t>
   </si>
   <si>
     <t>4661</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4661/pl_24_-_28-04-2014_executivo_modificado.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4661/pl_24_-_28-04-2014_executivo_modificado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da lei orçamentária para o exercício de 2015, e dá outras providências.</t>
   </si>
   <si>
     <t>4662</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4662/pl_25_-_15-05-2014_executivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4662/pl_25_-_15-05-2014_executivo.pdf</t>
   </si>
   <si>
     <t>4663</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4663/pl_26_-_15-05-2014_executivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4663/pl_26_-_15-05-2014_executivo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a Creche do Bairro dos Oliveiras e Tenórios.</t>
   </si>
   <si>
     <t>4664</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4664/pl_27_-_06-06-2014_executivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4664/pl_27_-_06-06-2014_executivo.pdf</t>
   </si>
   <si>
     <t>Concede subvenção social às seguintes associações: Associação Educacional da Juventude de Piedade - AEJUP, Associação de Amparo às Crianças e adolescentes – AMAR, Associação de Pais e Amigos dos Excepcionais de Piedade – APAE, Associação Amigos da Família, Educandário Lar de Jesus e Lar da Mônica.</t>
   </si>
   <si>
     <t>4665</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4665/pl_28_-_06-06-2014_executivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4665/pl_28_-_06-06-2014_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a outorgar, a título gratuito, à empresa que especifica, concessão de direito real de uso com promessa de doação sobre imóvel de propriedade do município, conceder incentivos fiscais, e dá outras providências.</t>
   </si>
   <si>
     <t>4666</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4666/pl_29_-_10-07-2014_executivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4666/pl_29_-_10-07-2014_executivo.pdf</t>
   </si>
   <si>
     <t>Disciplina o recebimento de honorários advocatícios, em processos judiciais em que é parte o município de piedade, e dá outras providências.</t>
   </si>
   <si>
     <t>4667</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4667/pl_30_-_16-07-2014_executivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4667/pl_30_-_16-07-2014_executivo.pdf</t>
   </si>
   <si>
     <t>4668</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4668/pl_31_-_04-08-2014_executivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4668/pl_31_-_04-08-2014_executivo.pdf</t>
   </si>
   <si>
     <t>Disciplina e autoriza, no âmbito do município, a prestação de serviços das patrulhas agrícolas municipais, e outras atividades, como terraplanagem para instalação ou ampliação de ambientes protegidos; recuperação e manutenção de estradas internas, construção de bacias de captação e contenção, manutenção ou limpezas de açudes em favor dos produtores rurais de piedade, e dá providências correlatas.</t>
   </si>
   <si>
     <t>4669</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4669/pl_33_-_08-08-2014_executivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4669/pl_33_-_08-08-2014_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a conceder incentivos fiscais à empresa conforme especifica.</t>
   </si>
   <si>
     <t>4670</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4670/pl_34_-_26-08-2014_executivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4670/pl_34_-_26-08-2014_executivo.pdf</t>
   </si>
   <si>
     <t>Institui e autoriza pagamento de gratificação a servidores municipais integrantes da Comissão de Regularização Fundiária, conforme especifica e dá outras providências.</t>
   </si>
   <si>
     <t>4671</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4671/pl_35_-_29-08-2014_executivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4671/pl_35_-_29-08-2014_executivo.pdf</t>
   </si>
   <si>
     <t>4672</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4672/pl_36_-_11-09-2014_executivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4672/pl_36_-_11-09-2014_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a alienar imóveis localizados nas áreas públicas declaradas de interesse social na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>4673</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4673/pl_37_-_24-09-2014_executivo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4673/pl_37_-_24-09-2014_executivo.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Incentivo à Regularização Fiscal – PIRF – do Município de Piedade, através de parcelamento incentivado com ampliação do prazo previsto para pagamento, e dá outras providências</t>
   </si>
   <si>
     <t>4674</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4674/pl_38_-_29-09-2014_executivo_modificado.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4674/pl_38_-_29-09-2014_executivo_modificado.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Piedade para o Exercício de 2015.</t>
   </si>
   <si>
     <t>4652</t>
   </si>
   <si>
     <t>PLLeg</t>
   </si>
   <si>
     <t>Projeto de Lei - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4652/pl_12_-_20-10-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4652/pl_12_-_20-10-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município de Piedade o evento Festa do Lavrador.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
     <t>PRes</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>16ª Legislatura - 1ª Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1077/projeto_resolucao_1_2014.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1077/projeto_resolucao_1_2014.pdf</t>
   </si>
   <si>
     <t>Concede licença a Vereador</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1078/projeto_resolucao_2_2014.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1078/projeto_resolucao_2_2014.pdf</t>
   </si>
   <si>
     <t>Concede licença para tratamento de saúde ao Vereador Norton Yoshio Nakayama</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1081/projeto_resolucao_3_2014.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1081/projeto_resolucao_3_2014.pdf</t>
   </si>
   <si>
     <t>Disciplina a avaliação especial de desempenho a ser realizada no período do estágio probatório, cria Comissão de Estágio Probatório, e dá outras providências</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1082/projeto_resolucao_4_2014.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1082/projeto_resolucao_4_2014.pdf</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1083/projeto_resolucao_5_2014.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1083/projeto_resolucao_5_2014.pdf</t>
   </si>
   <si>
     <t>Concede licença para tratamento de saúde ao Vereador Marcos Pinto de Camargo</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1084/projeto_resolucao_6_2014.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1084/projeto_resolucao_6_2014.pdf</t>
   </si>
   <si>
     <t>4020</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4020/requerimento_019_-_17-03-2014_nilza.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4020/requerimento_019_-_17-03-2014_nilza.pdf</t>
   </si>
   <si>
     <t>Voto de pesar pelo falecimento do Sr. Luis Rosati.</t>
   </si>
   <si>
     <t>4021</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4021/requerimento_020_-_17-03-2014_nilza.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4021/requerimento_020_-_17-03-2014_nilza.pdf</t>
   </si>
   <si>
     <t>Voto de pesar pelo falecimento da Sra. Tereza Pires dos Santos.</t>
   </si>
   <si>
     <t>4022</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4022/requerimento_022_-_17-03-2014_nelson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4022/requerimento_022_-_17-03-2014_nelson.pdf</t>
   </si>
   <si>
     <t>Voto de pesar pelo falecimento da jovem Gabriela Lima Vasconcelos.</t>
   </si>
   <si>
     <t>4023</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4023/requerimento_035_-_07-04-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4023/requerimento_035_-_07-04-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a rede municipal de educação.</t>
   </si>
   <si>
     <t>4024</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4024/requerimento_044_-_28-04-2014_nilza.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4024/requerimento_044_-_28-04-2014_nilza.pdf</t>
   </si>
   <si>
     <t>Voto de pesar pelo falecimento do Sr. Dorival de Souza Lacerda.</t>
   </si>
   <si>
     <t>4025</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4025/requerimento_045_-_28-04-2014_nilza.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4025/requerimento_045_-_28-04-2014_nilza.pdf</t>
   </si>
   <si>
     <t>Voto de pesar pelo falecimento do Sr. Kurt Adolf Schneider.</t>
   </si>
   <si>
     <t>4026</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Geraldo Pinto de Camargo Filho, Nelson P. de Oliveira (Camarão), Samuel de Oliveira Guimarães, Vagner Satoru Momoshima</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4026/requerimento_051_-_12-05-2014_geraldo-nelson-samuel-vagner.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4026/requerimento_051_-_12-05-2014_geraldo-nelson-samuel-vagner.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal informações dos procedimentos que estão sendo realizados,_x000D_
 tendo em vista a resposta ao requerimento número 109/2013 que trata sobre a instalação de_x000D_
 creche no Bairro dos Garcias</t>
   </si>
   <si>
     <t>4027</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4027/requerimento_058_-_26-05-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4027/requerimento_058_-_26-05-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações a respeito da emenda orçamentária 5/2013.</t>
   </si>
   <si>
     <t>4028</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4028/requerimento_059_-_26-05-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4028/requerimento_059_-_26-05-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações a respeito dos contêineres de lixo que estão as margens da Estrada Municipal Giacomo Bassi.</t>
   </si>
   <si>
     <t>4030</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4030/requerimento_066_-_02-06-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4030/requerimento_066_-_02-06-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o Centro Esportivo do Paulas e Mendes.</t>
   </si>
   <si>
     <t>4031</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4031/requerimento_067_-_02-06-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4031/requerimento_067_-_02-06-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações acerca da creche Pequeno Príncipe, Vila Quintino.</t>
   </si>
   <si>
     <t>4032</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4032/requerimento_068_-_02-06-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4032/requerimento_068_-_02-06-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a reforma na escola Cônego José Rodrigues de Oliveira.</t>
   </si>
   <si>
     <t>4033</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4033/requerimento_069_-_02-06-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4033/requerimento_069_-_02-06-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o planejamento de atendimento na saúde pública.</t>
   </si>
   <si>
     <t>4034</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4034/requerimento_070_-_02-06-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4034/requerimento_070_-_02-06-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita relatório do convênio entre a Santa Casa de Misericórdia de Piedade e a Prefeitura Municipal.</t>
   </si>
   <si>
     <t>4035</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4035/requerimento_071_-_02-06-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4035/requerimento_071_-_02-06-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a Patrulha Agrícola.</t>
   </si>
   <si>
     <t>4036</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4036/requerimento_072_-_02-06-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4036/requerimento_072_-_02-06-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a creche do Bairro Bom Pastor.</t>
   </si>
   <si>
     <t>4037</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4037/requerimento_073_-_02-06-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4037/requerimento_073_-_02-06-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre as câmeras de vigilância espalhadas pelo município.</t>
   </si>
   <si>
     <t>4038</t>
   </si>
   <si>
     <t>Geraldo Pinto de Camargo Filho, Cláudio Eduardo Silva Nadaleto</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4038/requerimento_074_-_02-06-2014_geraldo-claudio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4038/requerimento_074_-_02-06-2014_geraldo-claudio.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o despejo de lixo em local inapropriado.</t>
   </si>
   <si>
     <t>4039</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4039/requerimento_075_-_02-06-2014_geraldo-claudio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4039/requerimento_075_-_02-06-2014_geraldo-claudio.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o contrato da Prefeitura com a empresa Castellucci Figueiredo e Advogados Associados.</t>
   </si>
   <si>
     <t>4040</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4040/requerimento_077_-_02-06-2014_claudio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4040/requerimento_077_-_02-06-2014_claudio.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o Convênio entre a Coordenadoria de Assistência Técnica Integral-CATI e a Diretoria Municipal de Agricultura.</t>
   </si>
   <si>
     <t>4041</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4041/requerimento_078_-_09-06-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4041/requerimento_078_-_09-06-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre as obras na “Praça Dr. Amélio D'avilla Ribeiro”.</t>
   </si>
   <si>
     <t>4042</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4042/requerimento_079_-_09-06-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4042/requerimento_079_-_09-06-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a instalação do mini terminal rodoviário no bairro da Vila Moraes/Pintos.</t>
   </si>
   <si>
     <t>4043</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4043/requerimento_080_-_09-06-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4043/requerimento_080_-_09-06-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o contrato entre a Prefeitura Municipal e a empresa FGR Silva Buffet e Eventos Ltda.</t>
   </si>
   <si>
     <t>4044</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4044/requerimento_082_-_09-06-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4044/requerimento_082_-_09-06-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o Albergue Municipal.</t>
   </si>
   <si>
     <t>4045</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4045/requerimento_085_-_07-07-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4045/requerimento_085_-_07-07-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre emendas parlamentares destinadas a saúde.</t>
   </si>
   <si>
     <t>4046</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4046/requerimento_086_-_07-07-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4046/requerimento_086_-_07-07-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o orçamento municipal.</t>
   </si>
   <si>
     <t>4047</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4047/requerimento_087_-_07-07-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4047/requerimento_087_-_07-07-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o quadro de funcionários da Prefeitura.</t>
   </si>
   <si>
     <t>4048</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4048/requerimento_088_-_07-07-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4048/requerimento_088_-_07-07-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações referentes aos Conselhos Municipais.</t>
   </si>
   <si>
     <t>4049</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4049/requerimento_090_-_07-07-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4049/requerimento_090_-_07-07-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a jornada de trabalho dos profissionais da área de enfermagem.</t>
   </si>
   <si>
     <t>4050</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4050/requerimento_091_-_07-07-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4050/requerimento_091_-_07-07-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre programas sociais e de inclusão no município.</t>
   </si>
   <si>
     <t>4051</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4051/requerimento_092_-_07-07-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4051/requerimento_092_-_07-07-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita novas informações sobre o contrato com a empresa Castellucci Figueiredo e Advogados Associados.</t>
   </si>
   <si>
     <t>4052</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4052/requerimento_093_-_07-07-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4052/requerimento_093_-_07-07-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>4053</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4053/requerimento_095_-_07-07-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4053/requerimento_095_-_07-07-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o Centro de Atenção Psicossocial - CAPS.</t>
   </si>
   <si>
     <t>4054</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4054/requerimento_099_-_04-08-2014_claudio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4054/requerimento_099_-_04-08-2014_claudio.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o Cadastro Ambiental Rural.</t>
   </si>
   <si>
     <t>4055</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4055/requerimento_100_-_11-08-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4055/requerimento_100_-_11-08-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações e documentos sobre a AEJUPI.</t>
   </si>
   <si>
     <t>4056</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4056/requerimento_104_-_11-08-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4056/requerimento_104_-_11-08-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações à superintendência do Departamento de Estrada de Rodagem sobre obra realizada na SP-79, trecho Sorocaba/Piedade</t>
   </si>
   <si>
     <t>4086</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4086/requerimento_110_-_25-08-2014_nelson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4086/requerimento_110_-_25-08-2014_nelson.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o ginásio de esportes “Carlos Alberto Rodrigues”.</t>
   </si>
   <si>
     <t>4058</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4058/requerimento_111_-_01-09-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4058/requerimento_111_-_01-09-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita relatório sobre a atual conjuntura dos projetos de moradia popular no município.</t>
   </si>
   <si>
     <t>4059</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4059/requerimento_112_-_01-09-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4059/requerimento_112_-_01-09-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a situação das obras na escola EMEIF “Miriam Corsini Ruzzi”.</t>
   </si>
   <si>
     <t>4060</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4060/requerimento_113_-_01-09-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4060/requerimento_113_-_01-09-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a creche Pequeno Príncipe, CDHU Vila Quintino.</t>
   </si>
   <si>
     <t>4061</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4061/requerimento_114_-_01-09-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4061/requerimento_114_-_01-09-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações ao Gerente Regional do Ministério da Previdência Social sobre o contrato firmado entre a Prefeitura Municipal de Piedade e a empresa Castellucci Figueiredo e Advogados Associados Ltda.</t>
   </si>
   <si>
     <t>4062</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4062/requerimento_115_-_01-09-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4062/requerimento_115_-_01-09-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita documentos e relatórios sobre o programa “Mais Médicos”.</t>
   </si>
   <si>
     <t>4063</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4063/requerimento_116_-_01-09-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4063/requerimento_116_-_01-09-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre situação de protocolo relacionado ao auxílio construção.</t>
   </si>
   <si>
     <t>4064</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4064/requerimento_117_-_01-09-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4064/requerimento_117_-_01-09-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre projetos e investimentos na área da cultura.</t>
   </si>
   <si>
     <t>4065</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4065/requerimento_118_-_01-09-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4065/requerimento_118_-_01-09-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o Jornal Município de Piedade.</t>
   </si>
   <si>
     <t>4066</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4066/requerimento_119_-_01-09-2014_nelson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4066/requerimento_119_-_01-09-2014_nelson.pdf</t>
   </si>
   <si>
     <t>Voto de pesar pelo falecimento do Sr. João Carreira Lagoeiro.</t>
   </si>
   <si>
     <t>4067</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4067/requerimento_126_-_22-09-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4067/requerimento_126_-_22-09-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Voto de Congratulação a Arquidiocese de Sorocaba, pelo seu Jubileu de Álamo, que ocorreu em 4 de julho de 2014.</t>
   </si>
   <si>
     <t>4068</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4068/requerimento_127_-_22-09-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4068/requerimento_127_-_22-09-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Votos de Congratulações com o Arcebispo de Sorocaba, Dom Eduardo Benes de Sales Rodrigues, pelos seus 50 anos de ordenação sacerdotal, que ocorrerá em 13 de dezembro de 2014.</t>
   </si>
   <si>
     <t>4069</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4069/requerimento_128_-_22-09-2014_paulino.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4069/requerimento_128_-_22-09-2014_paulino.pdf</t>
   </si>
   <si>
     <t>Solicita a SABESP informações sobre extensão da rede de água e esgoto no Bairro do Jurupará.</t>
   </si>
   <si>
     <t>4070</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4070/requerimento_129_-_29-09-2014_gilberto.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4070/requerimento_129_-_29-09-2014_gilberto.pdf</t>
   </si>
   <si>
     <t>Voto de congratulação ao atleta Wagner Takeshi Yoshizako.</t>
   </si>
   <si>
     <t>4071</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4071/requerimento_132_-_13-10-2014_nelson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4071/requerimento_132_-_13-10-2014_nelson.pdf</t>
   </si>
   <si>
     <t>Voto de pesar pelo falecimento da Sra. Diva Cezarina de Oliveira Rosa.</t>
   </si>
   <si>
     <t>4072</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4072/requerimento_133_-_13-10-2014_nelson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4072/requerimento_133_-_13-10-2014_nelson.pdf</t>
   </si>
   <si>
     <t>Voto de pesar pelo falecimento do Sr. Dimas Alamino Linares.</t>
   </si>
   <si>
     <t>4073</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4073/requerimento_135_-_20-10-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4073/requerimento_135_-_20-10-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a escola EMEIEF "Professor Paschoal Visconti", no Bairro dos Garcias.</t>
   </si>
   <si>
     <t>4074</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4074/requerimento_136_-_03-11-2014_vagner.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4074/requerimento_136_-_03-11-2014_vagner.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o tráfego de caminhões nas ruas do município.</t>
   </si>
   <si>
     <t>4075</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4075/requerimento_137_-_03-11-2014_vagner.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4075/requerimento_137_-_03-11-2014_vagner.pdf</t>
   </si>
   <si>
     <t>Solicita informações à Companhia de Saneamento Básico do Estado de São Paulo (Sabesp) sobre o uso da água do município de Piedade.</t>
   </si>
   <si>
     <t>4076</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4076/requerimento_144_-_10-11-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4076/requerimento_144_-_10-11-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre bairros atendidos pelo caminhão pipa.</t>
   </si>
   <si>
     <t>4077</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4077/requerimento_145_-_10-11-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4077/requerimento_145_-_10-11-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre rede de energia elétrica na Rua 6, Bairro dos Moreiras.</t>
   </si>
   <si>
     <t>4078</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4078/requerimento_146_-_10-11-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4078/requerimento_146_-_10-11-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre melhorias a serem realizadas no Bairro dos Moreiras</t>
   </si>
   <si>
     <t>4079</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4079/requerimento_147_-_10-11-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4079/requerimento_147_-_10-11-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre emenda orçamentária referente ao programa de castração de cães e gatos.</t>
   </si>
   <si>
     <t>4080</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4080/requerimento_149_-_10-11-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4080/requerimento_149_-_10-11-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre denúncia de ato em prejuízo ao direito do funcionário público.</t>
   </si>
   <si>
     <t>4081</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4081/requerimento_150_-_10-11-2014_claudio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4081/requerimento_150_-_10-11-2014_claudio.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o Programa Hiperdia.</t>
   </si>
   <si>
     <t>4082</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4082/requerimento_152_-_08-12-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4082/requerimento_152_-_08-12-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita relatório sobre o Programa de Saúde Bucal no município.</t>
   </si>
   <si>
     <t>4083</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4083/requerimento_153_-_08-12-2014_geraldo.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4083/requerimento_153_-_08-12-2014_geraldo.pdf</t>
   </si>
   <si>
     <t>Solicita relatório e outras informações sobre o programa Equipe de Saúde da Família (ESF).</t>
   </si>
   <si>
     <t>4084</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4084/requerimento_155_-_08-12-2014_nelson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4084/requerimento_155_-_08-12-2014_nelson.pdf</t>
   </si>
   <si>
     <t>Solicita informação sobre a velocidade permitida em vias do município que contam com radares.</t>
   </si>
   <si>
     <t>4085</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4085/requerimento_156_-_15-12-2014_nelson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4085/requerimento_156_-_15-12-2014_nelson.pdf</t>
   </si>
   <si>
     <t>Questiona sobre a possibilidade de prover auxílio financeiro aos catadores autônomos de material reciclável do município.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2861,67 +2861,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3896/indicacao_007_-_03-02-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3897/indicacao_008_-_03-02-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3899/indicacao_010_-_03-02-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3900/indicacao_011_-_03-02-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3901/indicacao_012_-_03-02-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3902/indicacao_013_-_03-02-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3903/indicacao_014_-_03-02-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3905/indicacao_013_-_03-02-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3906/indicacao_017_-_03-02-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3907/indicacao_025_-_24-02-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3908/indicacao_026_-_24-02-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3909/indicacao_027_-_24-02-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3910/indicacao_039_-_17-03-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3925/indicacao_040_-_17-03-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3926/indicacao_044_-_24-03-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3927/indicacao_062_-_07-04-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3928/indicacao_063_-_07-04-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3929/indicacao_064_-_07-04-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3930/indicacao_069_-_14-04-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3931/indicacao_070_-_14-04-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3932/indicacao_073_-_28-04-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3933/indicacao_074_-_28-04-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3934/indicacao_082_-_05-05-2014_heldo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3935/indicacao_083_-_05-05-2014_heldo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3936/indicacao_091_-_26-05-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3937/indicacao_092_-_26-05-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3938/indicacao_093_-_26-05-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3939/indicacao_094_-_26-05-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3940/indicacao_097_-_26-05-2014_claudio.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3941/indicacao_098_-_02-06-2014_paulino.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3942/indicacao_100_-_09-06-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3943/indicacao_102_-_09-06-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3944/indicacao_103_-_09-06-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3946/indicacao_107_-_16-06-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3948/indicacao_110_-_23-06-2014_claudio.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3949/indicacao_119_-_07-07-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3950/indicacao_120_-_07-07-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3951/indicacao_121_-_07-07-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3953/indicacao_125_-_04-08-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3954/indicacao_126_-_04-08-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3955/indicacao_127_-_04-08-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3956/indicacao_128_-_04-08-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3957/indicacao_129_-_04-08-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3958/indicacao_130_-_04-08-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3959/indicacao_131_-_04-08-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3960/indicacao_132_-_04-08-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3961/indicacao_133_-_04-08-2014_vagner.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3962/indicacao_134_-_04-08-2014_claudio.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3963/indicacao_136_-_11-08-2014_alexandre.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3964/indicacao_137_-_11-08-2014_alexandre.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3965/indicacao_138_-_18-08-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3966/indicacao_139_-_18-08-2014_claudio.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3967/indicacao_140_-_18-08-2014_claudio.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3968/indicacao_143_-_25-08-2014_adilson-paulino.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3969/indicacao_144_-_25-08-2014_adilson-paulino.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3970/indicacao_145_-_25-08-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3971/indicacao_147_-_25-08-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3972/indicacao_148_-_25-08-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3973/indicacao_151_-_01-09-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3974/indicacao_153_-_01-09-2014_claudio.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3975/indicacao_154_-_01-09-2014_claudio.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3976/indicacao_155_-_01-09-2014_ovidio.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3977/indicacao_156_-_01-09-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3978/indicacao_157_-_01-09-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3979/indicacao_158_-_01-09-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3980/indicacao_159_-_08-09-2014_ovidio.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3981/indicacao_160_-_08-09-2014_claudio.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3982/indicacao_163_-_22-09-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3983/indicacao_164_-_22-09-2014_paulino.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3985/indicacao_169_-_13-10-2014_gilberto.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3986/indicacao_170_-_13-10-2014_vagner.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3987/indicacao_171_-_13-10-2014_vagner.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3988/indicacao_172_-_20-10-2014_alexandre.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3989/indicacao_173_-_03-11-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3990/indicacao_174_-_03-11-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3991/indicacao_175_-_03-11-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3992/indicacao_178_-_03-11-2014_gilberto.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3993/indicacao_179_-_03-11-2014_gilberto-alexandre.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3994/indicacao_180_-_10-11-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3995/indicacao_185_-_17-11-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3996/indicacao_187_-_17-11-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3997/indicacao_188_-_01-12-2014_gilberto.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3998/indicacao_189_-_01-12-2014_norton.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3999/indicacao_190_-_01-12-2014_norton.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4000/indicacao_191_-_01-12-2014_nilza.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4001/indicacao_192_-_01-12-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4002/indicacao_193_-_08-12-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4003/indicacao_194_-_08-12-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4004/indicacao_195_-_08-12-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4005/indicacao_196_-_08-12-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4006/indicacao_197_-_08-12-2014_alexandre.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4007/indicacao_198_-_08-12-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4008/indicacao_199_-_08-12-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4009/indicacao_200_-_15-12-2014_ovidio.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4010/indicacao_201_-_15-12-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4011/indicacao_202_-_15-12-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4012/indicacao_203_-_15-12-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4013/indicacao_204_-_15-12-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4014/indicacao_205_-_15-12-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4015/indicacao_206_-_15-12-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4016/indicacao_207_-_15-12-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4017/indicacao_208_-_15-12-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4018/indicacao_209_-_15-12-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4019/indicacao_210_-_15-12-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1118/mocao_1_2014.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1119/mocao_2_2014.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1123/mocao_3_2014.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1124/mocao_4_2014.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1125/mocao_5_2014.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1005/projeto_dec_leg_1_2014.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4640/pl_01_-_13-01-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4641/pl_02_-_22-01-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4642/pl_03_-_23-01-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4643/pl_04_-_23-01-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4644/pl_05_-_31-01-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4645/pl_06_-_31-01-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4646/pl_07_-_31-01-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4647/pl_08_-_31-01-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4648/pl_09_-_31-01-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4649/pl_10_-_17-02-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4650/pl_11_-_17-02-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4651/pl_12_-_13-03-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4653/pl_14_-_28-03-2014_executivo_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4654/pl_16_-_10-04-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4655/pl_17_-_10-04-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4656/pl_18_-_23-04-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4657/pl_19_-_23-04-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4658/pl_20_-_23-04-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4659/pl_21_-_23-04-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4660/pl_22_-_24-04-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4661/pl_24_-_28-04-2014_executivo_modificado.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4662/pl_25_-_15-05-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4663/pl_26_-_15-05-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4664/pl_27_-_06-06-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4665/pl_28_-_06-06-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4666/pl_29_-_10-07-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4667/pl_30_-_16-07-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4668/pl_31_-_04-08-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4669/pl_33_-_08-08-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4670/pl_34_-_26-08-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4671/pl_35_-_29-08-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4672/pl_36_-_11-09-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4673/pl_37_-_24-09-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4674/pl_38_-_29-09-2014_executivo_modificado.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4652/pl_12_-_20-10-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1077/projeto_resolucao_1_2014.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1078/projeto_resolucao_2_2014.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1081/projeto_resolucao_3_2014.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1082/projeto_resolucao_4_2014.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1083/projeto_resolucao_5_2014.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1084/projeto_resolucao_6_2014.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4020/requerimento_019_-_17-03-2014_nilza.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4021/requerimento_020_-_17-03-2014_nilza.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4022/requerimento_022_-_17-03-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4023/requerimento_035_-_07-04-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4024/requerimento_044_-_28-04-2014_nilza.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4025/requerimento_045_-_28-04-2014_nilza.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4026/requerimento_051_-_12-05-2014_geraldo-nelson-samuel-vagner.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4027/requerimento_058_-_26-05-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4028/requerimento_059_-_26-05-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4030/requerimento_066_-_02-06-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4031/requerimento_067_-_02-06-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4032/requerimento_068_-_02-06-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4033/requerimento_069_-_02-06-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4034/requerimento_070_-_02-06-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4035/requerimento_071_-_02-06-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4036/requerimento_072_-_02-06-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4037/requerimento_073_-_02-06-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4038/requerimento_074_-_02-06-2014_geraldo-claudio.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4039/requerimento_075_-_02-06-2014_geraldo-claudio.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4040/requerimento_077_-_02-06-2014_claudio.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4041/requerimento_078_-_09-06-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4042/requerimento_079_-_09-06-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4043/requerimento_080_-_09-06-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4044/requerimento_082_-_09-06-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4045/requerimento_085_-_07-07-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4046/requerimento_086_-_07-07-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4047/requerimento_087_-_07-07-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4048/requerimento_088_-_07-07-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4049/requerimento_090_-_07-07-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4050/requerimento_091_-_07-07-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4051/requerimento_092_-_07-07-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4052/requerimento_093_-_07-07-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4053/requerimento_095_-_07-07-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4054/requerimento_099_-_04-08-2014_claudio.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4055/requerimento_100_-_11-08-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4056/requerimento_104_-_11-08-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4086/requerimento_110_-_25-08-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4058/requerimento_111_-_01-09-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4059/requerimento_112_-_01-09-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4060/requerimento_113_-_01-09-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4061/requerimento_114_-_01-09-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4062/requerimento_115_-_01-09-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4063/requerimento_116_-_01-09-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4064/requerimento_117_-_01-09-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4065/requerimento_118_-_01-09-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4066/requerimento_119_-_01-09-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4067/requerimento_126_-_22-09-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4068/requerimento_127_-_22-09-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4069/requerimento_128_-_22-09-2014_paulino.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4070/requerimento_129_-_29-09-2014_gilberto.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4071/requerimento_132_-_13-10-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4072/requerimento_133_-_13-10-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4073/requerimento_135_-_20-10-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4074/requerimento_136_-_03-11-2014_vagner.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4075/requerimento_137_-_03-11-2014_vagner.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4076/requerimento_144_-_10-11-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4077/requerimento_145_-_10-11-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4078/requerimento_146_-_10-11-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4079/requerimento_147_-_10-11-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4080/requerimento_149_-_10-11-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4081/requerimento_150_-_10-11-2014_claudio.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4082/requerimento_152_-_08-12-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4083/requerimento_153_-_08-12-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4084/requerimento_155_-_08-12-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4085/requerimento_156_-_15-12-2014_nelson.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3896/indicacao_007_-_03-02-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3897/indicacao_008_-_03-02-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3899/indicacao_010_-_03-02-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3900/indicacao_011_-_03-02-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3901/indicacao_012_-_03-02-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3902/indicacao_013_-_03-02-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3903/indicacao_014_-_03-02-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3905/indicacao_013_-_03-02-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3906/indicacao_017_-_03-02-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3907/indicacao_025_-_24-02-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3908/indicacao_026_-_24-02-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3909/indicacao_027_-_24-02-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3910/indicacao_039_-_17-03-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3925/indicacao_040_-_17-03-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3926/indicacao_044_-_24-03-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3927/indicacao_062_-_07-04-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3928/indicacao_063_-_07-04-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3929/indicacao_064_-_07-04-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3930/indicacao_069_-_14-04-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3931/indicacao_070_-_14-04-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3932/indicacao_073_-_28-04-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3933/indicacao_074_-_28-04-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3934/indicacao_082_-_05-05-2014_heldo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3935/indicacao_083_-_05-05-2014_heldo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3936/indicacao_091_-_26-05-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3937/indicacao_092_-_26-05-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3938/indicacao_093_-_26-05-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3939/indicacao_094_-_26-05-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3940/indicacao_097_-_26-05-2014_claudio.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3941/indicacao_098_-_02-06-2014_paulino.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3942/indicacao_100_-_09-06-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3943/indicacao_102_-_09-06-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3944/indicacao_103_-_09-06-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3946/indicacao_107_-_16-06-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3948/indicacao_110_-_23-06-2014_claudio.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3949/indicacao_119_-_07-07-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3950/indicacao_120_-_07-07-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3951/indicacao_121_-_07-07-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3953/indicacao_125_-_04-08-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3954/indicacao_126_-_04-08-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3955/indicacao_127_-_04-08-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3956/indicacao_128_-_04-08-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3957/indicacao_129_-_04-08-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3958/indicacao_130_-_04-08-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3959/indicacao_131_-_04-08-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3960/indicacao_132_-_04-08-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3961/indicacao_133_-_04-08-2014_vagner.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3962/indicacao_134_-_04-08-2014_claudio.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3963/indicacao_136_-_11-08-2014_alexandre.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3964/indicacao_137_-_11-08-2014_alexandre.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3965/indicacao_138_-_18-08-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3966/indicacao_139_-_18-08-2014_claudio.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3967/indicacao_140_-_18-08-2014_claudio.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3968/indicacao_143_-_25-08-2014_adilson-paulino.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3969/indicacao_144_-_25-08-2014_adilson-paulino.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3970/indicacao_145_-_25-08-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3971/indicacao_147_-_25-08-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3972/indicacao_148_-_25-08-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3973/indicacao_151_-_01-09-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3974/indicacao_153_-_01-09-2014_claudio.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3975/indicacao_154_-_01-09-2014_claudio.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3976/indicacao_155_-_01-09-2014_ovidio.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3977/indicacao_156_-_01-09-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3978/indicacao_157_-_01-09-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3979/indicacao_158_-_01-09-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3980/indicacao_159_-_08-09-2014_ovidio.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3981/indicacao_160_-_08-09-2014_claudio.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3982/indicacao_163_-_22-09-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3983/indicacao_164_-_22-09-2014_paulino.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3985/indicacao_169_-_13-10-2014_gilberto.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3986/indicacao_170_-_13-10-2014_vagner.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3987/indicacao_171_-_13-10-2014_vagner.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3988/indicacao_172_-_20-10-2014_alexandre.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3989/indicacao_173_-_03-11-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3990/indicacao_174_-_03-11-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3991/indicacao_175_-_03-11-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3992/indicacao_178_-_03-11-2014_gilberto.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3993/indicacao_179_-_03-11-2014_gilberto-alexandre.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3994/indicacao_180_-_10-11-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3995/indicacao_185_-_17-11-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3996/indicacao_187_-_17-11-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3997/indicacao_188_-_01-12-2014_gilberto.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3998/indicacao_189_-_01-12-2014_norton.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/3999/indicacao_190_-_01-12-2014_norton.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4000/indicacao_191_-_01-12-2014_nilza.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4001/indicacao_192_-_01-12-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4002/indicacao_193_-_08-12-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4003/indicacao_194_-_08-12-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4004/indicacao_195_-_08-12-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4005/indicacao_196_-_08-12-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4006/indicacao_197_-_08-12-2014_alexandre.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4007/indicacao_198_-_08-12-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4008/indicacao_199_-_08-12-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4009/indicacao_200_-_15-12-2014_ovidio.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4010/indicacao_201_-_15-12-2014_adilson.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4011/indicacao_202_-_15-12-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4012/indicacao_203_-_15-12-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4013/indicacao_204_-_15-12-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4014/indicacao_205_-_15-12-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4015/indicacao_206_-_15-12-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4016/indicacao_207_-_15-12-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4017/indicacao_208_-_15-12-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4018/indicacao_209_-_15-12-2014_samuel.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4019/indicacao_210_-_15-12-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1118/mocao_1_2014.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1119/mocao_2_2014.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1123/mocao_3_2014.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1124/mocao_4_2014.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1125/mocao_5_2014.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1005/projeto_dec_leg_1_2014.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4640/pl_01_-_13-01-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4641/pl_02_-_22-01-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4642/pl_03_-_23-01-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4643/pl_04_-_23-01-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4644/pl_05_-_31-01-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4645/pl_06_-_31-01-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4646/pl_07_-_31-01-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4647/pl_08_-_31-01-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4648/pl_09_-_31-01-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4649/pl_10_-_17-02-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4650/pl_11_-_17-02-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4651/pl_12_-_13-03-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4653/pl_14_-_28-03-2014_executivo_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4654/pl_16_-_10-04-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4655/pl_17_-_10-04-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4656/pl_18_-_23-04-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4657/pl_19_-_23-04-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4658/pl_20_-_23-04-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4659/pl_21_-_23-04-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4660/pl_22_-_24-04-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4661/pl_24_-_28-04-2014_executivo_modificado.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4662/pl_25_-_15-05-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4663/pl_26_-_15-05-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4664/pl_27_-_06-06-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4665/pl_28_-_06-06-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4666/pl_29_-_10-07-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4667/pl_30_-_16-07-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4668/pl_31_-_04-08-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4669/pl_33_-_08-08-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4670/pl_34_-_26-08-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4671/pl_35_-_29-08-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4672/pl_36_-_11-09-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4673/pl_37_-_24-09-2014_executivo.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4674/pl_38_-_29-09-2014_executivo_modificado.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4652/pl_12_-_20-10-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1077/projeto_resolucao_1_2014.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1078/projeto_resolucao_2_2014.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1081/projeto_resolucao_3_2014.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1082/projeto_resolucao_4_2014.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1083/projeto_resolucao_5_2014.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/1084/projeto_resolucao_6_2014.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4020/requerimento_019_-_17-03-2014_nilza.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4021/requerimento_020_-_17-03-2014_nilza.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4022/requerimento_022_-_17-03-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4023/requerimento_035_-_07-04-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4024/requerimento_044_-_28-04-2014_nilza.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4025/requerimento_045_-_28-04-2014_nilza.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4026/requerimento_051_-_12-05-2014_geraldo-nelson-samuel-vagner.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4027/requerimento_058_-_26-05-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4028/requerimento_059_-_26-05-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4030/requerimento_066_-_02-06-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4031/requerimento_067_-_02-06-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4032/requerimento_068_-_02-06-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4033/requerimento_069_-_02-06-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4034/requerimento_070_-_02-06-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4035/requerimento_071_-_02-06-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4036/requerimento_072_-_02-06-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4037/requerimento_073_-_02-06-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4038/requerimento_074_-_02-06-2014_geraldo-claudio.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4039/requerimento_075_-_02-06-2014_geraldo-claudio.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4040/requerimento_077_-_02-06-2014_claudio.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4041/requerimento_078_-_09-06-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4042/requerimento_079_-_09-06-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4043/requerimento_080_-_09-06-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4044/requerimento_082_-_09-06-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4045/requerimento_085_-_07-07-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4046/requerimento_086_-_07-07-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4047/requerimento_087_-_07-07-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4048/requerimento_088_-_07-07-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4049/requerimento_090_-_07-07-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4050/requerimento_091_-_07-07-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4051/requerimento_092_-_07-07-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4052/requerimento_093_-_07-07-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4053/requerimento_095_-_07-07-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4054/requerimento_099_-_04-08-2014_claudio.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4055/requerimento_100_-_11-08-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4056/requerimento_104_-_11-08-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4086/requerimento_110_-_25-08-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4058/requerimento_111_-_01-09-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4059/requerimento_112_-_01-09-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4060/requerimento_113_-_01-09-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4061/requerimento_114_-_01-09-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4062/requerimento_115_-_01-09-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4063/requerimento_116_-_01-09-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4064/requerimento_117_-_01-09-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4065/requerimento_118_-_01-09-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4066/requerimento_119_-_01-09-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4067/requerimento_126_-_22-09-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4068/requerimento_127_-_22-09-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4069/requerimento_128_-_22-09-2014_paulino.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4070/requerimento_129_-_29-09-2014_gilberto.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4071/requerimento_132_-_13-10-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4072/requerimento_133_-_13-10-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4073/requerimento_135_-_20-10-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4074/requerimento_136_-_03-11-2014_vagner.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4075/requerimento_137_-_03-11-2014_vagner.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4076/requerimento_144_-_10-11-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4077/requerimento_145_-_10-11-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4078/requerimento_146_-_10-11-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4079/requerimento_147_-_10-11-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4080/requerimento_149_-_10-11-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4081/requerimento_150_-_10-11-2014_claudio.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4082/requerimento_152_-_08-12-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4083/requerimento_153_-_08-12-2014_geraldo.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4084/requerimento_155_-_08-12-2014_nelson.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2014/4085/requerimento_156_-_15-12-2014_nelson.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H221"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="110.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="132.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="131.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>