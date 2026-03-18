--- v0 (2026-01-12)
+++ v1 (2026-03-18)
@@ -54,858 +54,858 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4372</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Adilsom Castanho</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4372/indicacao_008_-_07-02-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4372/indicacao_008_-_07-02-2011_adilson.pdf</t>
   </si>
   <si>
     <t>Sem ementa.</t>
   </si>
   <si>
     <t>4373</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4373/indicacao_030_-_14-03-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4373/indicacao_030_-_14-03-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4374</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/</t>
+    <t>http://sapl.piedade.sp.leg.br/media/</t>
   </si>
   <si>
     <t>4375</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4375/indicacao_047_-_21-03-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4375/indicacao_047_-_21-03-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4376</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4376/indicacao_048_-_21-03-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4376/indicacao_048_-_21-03-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4377</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4377/indicacao_055_-_04-04-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4377/indicacao_055_-_04-04-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4378</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4378/indicacao_056_-_04-04-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4378/indicacao_056_-_04-04-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4379</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4379/indicacao_069_-_08-04-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4379/indicacao_069_-_08-04-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4380</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4380/indicacao_092_-_25-04-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4380/indicacao_092_-_25-04-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4381</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4381/indicacao_093_-_02-05-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4381/indicacao_093_-_02-05-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4382</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>Adilsom Castanho, Celso Antônio Vieira</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4382/indicacao_109_-_16-05-2011_adilson-celso.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4382/indicacao_109_-_16-05-2011_adilson-celso.pdf</t>
   </si>
   <si>
     <t>4383</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4383/indicacao_133_-_06-06-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4383/indicacao_133_-_06-06-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4384</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4384/indicacao_140_-_13-06-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4384/indicacao_140_-_13-06-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4385</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4385/indicacao_143_-_13-06-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4385/indicacao_143_-_13-06-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4386</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4386/indicacao_145_-_20-06-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4386/indicacao_145_-_20-06-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4387</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4387/indicacao_146_-_20-06-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4387/indicacao_146_-_20-06-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4388</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4388/indicacao_147_-_27-06-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4388/indicacao_147_-_27-06-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4389</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4389/indicacao_150_-_27-06-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4389/indicacao_150_-_27-06-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4390</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4390/indicacao_151_-_27-06-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4390/indicacao_151_-_27-06-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4391</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4391/indicacao_163_-_11-07-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4391/indicacao_163_-_11-07-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4392</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4392/indicacao_170_-_08-08-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4392/indicacao_170_-_08-08-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4393</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4393/indicacao_189_-_22-08-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4393/indicacao_189_-_22-08-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4394</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4394/indicacao_190_-_22-08-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4394/indicacao_190_-_22-08-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4395</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4395/indicacao_201_-_29-08-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4395/indicacao_201_-_29-08-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4396</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4396/indicacao_209_-_12-09-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4396/indicacao_209_-_12-09-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4397</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>Adilsom Castanho, Geraldo Amâncio Vieira</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4397/indicacao_210_-_12-09-2011_adilson-_geraldo_amancio.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4397/indicacao_210_-_12-09-2011_adilson-_geraldo_amancio.pdf</t>
   </si>
   <si>
     <t>4398</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4398/indicacao_216_-_19-04-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4398/indicacao_216_-_19-04-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4399</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4399/indicacao_217_-_19-04-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4399/indicacao_217_-_19-04-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4400</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4400/indicacao_247_-_21-10-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4400/indicacao_247_-_21-10-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4401</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4401/indicacao_269_-_05-12-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4401/indicacao_269_-_05-12-2011_adilson.pdf</t>
   </si>
   <si>
     <t>2970</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Geraldo Pinto de Camargo Filho</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2970/mocao_1_2011.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2970/mocao_1_2011.pdf</t>
   </si>
   <si>
     <t>Aplauso pela vitória do atleta Fredison Carneiro da Costa, na "Walt Disney Marathon", em Orlando - Estados Unidos.</t>
   </si>
   <si>
     <t>2962</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Valdir Bueno</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2962/mocao_2_2011.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2962/mocao_2_2011.pdf</t>
   </si>
   <si>
     <t>Apoio ao projeto de lei nº 463/2011, de autoria do deputado Hamilton Pereira, que define diretrizes para a política estadual de busca a pessoas desaparecidas, cria o banco de dados de pessoas desaparecidas e dá outras providências.</t>
   </si>
   <si>
     <t>2963</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Norton Yoshio Nakayama</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2963/mocao_3_2011.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2963/mocao_3_2011.pdf</t>
   </si>
   <si>
     <t>Manifestação de repúdio ao comportamento da senadora Marta Suplicy na votação da medida provisória nº 520 de 31 de dezembro de 2010, fato ocorrido dia 1º de junho de 2011.</t>
   </si>
   <si>
     <t>2964</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2964/mocao_4_2011.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2964/mocao_4_2011.pdf</t>
   </si>
   <si>
     <t>Congratulação à Rádio Jovem Pan pela realização da campanha "Jovem Pan, pela vida, contra as drogas".</t>
   </si>
   <si>
     <t>2966</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PDecL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2966/proj_dec_leg_5_2011.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2966/proj_dec_leg_5_2011.pdf</t>
   </si>
   <si>
     <t>Concede o título de cidadão piedadense ao deputado estadual Edmir Chedid.</t>
   </si>
   <si>
     <t>4683</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>PLLeg</t>
   </si>
   <si>
     <t>Projeto de Lei - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4683/pl_07_-_02-05-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4683/pl_07_-_02-05-2011_adilson.pdf</t>
   </si>
   <si>
     <t>Garante aos idosos, gestantes e portadores de deficiência o agendamento de consultas por via telefônica nas unidades de atendimento de saúde do Município.</t>
   </si>
   <si>
     <t>2944</t>
   </si>
   <si>
     <t>PRes</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>15ª Legislatura - 2ª Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2944/projeto_resolucao_1_2011.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2944/projeto_resolucao_1_2011.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao artigo 101 da Resolução nº 1, de 28 de novembro de 2005, que institui o Regimento Interno da Câmara Municipal, alterada pela Resolução nº 1/2009, de 23 de março de 2009.</t>
   </si>
   <si>
     <t>2945</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2945/projeto_resolucao_3_2011.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2945/projeto_resolucao_3_2011.pdf</t>
   </si>
   <si>
     <t>Cria Comissão Especial com a finalidade de acompanhar e analisar os problemas surgidos recentemente na Santa Casa de Misericórdia de Piedade.</t>
   </si>
   <si>
     <t>2946</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2946/projeto_resolucao_4_2011.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2946/projeto_resolucao_4_2011.pdf</t>
   </si>
   <si>
     <t>Cria uma Comissão para acompanhamento das negociações referente ao Saneamento Básico do Município.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>PELOR</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/191/propostaemendaleiorganica_1_2011.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/191/propostaemendaleiorganica_1_2011.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao artigo 9°</t>
   </si>
   <si>
     <t>4319</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Adilsom Castanho, Celso Antônio Vieira, Décio Alves Vieira, Geraldo Amâncio Vieira, Geraldo Pinto de Camargo Filho, Gerson Xavier Pereira, José Donisete da Silva, Nilza M. dos S. Godinho (Chuca), Norton Yoshio Nakayama, Valdir Bueno</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4319/requerimento_007_-_28-02-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4319/requerimento_007_-_28-02-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4320</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4320/requerimento_008_-_28-02-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4320/requerimento_008_-_28-02-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4321</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4321/requerimento_011_-_14-03-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4321/requerimento_011_-_14-03-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4370</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4370/requerimento_012_-_14-03-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4370/requerimento_012_-_14-03-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4371</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4371/requerimento_013_-_14-03-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4371/requerimento_013_-_14-03-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4322</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Adilsom Castanho, Celso Antônio Vieira, Décio Alves Vieira, Geraldo Amâncio Vieira, Geraldo Pinto de Camargo Filho, José Donisete da Silva, Nilza M. dos S. Godinho (Chuca), Norton Yoshio Nakayama, Valdir Bueno</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4322/requerimento_026_-_21-03-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4322/requerimento_026_-_21-03-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4323</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Adilsom Castanho, Nilza M. dos S. Godinho (Chuca)</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4323/requerimento_027_-_28-03-2011_adilson-nilza.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4323/requerimento_027_-_28-03-2011_adilson-nilza.pdf</t>
   </si>
   <si>
     <t>4324</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4324/requerimento_029_-_04-04-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4324/requerimento_029_-_04-04-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4325</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4325/requerimento_031_-_08-04-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4325/requerimento_031_-_08-04-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4334</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4334/requerimento_038_-_18-04-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4334/requerimento_038_-_18-04-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4335</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4335/requerimento_039_-_18-04-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4335/requerimento_039_-_18-04-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4336</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4336/requerimento_040_-_18-04-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4336/requerimento_040_-_18-04-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4337</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4337/requerimento_041_-_18-04-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4337/requerimento_041_-_18-04-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4338</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4338/requerimento_042_-_18-04-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4338/requerimento_042_-_18-04-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4339</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4339/requerimento_043_-_25-04-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4339/requerimento_043_-_25-04-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4340</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>José Donisete da Silva, Adilsom Castanho, Celso Antônio Vieira, Décio Alves Vieira, Geraldo Amâncio Vieira, Geraldo Pinto de Camargo Filho, Gerson Xavier Pereira, Nilza M. dos S. Godinho (Chuca), Norton Yoshio Nakayama, Valdir Bueno</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4340/requerimento_044_-_25-04-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4340/requerimento_044_-_25-04-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4341</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4341/requerimento_046_-_02-05-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4341/requerimento_046_-_02-05-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4342</t>
   </si>
   <si>
     <t>Nilza M. dos S. Godinho (Chuca), Adilsom Castanho, Celso Antônio Vieira, Décio Alves Vieira, Geraldo Amâncio Vieira, Geraldo Pinto de Camargo Filho, Gerson Xavier Pereira, José Donisete da Silva, Norton Yoshio Nakayama, Valdir Bueno</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4342/requerimento_047_-_02-05-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4342/requerimento_047_-_02-05-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4343</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4343/requerimento_048_-_09-05-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4343/requerimento_048_-_09-05-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4344</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4344/requerimento_069_-_27-06-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4344/requerimento_069_-_27-06-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4345</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4345/requerimento_074_-_04-07-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4345/requerimento_074_-_04-07-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4346</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4346/requerimento_077_-_11-07-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4346/requerimento_077_-_11-07-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4347</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4347/requerimento_083_-_18-07-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4347/requerimento_083_-_18-07-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4348</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4348/requerimento_084_-_01-08-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4348/requerimento_084_-_01-08-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4349</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4349/requerimento_085_-_01-08-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4349/requerimento_085_-_01-08-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4350</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4350/requerimento_088_-_08-08-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4350/requerimento_088_-_08-08-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4351</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4351/requerimento_089_-_05-08-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4351/requerimento_089_-_05-08-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4352</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4352/requerimento_092_-_29-08-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4352/requerimento_092_-_29-08-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4353</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4353/requerimento_093_-_29-08-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4353/requerimento_093_-_29-08-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4355</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4355/requerimento_094_-_29-08-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4355/requerimento_094_-_29-08-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4356</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4356/requerimento_095_-_29-08-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4356/requerimento_095_-_29-08-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4357</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4357/requerimento_098_-_01-09-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4357/requerimento_098_-_01-09-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4358</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4358/requerimento_100_-_09-09-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4358/requerimento_100_-_09-09-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4359</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4359/requerimento_101_-_12-09-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4359/requerimento_101_-_12-09-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4360</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4360/requerimento_103_-_19-10-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4360/requerimento_103_-_19-10-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4361</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4361/requerimento_105_-_19-09-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4361/requerimento_105_-_19-09-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4362</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4362/requerimento_107_-_26-09-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4362/requerimento_107_-_26-09-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4363</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4363/requerimento_109_-_10-10-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4363/requerimento_109_-_10-10-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4364</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4364/requerimento_110_-_10-10-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4364/requerimento_110_-_10-10-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4365</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4365/requerimento_111_-_10-10-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4365/requerimento_111_-_10-10-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4366</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4366/requerimento_114_-_17-10-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4366/requerimento_114_-_17-10-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4367</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4367/requerimento_117_-_31-10-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4367/requerimento_117_-_31-10-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4368</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4368/requerimento_128_-_28-11-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4368/requerimento_128_-_28-11-2011_adilson.pdf</t>
   </si>
   <si>
     <t>4369</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4369/requerimento_133_-_12-12-2011_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4369/requerimento_133_-_12-12-2011_adilson.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1209,67 +1209,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4372/indicacao_008_-_07-02-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4373/indicacao_030_-_14-03-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4375/indicacao_047_-_21-03-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4376/indicacao_048_-_21-03-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4377/indicacao_055_-_04-04-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4378/indicacao_056_-_04-04-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4379/indicacao_069_-_08-04-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4380/indicacao_092_-_25-04-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4381/indicacao_093_-_02-05-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4382/indicacao_109_-_16-05-2011_adilson-celso.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4383/indicacao_133_-_06-06-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4384/indicacao_140_-_13-06-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4385/indicacao_143_-_13-06-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4386/indicacao_145_-_20-06-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4387/indicacao_146_-_20-06-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4388/indicacao_147_-_27-06-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4389/indicacao_150_-_27-06-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4390/indicacao_151_-_27-06-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4391/indicacao_163_-_11-07-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4392/indicacao_170_-_08-08-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4393/indicacao_189_-_22-08-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4394/indicacao_190_-_22-08-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4395/indicacao_201_-_29-08-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4396/indicacao_209_-_12-09-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4397/indicacao_210_-_12-09-2011_adilson-_geraldo_amancio.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4398/indicacao_216_-_19-04-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4399/indicacao_217_-_19-04-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4400/indicacao_247_-_21-10-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4401/indicacao_269_-_05-12-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2970/mocao_1_2011.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2962/mocao_2_2011.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2963/mocao_3_2011.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2964/mocao_4_2011.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2966/proj_dec_leg_5_2011.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4683/pl_07_-_02-05-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2944/projeto_resolucao_1_2011.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2945/projeto_resolucao_3_2011.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2946/projeto_resolucao_4_2011.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/191/propostaemendaleiorganica_1_2011.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4319/requerimento_007_-_28-02-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4320/requerimento_008_-_28-02-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4321/requerimento_011_-_14-03-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4370/requerimento_012_-_14-03-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4371/requerimento_013_-_14-03-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4322/requerimento_026_-_21-03-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4323/requerimento_027_-_28-03-2011_adilson-nilza.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4324/requerimento_029_-_04-04-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4325/requerimento_031_-_08-04-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4334/requerimento_038_-_18-04-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4335/requerimento_039_-_18-04-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4336/requerimento_040_-_18-04-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4337/requerimento_041_-_18-04-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4338/requerimento_042_-_18-04-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4339/requerimento_043_-_25-04-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4340/requerimento_044_-_25-04-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4341/requerimento_046_-_02-05-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4342/requerimento_047_-_02-05-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4343/requerimento_048_-_09-05-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4344/requerimento_069_-_27-06-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4345/requerimento_074_-_04-07-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4346/requerimento_077_-_11-07-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4347/requerimento_083_-_18-07-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4348/requerimento_084_-_01-08-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4349/requerimento_085_-_01-08-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4350/requerimento_088_-_08-08-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4351/requerimento_089_-_05-08-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4352/requerimento_092_-_29-08-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4353/requerimento_093_-_29-08-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4355/requerimento_094_-_29-08-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4356/requerimento_095_-_29-08-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4357/requerimento_098_-_01-09-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4358/requerimento_100_-_09-09-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4359/requerimento_101_-_12-09-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4360/requerimento_103_-_19-10-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4361/requerimento_105_-_19-09-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4362/requerimento_107_-_26-09-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4363/requerimento_109_-_10-10-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4364/requerimento_110_-_10-10-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4365/requerimento_111_-_10-10-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4366/requerimento_114_-_17-10-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4367/requerimento_117_-_31-10-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4368/requerimento_128_-_28-11-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4369/requerimento_133_-_12-12-2011_adilson.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4372/indicacao_008_-_07-02-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4373/indicacao_030_-_14-03-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4375/indicacao_047_-_21-03-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4376/indicacao_048_-_21-03-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4377/indicacao_055_-_04-04-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4378/indicacao_056_-_04-04-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4379/indicacao_069_-_08-04-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4380/indicacao_092_-_25-04-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4381/indicacao_093_-_02-05-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4382/indicacao_109_-_16-05-2011_adilson-celso.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4383/indicacao_133_-_06-06-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4384/indicacao_140_-_13-06-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4385/indicacao_143_-_13-06-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4386/indicacao_145_-_20-06-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4387/indicacao_146_-_20-06-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4388/indicacao_147_-_27-06-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4389/indicacao_150_-_27-06-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4390/indicacao_151_-_27-06-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4391/indicacao_163_-_11-07-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4392/indicacao_170_-_08-08-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4393/indicacao_189_-_22-08-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4394/indicacao_190_-_22-08-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4395/indicacao_201_-_29-08-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4396/indicacao_209_-_12-09-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4397/indicacao_210_-_12-09-2011_adilson-_geraldo_amancio.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4398/indicacao_216_-_19-04-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4399/indicacao_217_-_19-04-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4400/indicacao_247_-_21-10-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4401/indicacao_269_-_05-12-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2970/mocao_1_2011.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2962/mocao_2_2011.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2963/mocao_3_2011.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2964/mocao_4_2011.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2966/proj_dec_leg_5_2011.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4683/pl_07_-_02-05-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2944/projeto_resolucao_1_2011.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2945/projeto_resolucao_3_2011.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/2946/projeto_resolucao_4_2011.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/191/propostaemendaleiorganica_1_2011.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4319/requerimento_007_-_28-02-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4320/requerimento_008_-_28-02-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4321/requerimento_011_-_14-03-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4370/requerimento_012_-_14-03-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4371/requerimento_013_-_14-03-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4322/requerimento_026_-_21-03-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4323/requerimento_027_-_28-03-2011_adilson-nilza.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4324/requerimento_029_-_04-04-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4325/requerimento_031_-_08-04-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4334/requerimento_038_-_18-04-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4335/requerimento_039_-_18-04-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4336/requerimento_040_-_18-04-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4337/requerimento_041_-_18-04-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4338/requerimento_042_-_18-04-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4339/requerimento_043_-_25-04-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4340/requerimento_044_-_25-04-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4341/requerimento_046_-_02-05-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4342/requerimento_047_-_02-05-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4343/requerimento_048_-_09-05-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4344/requerimento_069_-_27-06-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4345/requerimento_074_-_04-07-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4346/requerimento_077_-_11-07-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4347/requerimento_083_-_18-07-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4348/requerimento_084_-_01-08-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4349/requerimento_085_-_01-08-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4350/requerimento_088_-_08-08-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4351/requerimento_089_-_05-08-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4352/requerimento_092_-_29-08-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4353/requerimento_093_-_29-08-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4355/requerimento_094_-_29-08-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4356/requerimento_095_-_29-08-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4357/requerimento_098_-_01-09-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4358/requerimento_100_-_09-09-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4359/requerimento_101_-_12-09-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4360/requerimento_103_-_19-10-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4361/requerimento_105_-_19-09-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4362/requerimento_107_-_26-09-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4363/requerimento_109_-_10-10-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4364/requerimento_110_-_10-10-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4365/requerimento_111_-_10-10-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4366/requerimento_114_-_17-10-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4367/requerimento_117_-_31-10-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4368/requerimento_128_-_28-11-2011_adilson.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2011/4369/requerimento_133_-_12-12-2011_adilson.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="208.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="124.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="123.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="205.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>