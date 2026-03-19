--- v0 (2026-01-12)
+++ v1 (2026-03-19)
@@ -54,850 +54,850 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4420</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Adilsom Castanho</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4420/requerimento_007_-_03-02-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4420/requerimento_007_-_03-02-2010_adilson.pdf</t>
   </si>
   <si>
     <t>Sem ementa.</t>
   </si>
   <si>
     <t>4476</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4476/indicacao_008_-_03-02-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4476/indicacao_008_-_03-02-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4475</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4475/indicacao_009_-_03-02-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4475/indicacao_009_-_03-02-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4421</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4421/requerimento_010_-_03-02-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4421/requerimento_010_-_03-02-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4477</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4477/indicacao_011_-_03-02-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4477/indicacao_011_-_03-02-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4478</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4478/indicacao_014_-_10-02-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4478/indicacao_014_-_10-02-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4479</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4479/indicacao_032_-_17-02-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4479/indicacao_032_-_17-02-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4480</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4480/indicacao_035_-_24-02-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4480/indicacao_035_-_24-02-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4481</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4481/indicacao_042_-_23-02-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4481/indicacao_042_-_23-02-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4482</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4482/indicacao_053_-_10-02-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4482/indicacao_053_-_10-02-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4483</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4483/indicacao_064_-_10-03-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4483/indicacao_064_-_10-03-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4484</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4484/indicacao_067_-_10-03-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4484/indicacao_067_-_10-03-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4485</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4485/indicacao_080_-_24-03-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4485/indicacao_080_-_24-03-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4486</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4486/indicacao_087_-_07-04-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4486/indicacao_087_-_07-04-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4487</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4487/indicacao_097_-_14-04-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4487/indicacao_097_-_14-04-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4488</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4488/indicacao_098_-_14-04-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4488/indicacao_098_-_14-04-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4491</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4491/indicacao_099_-_14-04-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4491/indicacao_099_-_14-04-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4492</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4492/indicacao_100_-_14-04-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4492/indicacao_100_-_14-04-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4493</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4493/indicacao_118_-_05-05-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4493/indicacao_118_-_05-05-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4494</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4494/indicacao_123_-_05-05-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4494/indicacao_123_-_05-05-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4495</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4495/indicacao_128_-_12-05-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4495/indicacao_128_-_12-05-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4496</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4496/indicacao_135_-_26-05-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4496/indicacao_135_-_26-05-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4497</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4497/indicacao_152_-_09-06-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4497/indicacao_152_-_09-06-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4498</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4498/indicacao_191_-_25-08-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4498/indicacao_191_-_25-08-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4499</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4499/indicacao_212_-_15-09-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4499/indicacao_212_-_15-09-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4500</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4500/indicacao_123_-_05-05-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4500/indicacao_123_-_05-05-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4501</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4501/indicacao_228_-_06-10-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4501/indicacao_228_-_06-10-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4502</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4502/indicacao_238_-_20-10-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4502/indicacao_238_-_20-10-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4503</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4503/indicacao_257_-_27-10-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4503/indicacao_257_-_27-10-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4504</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4504/indicacao_286_-_17-11-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4504/indicacao_286_-_17-11-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4505</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4505/indicacao_304_-_08-12-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4505/indicacao_304_-_08-12-2010_adilson.pdf</t>
   </si>
   <si>
     <t>2997</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Nilza M. dos S. Godinho (Chuca)</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/2997/mocao_1_2010.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/2997/mocao_1_2010.pdf</t>
   </si>
   <si>
     <t>Apoiando o projeto do senador Pedro Simon (RS), pela sua brilhante iniciativa na apresentação de proposta que obriga a autoridade policial iniciar a diligência para localização de crianças e adolescentes assim que for feita a denúncia de desaparecimento.</t>
   </si>
   <si>
     <t>2998</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/2998/mocao_2_2010.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/2998/mocao_2_2010.pdf</t>
   </si>
   <si>
     <t>Aplausos à atleta piedadense Juliana Osako.</t>
   </si>
   <si>
     <t>4684</t>
   </si>
   <si>
     <t>PLLeg</t>
   </si>
   <si>
     <t>Projeto de Lei - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4684/pl_08_-_24-02-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4684/pl_08_-_24-02-2010_adilson.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de livro para reclamações e sugestões dos usuários nas unidades de atendimento ao público da Diretoria Municipal de Saúde.</t>
   </si>
   <si>
     <t>4685</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4685/pl_10_-_04-03-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4685/pl_10_-_04-03-2010_adilson.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão do ensino de posse responsável de animal doméstico, como matéria_x000D_
 de apoio extracurricular nas escolas públicas de ensino fundamental do Município de Piedade.</t>
   </si>
   <si>
     <t>4686</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4686/pl_19_-_23-03-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4686/pl_19_-_23-03-2010_adilson.pdf</t>
   </si>
   <si>
     <t>Assegura a reserva de moradias populares às pessoas portadoras de necessidades especiais.</t>
   </si>
   <si>
     <t>4473</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4473/requerimento_007_-_03-02-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4473/requerimento_007_-_03-02-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4474</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4474/requerimento_010_-_03-02-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4474/requerimento_010_-_03-02-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4422</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4422/requerimento_011_-_03-02-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4422/requerimento_011_-_03-02-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4423</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4423/requerimento_012_-_10-02-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4423/requerimento_012_-_10-02-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4424</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4424/requerimento_013_-_10-02-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4424/requerimento_013_-_10-02-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4425</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4425/requerimento_014_-_11-02-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4425/requerimento_014_-_11-02-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4426</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4426/requerimento_017_-_17-02-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4426/requerimento_017_-_17-02-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4427</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4427/requerimento_020_-_24-02-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4427/requerimento_020_-_24-02-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4428</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4428/requerimento_021_-_01-07-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4428/requerimento_021_-_01-07-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4429</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4429/requerimento_028_-_24-02-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4429/requerimento_028_-_24-02-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4430</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4430/requerimento_029_-_24-02-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4430/requerimento_029_-_24-02-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4431</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4431/requerimento_030_-_03-03-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4431/requerimento_030_-_03-03-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4432</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4432/requerimento_031_-_03-03-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4432/requerimento_031_-_03-03-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4433</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4433/requerimento_032_-_03-03-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4433/requerimento_032_-_03-03-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4434</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4434/requerimento_033_-_04-03-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4434/requerimento_033_-_04-03-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4435</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4435/requerimento_037_-_10-03-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4435/requerimento_037_-_10-03-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4436</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4436/requerimento_039_-_10-03-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4436/requerimento_039_-_10-03-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4437</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4437/requerimento_044_-_16-03-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4437/requerimento_044_-_16-03-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4438</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4438/requerimento_045_-_17-03-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4438/requerimento_045_-_17-03-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4439</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4439/requerimento_046_-_17-03-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4439/requerimento_046_-_17-03-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4440</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4440/requerimento_048_-_24-03-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4440/requerimento_048_-_24-03-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4441</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4441/requerimento_052_-_24-03-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4441/requerimento_052_-_24-03-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4442</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4442/requerimento_054_-_31-03-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4442/requerimento_054_-_31-03-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4443</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4443/requerimento_057_-_07-04-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4443/requerimento_057_-_07-04-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4444</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Adilsom Castanho, Norton Yoshio Nakayama</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4444/requerimento_062_-_14-04-2010_adilson-norton.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4444/requerimento_062_-_14-04-2010_adilson-norton.pdf</t>
   </si>
   <si>
     <t>4445</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4445/requerimento_063_-_14-04-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4445/requerimento_063_-_14-04-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4446</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4446/requerimento_066_-_14-04-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4446/requerimento_066_-_14-04-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4447</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4447/requerimento_067_-_14-04-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4447/requerimento_067_-_14-04-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4448</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4448/requerimento_071_-_14-04-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4448/requerimento_071_-_14-04-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4449</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4449/requerimento_073_-_28-04-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4449/requerimento_073_-_28-04-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4450</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4450/requerimento_074_-_28-04-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4450/requerimento_074_-_28-04-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4451</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4451/requerimento_089_-_12-05-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4451/requerimento_089_-_12-05-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4452</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4452/requerimento_091_-_26-05-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4452/requerimento_091_-_26-05-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4453</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4453/requerimento_096_-_02-06-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4453/requerimento_096_-_02-06-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4454</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4454/requerimento_102_-_16-06-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4454/requerimento_102_-_16-06-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4455</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4455/requerimento_103_-_16-06-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4455/requerimento_103_-_16-06-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4456</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4456/requerimento_105_-_16-06-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4456/requerimento_105_-_16-06-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4457</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4457/requerimento_110_-_23-06-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4457/requerimento_110_-_23-06-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4458</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/</t>
+    <t>http://sapl.piedade.sp.leg.br/media/</t>
   </si>
   <si>
     <t>4460</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4460/requerimento_124_-_14-07-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4460/requerimento_124_-_14-07-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4461</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4461/requerimento_134_-_11-08-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4461/requerimento_134_-_11-08-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4462</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4462/requerimento_148_-_01-09-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4462/requerimento_148_-_01-09-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4463</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4463/requerimento_150_-_08-09-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4463/requerimento_150_-_08-09-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4464</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4464/requerimento_153_-_15-09-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4464/requerimento_153_-_15-09-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4465</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4465/requerimento_155_-_29-09-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4465/requerimento_155_-_29-09-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4466</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4466/requerimento_159_-_06-10-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4466/requerimento_159_-_06-10-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4467</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4467/requerimento_166_-_03-11-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4467/requerimento_166_-_03-11-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4468</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4468/requerimento_167_-_03-11-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4468/requerimento_167_-_03-11-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4469</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>4470</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4470/requerimento_175_-_10-11-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4470/requerimento_175_-_10-11-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4471</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4471/requerimento_179_-_24-11-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4471/requerimento_179_-_24-11-2010_adilson.pdf</t>
   </si>
   <si>
     <t>4472</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4472/requerimento_182_-_24-11-2010_adilson.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4472/requerimento_182_-_24-11-2010_adilson.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1201,67 +1201,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4420/requerimento_007_-_03-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4476/indicacao_008_-_03-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4475/indicacao_009_-_03-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4421/requerimento_010_-_03-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4477/indicacao_011_-_03-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4478/indicacao_014_-_10-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4479/indicacao_032_-_17-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4480/indicacao_035_-_24-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4481/indicacao_042_-_23-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4482/indicacao_053_-_10-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4483/indicacao_064_-_10-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4484/indicacao_067_-_10-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4485/indicacao_080_-_24-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4486/indicacao_087_-_07-04-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4487/indicacao_097_-_14-04-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4488/indicacao_098_-_14-04-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4491/indicacao_099_-_14-04-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4492/indicacao_100_-_14-04-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4493/indicacao_118_-_05-05-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4494/indicacao_123_-_05-05-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4495/indicacao_128_-_12-05-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4496/indicacao_135_-_26-05-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4497/indicacao_152_-_09-06-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4498/indicacao_191_-_25-08-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4499/indicacao_212_-_15-09-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4500/indicacao_123_-_05-05-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4501/indicacao_228_-_06-10-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4502/indicacao_238_-_20-10-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4503/indicacao_257_-_27-10-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4504/indicacao_286_-_17-11-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4505/indicacao_304_-_08-12-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/2997/mocao_1_2010.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/2998/mocao_2_2010.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4684/pl_08_-_24-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4685/pl_10_-_04-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4686/pl_19_-_23-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4473/requerimento_007_-_03-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4474/requerimento_010_-_03-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4422/requerimento_011_-_03-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4423/requerimento_012_-_10-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4424/requerimento_013_-_10-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4425/requerimento_014_-_11-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4426/requerimento_017_-_17-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4427/requerimento_020_-_24-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4428/requerimento_021_-_01-07-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4429/requerimento_028_-_24-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4430/requerimento_029_-_24-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4431/requerimento_030_-_03-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4432/requerimento_031_-_03-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4433/requerimento_032_-_03-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4434/requerimento_033_-_04-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4435/requerimento_037_-_10-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4436/requerimento_039_-_10-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4437/requerimento_044_-_16-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4438/requerimento_045_-_17-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4439/requerimento_046_-_17-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4440/requerimento_048_-_24-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4441/requerimento_052_-_24-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4442/requerimento_054_-_31-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4443/requerimento_057_-_07-04-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4444/requerimento_062_-_14-04-2010_adilson-norton.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4445/requerimento_063_-_14-04-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4446/requerimento_066_-_14-04-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4447/requerimento_067_-_14-04-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4448/requerimento_071_-_14-04-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4449/requerimento_073_-_28-04-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4450/requerimento_074_-_28-04-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4451/requerimento_089_-_12-05-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4452/requerimento_091_-_26-05-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4453/requerimento_096_-_02-06-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4454/requerimento_102_-_16-06-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4455/requerimento_103_-_16-06-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4456/requerimento_105_-_16-06-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4457/requerimento_110_-_23-06-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4460/requerimento_124_-_14-07-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4461/requerimento_134_-_11-08-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4462/requerimento_148_-_01-09-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4463/requerimento_150_-_08-09-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4464/requerimento_153_-_15-09-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4465/requerimento_155_-_29-09-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4466/requerimento_159_-_06-10-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4467/requerimento_166_-_03-11-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4468/requerimento_167_-_03-11-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4470/requerimento_175_-_10-11-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4471/requerimento_179_-_24-11-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4472/requerimento_182_-_24-11-2010_adilson.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4420/requerimento_007_-_03-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4476/indicacao_008_-_03-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4475/indicacao_009_-_03-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4421/requerimento_010_-_03-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4477/indicacao_011_-_03-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4478/indicacao_014_-_10-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4479/indicacao_032_-_17-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4480/indicacao_035_-_24-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4481/indicacao_042_-_23-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4482/indicacao_053_-_10-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4483/indicacao_064_-_10-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4484/indicacao_067_-_10-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4485/indicacao_080_-_24-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4486/indicacao_087_-_07-04-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4487/indicacao_097_-_14-04-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4488/indicacao_098_-_14-04-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4491/indicacao_099_-_14-04-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4492/indicacao_100_-_14-04-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4493/indicacao_118_-_05-05-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4494/indicacao_123_-_05-05-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4495/indicacao_128_-_12-05-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4496/indicacao_135_-_26-05-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4497/indicacao_152_-_09-06-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4498/indicacao_191_-_25-08-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4499/indicacao_212_-_15-09-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4500/indicacao_123_-_05-05-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4501/indicacao_228_-_06-10-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4502/indicacao_238_-_20-10-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4503/indicacao_257_-_27-10-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4504/indicacao_286_-_17-11-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4505/indicacao_304_-_08-12-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/2997/mocao_1_2010.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/2998/mocao_2_2010.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4684/pl_08_-_24-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4685/pl_10_-_04-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4686/pl_19_-_23-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4473/requerimento_007_-_03-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4474/requerimento_010_-_03-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4422/requerimento_011_-_03-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4423/requerimento_012_-_10-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4424/requerimento_013_-_10-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4425/requerimento_014_-_11-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4426/requerimento_017_-_17-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4427/requerimento_020_-_24-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4428/requerimento_021_-_01-07-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4429/requerimento_028_-_24-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4430/requerimento_029_-_24-02-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4431/requerimento_030_-_03-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4432/requerimento_031_-_03-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4433/requerimento_032_-_03-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4434/requerimento_033_-_04-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4435/requerimento_037_-_10-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4436/requerimento_039_-_10-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4437/requerimento_044_-_16-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4438/requerimento_045_-_17-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4439/requerimento_046_-_17-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4440/requerimento_048_-_24-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4441/requerimento_052_-_24-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4442/requerimento_054_-_31-03-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4443/requerimento_057_-_07-04-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4444/requerimento_062_-_14-04-2010_adilson-norton.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4445/requerimento_063_-_14-04-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4446/requerimento_066_-_14-04-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4447/requerimento_067_-_14-04-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4448/requerimento_071_-_14-04-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4449/requerimento_073_-_28-04-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4450/requerimento_074_-_28-04-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4451/requerimento_089_-_12-05-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4452/requerimento_091_-_26-05-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4453/requerimento_096_-_02-06-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4454/requerimento_102_-_16-06-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4455/requerimento_103_-_16-06-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4456/requerimento_105_-_16-06-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4457/requerimento_110_-_23-06-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4460/requerimento_124_-_14-07-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4461/requerimento_134_-_11-08-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4462/requerimento_148_-_01-09-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4463/requerimento_150_-_08-09-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4464/requerimento_153_-_15-09-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4465/requerimento_155_-_29-09-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4466/requerimento_159_-_06-10-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4467/requerimento_166_-_03-11-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4468/requerimento_167_-_03-11-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4470/requerimento_175_-_10-11-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4471/requerimento_179_-_24-11-2010_adilson.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2010/4472/requerimento_182_-_24-11-2010_adilson.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="40" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="118.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="117.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="225.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>