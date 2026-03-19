--- v0 (2026-01-13)
+++ v1 (2026-03-19)
@@ -54,348 +54,348 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3144</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Cristina Massarelli do Lago Lorca Bueno</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3144/emenda_1_ao_proj_resolucao_2_2006.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3144/emenda_1_ao_proj_resolucao_2_2006.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao art. 1º do projeto de resolução nº 2/2006.</t>
   </si>
   <si>
     <t>3145</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3145/emenda_2_ao_proj_resolucao_2_2006.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3145/emenda_2_ao_proj_resolucao_2_2006.pdf</t>
   </si>
   <si>
     <t>Dá nova redação à ementa do projeto de resolução nº 2/2006.</t>
   </si>
   <si>
     <t>3166</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Daniel Dias de Moraes</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3166/emenda_1_ao_projeto_emenda_lei_org_17_2006.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3166/emenda_1_ao_projeto_emenda_lei_org_17_2006.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao "caput" do artigo 1º da proposta de emenda nº 17/2006 à Lei Orgânica do Município.</t>
   </si>
   <si>
     <t>3102</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3102/mocao_1_2006.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3102/mocao_1_2006.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos aos soldados Laércio de Góes Vieira e Osmar Setto, bem como aos integrantes do 3º Pelotão da Polícia Militar de Piedade pelo Programa Educacional de Resistência às Drogas e à Violência (PROERD) realizado nas escolas do município.</t>
   </si>
   <si>
     <t>3103</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3103/mocao_2_2006.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3103/mocao_2_2006.pdf</t>
   </si>
   <si>
     <t>Moção de congratulações à professora de Língua Portuguesa e Literatura, Sônia Aparecida Ijano Batista, da Escola Estadual Prof. Carlos Augusto de Camargo.</t>
   </si>
   <si>
     <t>3104</t>
   </si>
   <si>
     <t>Cláudio Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3104/mocao_3_2006.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3104/mocao_3_2006.pdf</t>
   </si>
   <si>
     <t>Moção de repúdio ao sistema de captação de vagas imposto pelo Serviço de Atendimento Médico de Urgência - SAMU.</t>
   </si>
   <si>
     <t>3105</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Antônio Carlos Adriano</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3105/mocao_4_2006.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3105/mocao_4_2006.pdf</t>
   </si>
   <si>
     <t>Moção de repúdio à negligência dos órgãos públicos em relação às obras realizadas na Rodovia SP-79, trecho compreendido entre os municípios de Piedade a Sorocaba.</t>
   </si>
   <si>
     <t>3106</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3106/mocao_5_2006.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3106/mocao_5_2006.pdf</t>
   </si>
   <si>
     <t>Moção de repúdio aos procedimentos que deixaram de ser praticados pela autoridade policial local, no episódio divulgado pela imprensa envolvendo o Sr. Mário Sérgio do Lago Ramos Neto, no dia 21 de outubro de 2006.</t>
   </si>
   <si>
     <t>3107</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3107/mocao_6_2006.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3107/mocao_6_2006.pdf</t>
   </si>
   <si>
     <t>Moção de aplauso ao pianista piedadense Ronaldo Rolim.</t>
   </si>
   <si>
     <t>3090</t>
   </si>
   <si>
     <t>PDecL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Nilza M. dos S. Godinho (Chuca)</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3090/proj_decreto_legislativo_1_2006.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3090/proj_decreto_legislativo_1_2006.pdf</t>
   </si>
   <si>
     <t>Concede o título de cidadão emérito ao Sr. Antônio Leite Netto.</t>
   </si>
   <si>
     <t>3091</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3091/proj_decreto_legislativo_2_2006.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3091/proj_decreto_legislativo_2_2006.pdf</t>
   </si>
   <si>
     <t>Concede o título de cidadão emérito ao Sr. Wilson Silva.</t>
   </si>
   <si>
     <t>3093</t>
   </si>
   <si>
     <t>Jair Ayres de Pontes</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3093/proj_decreto_legislativo_3_2006.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3093/proj_decreto_legislativo_3_2006.pdf</t>
   </si>
   <si>
     <t>Concede o título de cidadão piedadense ao Sr. Tarcísio Nunes Coelho.</t>
   </si>
   <si>
     <t>3094</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3094/proj_decreto_legislativo_4_2006.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3094/proj_decreto_legislativo_4_2006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga do título de cidadã emérita à Sra. Eunice Rosa Godinho e dá outras providências.</t>
   </si>
   <si>
     <t>3095</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3095/proj_decreto_legislativo_5_2006.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3095/proj_decreto_legislativo_5_2006.pdf</t>
   </si>
   <si>
     <t>Aprova as contas da Prefeitura Municipal de Piedade relativas ao exercício de 2003.</t>
   </si>
   <si>
     <t>3097</t>
   </si>
   <si>
     <t>Nelson P. de Oliveira (Camarão)</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3097/proj_decreto_legislativo_6_2006.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3097/proj_decreto_legislativo_6_2006.pdf</t>
   </si>
   <si>
     <t>Concede o título de cidadão emérito ao piedadense, Sr. Antonio da Silva Soares Filho.</t>
   </si>
   <si>
     <t>3142</t>
   </si>
   <si>
     <t>PRes</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3142/proj_resolucao_1_2006.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3142/proj_resolucao_1_2006.pdf</t>
   </si>
   <si>
     <t>Cria Comissão Especial para proceder à revisão da Lei Orgânica do Município.</t>
   </si>
   <si>
     <t>3143</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3143/proj_resolucao_2_2006.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3143/proj_resolucao_2_2006.pdf</t>
   </si>
   <si>
     <t>Regulamenta a concessão de título de cidadão honorário ou qualquer outra honraria ou homenagem a pessoas que, reconhecidamente, tenham prestado serviços ao Município.</t>
   </si>
   <si>
     <t>3146</t>
   </si>
   <si>
     <t>14ª Legislatura - 2ª Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3146/proj_resolucao_3_2006.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3146/proj_resolucao_3_2006.pdf</t>
   </si>
   <si>
     <t>Institui Comissão Especial composta de 5 vereadores, com a finalidade de conhecer a real situação da saúde pública na cidade.</t>
   </si>
   <si>
     <t>3147</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3147/proj_resolucao_4_2006.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3147/proj_resolucao_4_2006.pdf</t>
   </si>
   <si>
     <t>Cria Comissão Especial para proceder a estudos e avaliação sobre a transferência da sede do Legislativo de Piedade para as dependências do Clube Literário e Recreativo local.</t>
   </si>
   <si>
     <t>3158</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3158/proj_resolucao_5_2006.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3158/proj_resolucao_5_2006.pdf</t>
   </si>
   <si>
     <t>Regulamenta a apresentação dos projetos de lei versando sobre denominação de vias públicas.</t>
   </si>
   <si>
     <t>3159</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3159/proj_resolucao_6_2006.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3159/proj_resolucao_6_2006.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao § 1º do artigo 107 da resolução nº 1/2006, que instituiu o Regimento Interno.</t>
   </si>
   <si>
     <t>3160</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3160/proj_resolucao_7_2006.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3160/proj_resolucao_7_2006.pdf</t>
   </si>
   <si>
     <t>Dá nova redação aos artigos 89 e 90 da resolução nº 1, de 28 de novembro de 2005, que instituiu o Regimento Interno da Câmara Municipal de Piedade.</t>
   </si>
   <si>
     <t>3161</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3161/proj_resolucao_8_2006.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3161/proj_resolucao_8_2006.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao inciso II, alínea "b", do artigo 240 da resolução nº 1, de 28 de novembro de 2005, que instituiu o Regimento Interno da Câmara Municipal de Piedade.</t>
   </si>
   <si>
     <t>3165</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>PELOR</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3165/projeto_emenda_lei_org_17_2006_.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3165/projeto_emenda_lei_org_17_2006_.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao artigo 48.</t>
   </si>
   <si>
     <t>3167</t>
   </si>
   <si>
     <t>RF</t>
   </si>
   <si>
     <t>Redação Final</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3167/red_fin_ao__projeto_emenda_lei_org_17_2006.pdf</t>
+    <t>http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3167/red_fin_ao__projeto_emenda_lei_org_17_2006.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao artigo 48 da Lei Orgânica do Município.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -702,67 +702,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3144/emenda_1_ao_proj_resolucao_2_2006.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3145/emenda_2_ao_proj_resolucao_2_2006.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3166/emenda_1_ao_projeto_emenda_lei_org_17_2006.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3102/mocao_1_2006.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3103/mocao_2_2006.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3104/mocao_3_2006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3105/mocao_4_2006.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3106/mocao_5_2006.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3107/mocao_6_2006.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3090/proj_decreto_legislativo_1_2006.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3091/proj_decreto_legislativo_2_2006.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3093/proj_decreto_legislativo_3_2006.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3094/proj_decreto_legislativo_4_2006.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3095/proj_decreto_legislativo_5_2006.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3097/proj_decreto_legislativo_6_2006.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3142/proj_resolucao_1_2006.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3143/proj_resolucao_2_2006.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3146/proj_resolucao_3_2006.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3147/proj_resolucao_4_2006.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3158/proj_resolucao_5_2006.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3159/proj_resolucao_6_2006.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3160/proj_resolucao_7_2006.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3161/proj_resolucao_8_2006.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3165/projeto_emenda_lei_org_17_2006_.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3167/red_fin_ao__projeto_emenda_lei_org_17_2006.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3144/emenda_1_ao_proj_resolucao_2_2006.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3145/emenda_2_ao_proj_resolucao_2_2006.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3166/emenda_1_ao_projeto_emenda_lei_org_17_2006.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3102/mocao_1_2006.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3103/mocao_2_2006.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3104/mocao_3_2006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3105/mocao_4_2006.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3106/mocao_5_2006.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3107/mocao_6_2006.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3090/proj_decreto_legislativo_1_2006.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3091/proj_decreto_legislativo_2_2006.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3093/proj_decreto_legislativo_3_2006.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3094/proj_decreto_legislativo_4_2006.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3095/proj_decreto_legislativo_5_2006.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3097/proj_decreto_legislativo_6_2006.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3142/proj_resolucao_1_2006.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3143/proj_resolucao_2_2006.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3146/proj_resolucao_3_2006.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3147/proj_resolucao_4_2006.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3158/proj_resolucao_5_2006.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3159/proj_resolucao_6_2006.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3160/proj_resolucao_7_2006.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3161/proj_resolucao_8_2006.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3165/projeto_emenda_lei_org_17_2006_.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piedade.sp.leg.br/media/sapl/public/materialegislativa/2006/3167/red_fin_ao__projeto_emenda_lei_org_17_2006.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="37.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="119" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="118.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="224.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>